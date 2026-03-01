--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="131">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -166,50 +166,62 @@
     <t>ALTERA O ARTIGO 2° DA LEI N° 5.063, DE 03 DE JUNHO DE 1996, QUE ESTABELECE GRATIFICAÇÃO MENSAL AOS CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39468</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39468/42.pdf</t>
   </si>
   <si>
     <t>CRIA NO QUADRO DE FDC, INSTITUÍDO PELA LEI 5.026, DE 19/01/1998, UMA FDC DA DIVISÃO DE PATRULHA AGRÍCOLA - SÍMBOLO IV E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39472</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39472/48.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR UM PROFISSIONAL, MÉDICO-VETERINÁRIO, POR TEMPO DETERMINADO, PARA ATUAÇÃO NA APREENSÃO A ANIMAIS DE PEQUENO PORTE, CONFORME DETERMINA A LEGISLAÇÃO VIGENTE.</t>
+  </si>
+  <si>
+    <t>39771</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39771/54.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A FIRMAR ACORDO DE PARCELAMENTO DE DÍVIDA PARA COM O FUNDO DE GARANTIA DO TEMPO DE SERVIÇO - FGTS.</t>
   </si>
   <si>
     <t>39475</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39475/64.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABC A CONTRATAR 04 RECEPCIONISTAS, 03 VIGILANTES E 50 OPERÁRIOS POR TEMPO DETERMINADO, PARA ATENDIMENTO DAS NECESSIDADES DE EXCEPCIONAL INTERESSE PÚBLICO NO CAMPING E BALNEÁRIO.</t>
   </si>
   <si>
     <t>39478</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39478/66.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR 10 (DEZ) MONITORES, POR TEMPO DETERMINADO, PARA O CENTRO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
@@ -766,56 +778,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39448/12.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39452/13.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39450/17.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39456/21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39454/22.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39497/25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39458/36.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39460/37.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39468/42.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39472/48.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39475/64.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39478/66.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39442/69220.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39430/69221.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39436/69337.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39489/69338.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39434/70370.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39441/70666.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39420/67734.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39419/67806.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39421/68116.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39424/68117.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39426/68118.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39415/68472.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39411/70694.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39439/70706_-_subst._ao_69337.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39490/70708_-_subst._ao_69338.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39448/12.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39452/13.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39450/17.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39456/21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39454/22.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39497/25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39458/36.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39460/37.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39468/42.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39472/48.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39771/54.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39475/64.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39478/66.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39442/69220.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39430/69221.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39436/69337.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39489/69338.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39434/70370.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39441/70666.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39420/67734.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39419/67806.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39421/68116.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39424/68117.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39426/68118.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39415/68472.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39411/70694.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39439/70706_-_subst._ao_69337.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/1998/39490/70708_-_subst._ao_69338.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="99.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="208.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1136,458 +1148,485 @@
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>61</v>
       </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="F15" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>71</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F16" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E17" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H17" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>79</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E18" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F18" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H18" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>87</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>88</v>
       </c>
       <c r="D20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" t="s">
+        <v>67</v>
+      </c>
+      <c r="F20" t="s">
+        <v>68</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
         <v>93</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>94</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E22" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F22" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H22" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E23" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F23" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H23" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E24" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H24" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F25" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>111</v>
       </c>
       <c r="H25" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>114</v>
       </c>
       <c r="D26" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E26" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F26" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H26" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>118</v>
       </c>
       <c r="D27" t="s">
+        <v>93</v>
+      </c>
+      <c r="E27" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
         <v>123</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="E28" t="s">
         <v>124</v>
       </c>
-      <c r="D28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H28" t="s">
         <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E29" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>