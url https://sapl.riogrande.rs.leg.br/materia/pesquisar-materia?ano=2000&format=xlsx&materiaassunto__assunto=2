--- v0 (2026-01-13)
+++ v1 (2026-03-07)
@@ -54,677 +54,677 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>35421</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35421/16.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35421/16.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BANRISUL, COMO ÓRGÃO GESTOR DO FUNDOPIMES.</t>
   </si>
   <si>
     <t>35434</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35434/24.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35434/24.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSPEÇÃO SANITÁRIA E INDUSTRIAL DOS PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35428</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35428/26.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35428/26.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REPASSAR AO SPORT CLUB RIO GRANDE A IMPORTÂNCIA DE R$ 30.000,00.</t>
   </si>
   <si>
     <t>35455</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35455/27.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35455/27.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A VENDA DO DOMÍNIO ÚTIL DE IMÓVEIS NO EDIFÍCIO QUEBRA MAR.</t>
   </si>
   <si>
     <t>35460</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35460/29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35460/29.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2° DA LEI N° 5.018 DE 12 DE DEZEMBRO DE 1995.</t>
   </si>
   <si>
     <t>35485</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35485/30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35485/30.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2° DA LEI N° 5.354, DE 11 DE OUTUBRO DE 1999.</t>
   </si>
   <si>
     <t>35488</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35488/37.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35488/37.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO DE APOSENTADORIA DO SERVIDOR - FAPS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35489</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35489/40.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35489/40.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O CONSELHO DE DEFESA DO MEIO AMBIENTE, REVOGA A LEI N° 3.832/83 E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35490</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35490/43.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35490/43.pdf</t>
   </si>
   <si>
     <t>EXCLUI LOTE CONSTANTE NA LEI N° 4.134, DE 08 DE DEZEMBRO DE 1986 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35514</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35514/55.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35514/55.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, 10 (DEZ) MÉDICOS PLANTONISTAS, PARA ATENDIMENTO DE EXCEPCIONAL INTERESSE PÚBLICO, NO POSTO DE SAÚDE DR. NEWTON AZEVEDO, NO BALNEÁRIO CASSINO.</t>
   </si>
   <si>
     <t>35540</t>
   </si>
   <si>
     <t>75511</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35540/75511.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35540/75511.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CONCORRÊNCIA PÚBLICA PARA CONCESSÃO DE USO, PARA EXPLORAÇÃO COMERCIAL DE LANCHERIA E MINI-MERCADO NO INTERIOR DO CAMPING MUNICIPAL.</t>
   </si>
   <si>
     <t>35544</t>
   </si>
   <si>
     <t>75526</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35544/75526.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35544/75526.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO LEGISLATIVA PARA ABERTURA DE CONCORRÊNCIA PÚBLICA PARA CONCESSÃO DE USO DA ESTAÇÃO RODOVIÁRIA DO RIO GRANDE.</t>
   </si>
   <si>
     <t>35411</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei de Vereador</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35411/11.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35411/11.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A COLETA DE RESÍDUOS SÓLIDOS DE SERVIÇOS DE SAÚDE, NO MUNICÍPIO DO RIO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35155</t>
   </si>
   <si>
     <t>73940</t>
   </si>
   <si>
     <t>Vereador(a)</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35155/73940.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35155/73940.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ARTIGO 202 DA LEI ORGÂNICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35157</t>
   </si>
   <si>
     <t>73957</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35157/73957.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35157/73957.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA O CONSELHO DE DEFESA DO MEIO AMBIENTE, REVOGA A LEI N° 3.832 E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. DIRCEU LOPES.</t>
   </si>
   <si>
     <t>35159</t>
   </si>
   <si>
     <t>74003</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35159/74003.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35159/74003.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DA MULHER E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35173</t>
   </si>
   <si>
     <t>74004</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35173/74004.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35173/74004.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DOS DIREITOS DA CIDADANIA, CONTRA AS DISCRIMINAÇÕES E VIOLÊNCIA, CRIA CONSELHO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35175</t>
   </si>
   <si>
     <t>74013</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35175/74013.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35175/74013.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE COMUNICAÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35179</t>
   </si>
   <si>
     <t>74168</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35179/74168.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35179/74168.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS MORADORES DO JARDIM HUMAITÁ I E VILA MARIA JOSÉ._x000D_
 _x000D_
 PROPONENTE: VER. JUAREZ MOLINARI.</t>
   </si>
   <si>
     <t>35187</t>
   </si>
   <si>
     <t>74443</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35187/74443.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35187/74443.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O LAR DA CRIANÇA RAIO DE LUZ._x000D_
 _x000D_
 PROPONENTE: VER. JUAREZ MOLINARI.</t>
   </si>
   <si>
     <t>35194</t>
   </si>
   <si>
     <t>74450</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35194/74450.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35194/74450.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DO PAPEL NÃO CLORADO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35198</t>
   </si>
   <si>
     <t>74570</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35198/74570.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35198/74570.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO I, PARÁGRAFO 1°, DO ARTIGO 2°, DA LEI N° 4.652, DE 26/12/1991._x000D_
 _x000D_
 PROPONENTE: VER. ADINELSON TROCA.</t>
   </si>
   <si>
     <t>35258</t>
   </si>
   <si>
     <t>74720</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35258/74720.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35258/74720.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE VACINAÇÃO A PESSOAS IDOSAS._x000D_
 _x000D_
 PROPONENTE: VER. PAULO ROBERTO MACHADO DOS SANTOS.</t>
   </si>
   <si>
     <t>35259</t>
   </si>
   <si>
     <t>75200</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35259/75200.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35259/75200.pdf</t>
   </si>
   <si>
     <t>FICAM OS SEGURANÇAS DE CASAS NOTURNAS OBRIGADOS A UTILIZAREM CRACHÁ DE IDENTIFICAÇÃO._x000D_
 _x000D_
 PROPONENTE: VER. SÉRGIO SATT.</t>
   </si>
   <si>
     <t>35263</t>
   </si>
   <si>
     <t>75399</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35263/75399.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35263/75399.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO I DO ARTIGO 2° NA LEI N° 4.652 NA REDAÇÃO QUE LHE DEU O ARTIGO 1° DA LEI N° 5.413 DE 26/05/2000._x000D_
 _x000D_
 PROPONENTE: VER. ADINELSON TROCA.</t>
   </si>
   <si>
     <t>35295</t>
   </si>
   <si>
     <t>75614</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35295/75614.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35295/75614.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA ANEMIA FALCIFORME. _x000D_
 _x000D_
 PROPONENTE: VER. LUIZ CARLOS ESPERON.</t>
   </si>
   <si>
     <t>35296</t>
   </si>
   <si>
     <t>75616</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35296/75616.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35296/75616.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA NOVO ARTIGO AO TÍTULO IV, CAPÍTULO I, DA LEI N° 3.514, DE 24 DE JULHO DE 1980. _x000D_
 _x000D_
 PROPONENTE: VER. LUIZ CARLOS ESPERON.</t>
   </si>
   <si>
     <t>35298</t>
   </si>
   <si>
     <t>75686</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35298/75686.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35298/75686.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SANÇÕES ADMINISTRATIVAS EM DECORRÊNCIA DA INOBSERVÂNCIA DE TEMPO MÁXIMO NO ATENDIMENTO AO USUÁRIOS DO SETOR DE CAIXAS DAS AGÊNCIAS BANCÁRIAS DE RIO GRANDE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. DANTE LAZZARINI.</t>
   </si>
   <si>
     <t>35302</t>
   </si>
   <si>
     <t>75699</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35302/75699.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35302/75699.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO DO PREFEITO E VICE-PREFEITO PARA A LEGISLATURA DE 2001/2004._x000D_
 _x000D_
 PROPONENTE: DIVERSOS VEREADORES.</t>
   </si>
   <si>
     <t>35306</t>
   </si>
   <si>
     <t>75700</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35306/75700.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35306/75700.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SUBSÍDIO DOS VEREADORES PARA A LEGISLATURA DE 2001/2004._x000D_
 _x000D_
 PROPONENTE: VER. DIVERSOS VEREADORES.</t>
   </si>
   <si>
     <t>35312</t>
   </si>
   <si>
     <t>75732</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35312/75732.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35312/75732.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O PORTEIRA DA ESPERANÇA CENTRO DE TRADIÇÕES GAÚCHAS._x000D_
 _x000D_
 PROPONENTE: VER. JUAREZ MOLINARI.</t>
   </si>
   <si>
     <t>35325</t>
   </si>
   <si>
     <t>76014</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35325/76014.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35325/76014.pdf</t>
   </si>
   <si>
     <t>É DECLARADA CIDADE IRMÃ DE LA PLATA, NA ARGENTINA, A CIDADE DO RIO GRANDE, NO QUE TANGE AOS ASPECTOS ECONÔMICOS, ARTÍSTICOS E CULTURAIS._x000D_
 _x000D_
 PROPONENTE: VER. JUAREZ MOLINARI.</t>
   </si>
   <si>
     <t>35331</t>
   </si>
   <si>
     <t>76034</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35331/76034.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35331/76034.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTÍMULO À DOAÇÃO DE SANGUE NO MUNICÍPIO DO RIO GRANDE E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 PROPONENTE: VER. ADINELSON TROCA.</t>
   </si>
   <si>
     <t>35341</t>
   </si>
   <si>
     <t>76053</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35341/76053.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35341/76053.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A LEI N° 4.476, DE 10 DE ABRIL DE 1990, NA QUAL ESTABELECE CRITÉRIOS PARA A CONSERVAÇÃO DA ESTABILIDADE DAS MARQUISES._x000D_
 _x000D_
 PROPONENTE: VER. ADINELSON TROCA.</t>
   </si>
   <si>
     <t>35389</t>
   </si>
   <si>
     <t>76058</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35389/76058.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35389/76058.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 1° DO ARTIGO 1° DA LEI N° 4.601, DE 31 DE MAIO DE 1991, QUE DISPÕE SOBRE O MEIO INGRESSO DE ESTUDANTES EM ATIVIDADES CULTURAIS E DESPORTIVAS._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35401</t>
   </si>
   <si>
     <t>76064</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35401/76064.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35401/76064.pdf</t>
   </si>
   <si>
     <t>CRIA A REDE MUNICIPAL DE LUSO CIDADES, COM SEDE NA CIDADE DO RIO GRANDE._x000D_
 _x000D_
 PROPONENTE: VER. JUAREZ MOLINARI.</t>
   </si>
   <si>
     <t>35536</t>
   </si>
   <si>
     <t>75940</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35536/75940.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35536/75940.pdf</t>
   </si>
   <si>
     <t>TERMO DE CESSÃO DE USO, A TÍTULO GRATUITO, QUE CELEBRAM O MUNICÍPIO DO RIO GRANDE E A AMPERG, DO PRÉDIO DO ANTIGO PRESÍDIO MUNICIPAL, PARA INSTALAÇÃO DO CENTRO DE FORMAÇÃO DE EMPREENDEDORES.</t>
   </si>
   <si>
     <t>35592</t>
   </si>
   <si>
     <t>75057</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35592/75057.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35592/75057.pdf</t>
   </si>
   <si>
     <t>CRIA O PRÊMIO "JOVEM TALENTO DA TERRA", A ESTUDANTES DE 1° E 2° GRAUS, DAS ESCOLAS DE RIO GRANDE E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 PROPONENTE: VER. PAULO ROBERTO MACHADO DOS SANTOS.</t>
   </si>
   <si>
     <t>35596</t>
   </si>
   <si>
     <t>76023</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35596/76023.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35596/76023.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA TRAMITAÇÃO DE PROCESSO CONCEDENTE DE TÍTULO DE CIDADÃO RIO-GRANDINO. _x000D_
 _x000D_
 PROPONENTE: VER. LUIZ ALBERTO MODERNELL.</t>
   </si>
   <si>
     <t>35599</t>
   </si>
   <si>
     <t>76139</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35599/76139.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35599/76139.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SESSÕES EXTRAORDINÁRIAS._x000D_
 _x000D_
 PROPONENTE: DIVERSOS VEREADORES.</t>
   </si>
   <si>
     <t>37781</t>
   </si>
   <si>
     <t>75453</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/37781/veto_75453_-_ao_73560.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/37781/veto_75453_-_ao_73560.pdf</t>
   </si>
   <si>
     <t>QUE "DISPÕE SOBRE A IDENTIFICAÇÃO DE PRODUTOS TRANSGÊNICOS COMERCIALIZADOS EM NOSSO MUNICÍPIO."</t>
   </si>
   <si>
     <t>35262</t>
   </si>
   <si>
     <t>75596</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35262/veto_-_75200.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35262/veto_-_75200.pdf</t>
   </si>
   <si>
     <t>QUE "FICAM OS SEGURANÇAS DE CASAS NOTURNAS OBRIGADOS A UTILIZAREM CRACHÁ DE IDENTIFICAÇÃO."</t>
   </si>
   <si>
     <t>35464</t>
   </si>
   <si>
     <t>SPLE</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35464/subs._-_29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35464/subs._-_29.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2° E REVOGA O PARÁGRAFO ÚNICO DO ARTIGO 3° DA LEI N° 5.018 DE 12 DE DEZEMBRO DE 1995._x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES  FONSECA LOSE.</t>
   </si>
   <si>
     <t>35486</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35486/subst._-_30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35486/subst._-_30.pdf</t>
   </si>
   <si>
     <t>QUE "ALTERA A REDAÇÃO DO ARTIGO 2° DA LEI N° 5.354, DE 11 DE OUTUBRO DE 1999."</t>
   </si>
   <si>
     <t>38337</t>
   </si>
   <si>
     <t>74014</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/38337/74014_-_subst._ao_61.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/38337/74014_-_subst._ao_61.pdf</t>
   </si>
   <si>
     <t>QUE "CRIA O CONSELHO MUNICIPAL DO IDOSO."_x000D_
 _x000D_
 PROPONENTE: VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>35552</t>
   </si>
   <si>
     <t>SPDL</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35552/subst._-_75526.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35552/subst._-_75526.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1028,68 +1028,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35421/16.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35434/24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35428/26.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35455/27.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35460/29.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35485/30.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35488/37.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35489/40.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35490/43.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35514/55.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35540/75511.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35544/75526.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35411/11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35155/73940.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35157/73957.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35159/74003.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35173/74004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35175/74013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35179/74168.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35187/74443.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35194/74450.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35198/74570.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35258/74720.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35259/75200.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35263/75399.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35295/75614.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35296/75616.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35298/75686.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35302/75699.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35306/75700.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35312/75732.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35325/76014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35331/76034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35341/76053.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35389/76058.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35401/76064.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35536/75940.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35592/75057.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35596/76023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35599/76139.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/37781/veto_75453_-_ao_73560.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35262/veto_-_75200.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35464/subs._-_29.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35486/subst._-_30.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/38337/74014_-_subst._ao_61.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35552/subst._-_75526.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35421/16.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35434/24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35428/26.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35455/27.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35460/29.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35485/30.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35488/37.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35489/40.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35490/43.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35514/55.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35540/75511.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35544/75526.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35411/11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35155/73940.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35157/73957.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35159/74003.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35173/74004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35175/74013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35179/74168.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35187/74443.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35194/74450.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35198/74570.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35258/74720.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35259/75200.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35263/75399.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35295/75614.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35296/75616.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35298/75686.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35302/75699.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35306/75700.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35312/75732.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35325/76014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35331/76034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35341/76053.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35389/76058.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35401/76064.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35536/75940.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35592/75057.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35596/76023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35599/76139.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/37781/veto_75453_-_ao_73560.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35262/veto_-_75200.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35464/subs._-_29.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35486/subst._-_30.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/38337/74014_-_subst._ao_61.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2000/35552/subst._-_75526.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="215.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>