--- v0 (2026-01-14)
+++ v1 (2026-03-07)
@@ -54,184 +54,184 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>32534</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32534/51.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32534/51.pdf</t>
   </si>
   <si>
     <t>INSTITUI NORMAS AOS EMPREGADOS PÚBLICOS MUNICIPAIS DO RIO GRANDE.</t>
   </si>
   <si>
     <t>32619</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32619/52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32619/52.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, EMPREGOS E VENCIMENTOS PARA OS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL CENTRALIZADA, AUTARQUIAS MUNICIPAIS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>32404</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32404/78.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32404/78.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONCESSÕES DOS SERVIÇOS DE LIMPEZA PUBLICA; COLETA, REAPROVEITAMENTO E DESTINAÇÃO FINAL DOS RESÍDUOS SÓLIDOS COMUNS; COLETA, TRATAMENTO E DESTINAÇÃO FINAL DE RESÍDUOS ESPECIAIS DE SERVIÇOS DE SAÚDE, DO MUNICÍPIO DO RIO GRANDE E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>32394</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei de Vereador</t>
   </si>
   <si>
     <t>Vereador(a)</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32394/02.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32394/02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE SANITÁRIOS EM FEIRAS COMERCIAIS E DA OUTRAS PROVIDENCIAS. _x000D_
 _x000D_
 PROPONENTE: VER. CLAUDIO COSTA E VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>32399</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32399/03.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32399/03.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO AS INFORMAÇÕES RELATIVAS AS RECEITAS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO FUNDAMENTAL E DE VALORIZAÇÃO DO MAGISTÉRIO - FUNDEF - E DA OUTRAS PROVIDENCIAS._x000D_
 _x000D_
 _x000D_
 PROPONENTE: VER. CLAUDIO COSTA E VER. MARIA DE LOURDES LOSE.</t>
   </si>
   <si>
     <t>32403</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32403/04.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32403/04.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POSSIBILIDADE DE OFERECIMENTO DE MERENDA ESCOLAR NO PERÍODO DE FERIAS PARA OS ALUNOS CARENTES DA REDE MUNICIPAL DE ENSINO._x000D_
 _x000D_
 PROPONENTE: VER. CLAUDIO COSTA.</t>
   </si>
   <si>
     <t>32484</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32484/plv_19.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32484/plv_19.pdf</t>
   </si>
   <si>
     <t>VEREADOR PAULO RENATO MATTOS GOMES _x000D_
 DISPOE SOBRE A INSTALAÇÃO DE LIXEIRAS SELETIVAS PARA COLETA DE LIXO RECICLAVEL, NAS ESCOLAS DE REDE PUBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>32620</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32620/46.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32620/46.pdf</t>
   </si>
   <si>
     <t>DETERMINA A GUARDA MUNICIPAL A SEGURANÇA DAS ESCOLAS PUBLICAS DO MUNICÍPIO._x000D_
 _x000D_
 PROPONENTES: DIVERSOS VEREADORES.</t>
   </si>
   <si>
     <t>32393</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32393/veto_-_02.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32393/veto_-_02.pdf</t>
   </si>
   <si>
     <t>QUE "DISPÕE SOBRE A INSTALAÇÃO DE SANITÁRIOS EM FEIRAS COMERCIAIS E DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>32539</t>
   </si>
   <si>
     <t>SPLE</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32539/substitutivo_-_52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32539/substitutivo_-_52.pdf</t>
   </si>
   <si>
     <t>QUE "INSTITUI O PLANO DE CARGOS, EMPREGOS E VENCIMENTOS PARA OS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL CENTRALIZADA,_x000D_
 AUTARQUIAS MUNICIPAIS E DA OUTRAS PROVIDENCIAS."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -539,68 +539,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32534/51.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32619/52.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32404/78.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32394/02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32399/03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32403/04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32484/plv_19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32620/46.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32393/veto_-_02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32539/substitutivo_-_52.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32534/51.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32619/52.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32404/78.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32394/02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32399/03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32403/04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32484/plv_19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32620/46.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32393/veto_-_02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2003/32539/substitutivo_-_52.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>