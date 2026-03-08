--- v0 (2026-01-13)
+++ v1 (2026-03-08)
@@ -54,9803 +54,9803 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>30180</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei de Vereador</t>
   </si>
   <si>
     <t>Vereador(a)</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30180/21.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30180/21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGAS AS PESSOAS PORTADORAS DE DEFICIÊNCIA OU COM MOBILIDADE REDUZIDA NAS ÁREAS DE ESTACIONAMENTO DE VEÍCULOS._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON.</t>
   </si>
   <si>
     <t>30172</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30172/47.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30172/47.pdf</t>
   </si>
   <si>
     <t>CRIA, NO MUNICÍPIO DO RIO GRANDE, O PROGRAMA DE CONSERVAÇÃO E USO RACIONAL DA AGUA NAS EDIFICAÇÕES - PURAE._x000D_
 _x000D_
 PROPONENTE: VER, JÚLIO CÉSAR PEREIRA DA SILVA.</t>
   </si>
   <si>
     <t>28338</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vereador Jair Rizzo</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28338/1.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28338/1.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA AUDIENCIA PUBLICA PARA APRESENTACAO DO_x000D_
 PROJETO DE EXTENSAO DA REDE DE ESGOTO NO MUNICIPIO DE RIO GRANDE E PARA DEBATER_x000D_
 ASSUNTOS RELACIONADOS:_x000D_
 · AOS INVESTIMENTOS PROPRIOS DA CORSAN E DO GOVERNO FEDERAL;_x000D_
 · A REDE DE ESGOTO DA COHAB II;_x000D_
 · A REDE DE ESGOTO DA COHAB IV;_x000D_
 · A POLUICAO DAS AGUAS QUE MARGEIAM A CIDADE DE RIO GRANDE E SUAS CONSEQUENCIAS;_x000D_
 · A COBRANCA DE TARIFA BASICA;_x000D_
 · A COBRANCA DE TARIFA SOCIAL E_x000D_
 · A BI-TRIBUTACAO (TARIFA RESIDENCIAL E COMERCIAL NUM UNICO DOMICILIO).</t>
   </si>
   <si>
     <t>28337</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28337/2.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28337/2.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA AUDIENCIA PUBLICA COM O OBJETIVO PRINCIPAL_x000D_
 DE DEBATER ASSUNTO RELACIONADO AO PROJETO DE COSNTRUCAO DE RECIFES ARTIFICIAIS_x000D_
 CHAMADO ZONA DE PROTECAO MARINHA - ZPM.</t>
   </si>
   <si>
     <t>28336</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28336/3.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28336/3.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO ESPECIAL, COM O OBJETIVO DE_x000D_
 TRATAR ASSUNTO REFERENTE A TRAVESSIA ENTRE RIO GRANDE E SAO JOSE DO NORTE, OU_x000D_
 SEJA, CONSTRUCAO DE UM TUNEL SUBAQUATICO ENTRE OS DOIS MUNICIPIOS E DA_x000D_
 CONCLUSAO DA BR - 101 (ESTRADA DO INFERNO).</t>
   </si>
   <si>
     <t>28335</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28335/8.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28335/8.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO SUPERINTENDENTE REGIONAL DA_x000D_
 COMPANHIA RIOGRANDENSE DE SANEAMENTO - CORSAN, PARA QUE SEJA CONSTRUIDO UM_x000D_
 RESERVATORIO DE AGUA PARA A ZONA OESTE, ABRANGENDO OS BAIRROS ARNALDO DOS_x000D_
 SANTOS QUESSADA, LOTEAMENTO CIDADE DE AGUEDA, CARLOS SANTOS, SANTA DE RITA DE_x000D_
 CASSIA, CASTELO BRANCO I E II. REITERA PROCESSOS: 190/2005; 25/2006 E 10/2007.</t>
   </si>
   <si>
     <t>28334</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28334/9.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28334/9.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO PRESIDENTE DA CAMARA DOS_x000D_
 DEPUTADOS, EXMO. SR. ARLINDO SHINAGLIA, SOLICITANDO A AGILIZACAO DA VOTACAO DO_x000D_
 PROJETO-DE-LEI 1.110/2003, QUE VEDA A COBRANCA DE TARIFA BASICA NOS SERVICOS DE_x000D_
 AGUA E ESGOTO DOS CONSUMIDORES COM RESIDENCIAS HIDROMETRADAS, BEM COMO DA_x000D_
 TELEFONIA FIXA._x000D_
 REITERA PROCESSOS: 633, DE 30/04/2004; 814, DE 18/01/2005; 88, DE 18/01/2006 E_x000D_
 92, DE 02/01/2007.</t>
   </si>
   <si>
     <t>28333</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28333/10.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28333/10.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO SUPERINTENDENTE DO PORTO DO RIO_x000D_
 GRANDE, ILMO. SR. BERCILIO LUIZ DA SILVA E AO SECRETARIO ESTADUAL DE_x000D_
 INFRA-ESTRUTURA E LOGISTICA, EXMO. SR. DANIEL ANDRADE, SOLICITANDO ESTUDO PARA_x000D_
 AVALIAR A VIABILIDADE DA CONSTRUCAO DE UM "MIRANTE" NO MOLHES DA BARRA,_x000D_
 CONSIDERADA UMA DAS MAIORES OBRAS DE ENGENHARIA DO PLANETA._x000D_
 REITERA PROCESSOS: 415, DE 11/03/2005; 508, DE 15/03/2006 E 102, DE 15/01/2007.</t>
   </si>
   <si>
     <t>28332</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28332/11.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28332/11.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO PRESIDENTE DA ASSEMBLEIA LEGISLATIVA,_x000D_
 AO EXMO. SR. DEPUTADO ESTADUAL FREDERICO ANTUNES (PP), AO SECRETARIO DOS DE_x000D_
 INFRA-ESTRUTURA E LOGISTICA, EXMO. SR. DANIEL ANDRADE, AO EXMO. SR. DEPUTADO_x000D_
 ESTADUAL ADILSON TROCA (PSDB) E A EXMa. SRa. GOVERNADORA DO ESTADO, YEDA RORATO_x000D_
 CRUSIUS, COM O OBJETIVO DE TORNAR VIAVEL, ATRAVES DE PROJETO-DE-LEI ESTADUAL, O_x000D_
 DESCONTO DE 50% NA TARIFA DO TRANSPORTE COLETIVO INTERMUNICIPAL PARA ESTUDANTES._x000D_
 REITERA PROCESSOS: 111, DE 07/03/2005; 509, DE 15/03/2006 E 103, DE 15/01/2007.</t>
   </si>
   <si>
     <t>28331</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28331/12.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28331/12.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXMO. SR. DANIEL ANDRADE,_x000D_
 SECRETARIO DE INFRA-ESTRUTURA E LOGISTICA E AO ILMO. SR. GILBERTO TEIXEIRA_x000D_
 CUNHA, DIRETOR GERAL DO DAER, SOLICITANDO A AGILIZACAO DO PROCESSO DE_x000D_
 IMPLANTACAO DA ROTULA EM FRENTE AO CONDOMINIO WALDEMAR P. DUARTE.</t>
   </si>
   <si>
     <t>28604</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28604/13.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28604/13.pdf</t>
   </si>
   <si>
     <t>Jurandir Pereira_x000D_
 _x000D_
  SOLICITA A CRIACAO DA COMISSAO DE SEGURANCA PARA O ANO DE 2008.</t>
   </si>
   <si>
     <t>28330</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Vereador Julio Cesar</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28330/16.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28330/16.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMISSAO DE VEREADORES PARA TRATAR, JUNTO A DIRECAO DA_x000D_
 PETROBRAS E O GOVERNO DO ESTADO, A VINDA DA GASOLINA PREMIUM PETROBRAS PARA RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>28329</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28329/18.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28329/18.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMISSAO DE VEREADORES PARA TRATAR SOBRE O PROGRAMA_x000D_
 SEGUNDO TEMPO, REALIZADO PELO MINISTERIO DO ESPORTE DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>28328</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vereador Cláudio Costa</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28328/19.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28328/19.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA SESSAO ESPECIAL, SOBRE A CAMPANHA DA FRATERNIDADE 2008_x000D_
 CUJO O TEMA E "FRATERNIDADE E DEFESA DA VIDA"</t>
   </si>
   <si>
     <t>28326</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28326/20.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28326/20.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL PARA QUE ENCAMINHE A ESTA CASA_x000D_
 LEGISLATIVA DOCUMENTACAO SOBRE O CONTRATO RELATIVO A CONTRAPARTIDA DOS_x000D_
 SUPERMERCADOS GUANABARA EM RELACAO AO SERVICO DE COLOCACAO DE ASFALTO_x000D_
 REALIZADO PELO EXECUTIVO EM UMA DAS LOJAS DA EMPRESA LOCALIZADA NA RUA GENERAL_x000D_
 OSORIO, 595.</t>
   </si>
   <si>
     <t>28327</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28327/21.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28327/21.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA SESSAO SOLENE EM HOMENAGEM AO 200 (DUZENTOS) ANOS DE_x000D_
 FUNDACAO DO BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>28530</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28530/23.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28530/23.pdf</t>
   </si>
   <si>
     <t>Wilson Batista Duarte da Silva_x000D_
 _x000D_
  SOLICITAM SESSAO ESPECIAL EM HOMENAGEM AOS 200 ANOS DE ABERTURA DOS_x000D_
 PORTOS NO BRASIL E OS 100 ANOS DO INICIO DA CONSTRUCAO DOS MOLHES DA BARRA.</t>
   </si>
   <si>
     <t>28325</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Vereador Delamar Mirapalheta</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28325/24.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28325/24.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DIRECAO DA VIVO QUE INSTALE EQUIPAMENTO DE RADIO-BASE NA_x000D_
 TORRE DE TRANSMISSAO QUE ESTA INSTALADA NA BR 471 PROXIMO A ESTACAO ECOLOGICA_x000D_
 DO TAIM E QUE BENEFICIARIA AS LOCALIDADES DA CAPILHA E DO ALBARDAO.</t>
   </si>
   <si>
     <t>28324</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Vereador Renatinho</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28324/26.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28324/26.pdf</t>
   </si>
   <si>
     <t>SOLICITA A GOVERNADORA COM MAIOR BREVIDADE POSSIVEL, A SECRETARIA DE_x000D_
 SEGURANCA PUBLICA, SUSPENDER AS ABORDAGENS REALIZADAS PELA BRIGADA MILITAR EM_x000D_
 VEICULOS EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>28323</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28323/27.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28323/27.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA FORMADA COMISSAO DE VEREADORES PARA TRATAR A VINDA DE UM_x000D_
 LAMINADOR DO GRUPO GERDAU PARA COMPLEMENTAR O POLO NAVAL EM RIO GRANDE.</t>
   </si>
   <si>
     <t>28322</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28322/28.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28322/28.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR SOBRE_x000D_
 O USO DE GAS NATURAL LIQUEFEITO, MAIS ESPECIFICAMENTE, PARA TRATAR SOBRE A_x000D_
 VINDA DESTE INVESTIMENTO PARA O MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28321</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28321/29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28321/29.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR_x000D_
 SOBRE A VINDA DE CURSOS DE QUALIFICACAO NA AREA NAVAL PARA RIO GRANDE.</t>
   </si>
   <si>
     <t>28320</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28320/30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28320/30.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR,_x000D_
 JUNTO A DIRECAO DA PETROBRAS E O GOVERNO DO ESTADO, A VINDA DA REFINARIA_x000D_
 PREMIUM PETROBRAS PARA RIO GRANDE</t>
   </si>
   <si>
     <t>28319</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28319/31.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28319/31.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA SESSAO SOLENE NO DIA 27 DE MARCO DE 2008, PARA COMEMORAR_x000D_
 O DIA MUNDIAL DO TEATRO, E TAMBEM REALIZAR UMA SINGELA HOMENAGEM AS SENHORAS_x000D_
 CARMEM VERA PEGAS E VERA LUCIAS BORGES RACKOW, RESPECTIVAMENTE DIRETORA E VICE_x000D_
 - DIRETORA DO TEATRO MUNICIPAL DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28318</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28318/32.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28318/32.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR COM O_x000D_
 DAER (DEPARTAMENTO AUTONOMO DE ESTRADA DE RODAGEM), SOBRE A CONSTRUCAO DA_x000D_
 PONTE QUE LIGA RIO GRANDE A SANTA ISABEL.</t>
   </si>
   <si>
     <t>28528</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28528/33.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28528/33.pdf</t>
   </si>
   <si>
     <t>Wilson Porto Furtado_x000D_
 _x000D_
  SOLICITA QUE SEJA ENVIADO OFICIO A COORDENADORIA REGIONAL DE OBRAS,_x000D_
 SOLICITANDO PRIORIDADE NA ABERTURA DO PROCESSO LICITATORIO DA OBRA DE CONCLUSAO_x000D_
 DA AMPLIACAO DA ESCOLA ESTADUAL DE ENSINO MEDIO PROF. CARLOS LOREA PINTO.</t>
   </si>
   <si>
     <t>28527</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28527/34.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28527/34.pdf</t>
   </si>
   <si>
     <t>Wilson Porto Furtado_x000D_
 _x000D_
  SOLICITA QUE ENVIE OFICIO A SECRETARIA DE ESTADO DE EDUCACAO E A 18a_x000D_
 COORDENADORIA REGIONAL DE EDUCACAO, SOLICITANDO PRIORIDADE NA REALIZACAO DO_x000D_
 PROJETO DE CONSTRUCAO DE UM MURO DE PROTECAO NA ESCOLA ESTADUAL DE ENSINO MEDIO_x000D_
 PROFESSOR CARLOS LOREA PINTO.</t>
   </si>
   <si>
     <t>28317</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28317/35.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28317/35.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA AUDIENCIA PUBLICA COM A FINALIDADE DE_x000D_
 DEBATER SOBRE O PROJETO DE DUPLICACAO DA BR 392 RIO GRANDE/PELOTAS, E PARA TAL_x000D_
 SEJAM CONVIDADOS AUTORIDADES DO GOVERNO FEDERAL, EM BRASILIA, PORTO ALEGRE E_x000D_
 PELOTAS.</t>
   </si>
   <si>
     <t>28316</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28316/36.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28316/36.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COMPANHIA RIO-GRANDENSE DE SANEAMENTO (CORSAN), QUE SEJA_x000D_
 ANALISADA, ATRAVES DE ESTUDOS TECNICOS, A ORIGEM DA SUPERPOPULACAO DE INSETOS E_x000D_
 ATE QUE PONTO A REFERIDA ENTIDADE TEM INFLUENCIA, ALEM DE SOLICITAR QUE A_x000D_
 MESMA AMPLIE O MONITORAMENTO DE LAVAS DOS MOSQUITOS NO ENTORNO DA ESTACAO DE_x000D_
 TRATAMENTO DE ESGOTO NAVEGANTES.</t>
   </si>
   <si>
     <t>28525</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28525/37.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28525/37.pdf</t>
   </si>
   <si>
     <t>Wilson Porto Furtado_x000D_
 _x000D_
  SOLICITA QUE SEJA ENVIADO OFICIO A 18a CRE, PARA QUE, NO CASO DE_x000D_
 DESATIVACAO DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL PRESIDENTE VARGAS,_x000D_
 DESTINAR O PREDIO ONDE FUNCIONA A REFERIDA ESCOLA, PARA O NUCLEO ESTADUAL DE_x000D_
 EDUCACAO DE JOVENS E ADULTOS E CULTURA POPULAR (NEEJA), PRa JULIA NAHUYS_x000D_
 COELHO, REQUERENDO A SECRETARIA DE ESTADO DE OBRAS, ATRAVES DO ESCRITORIO_x000D_
 REGIONAL DE OBRAS, A ELABORACAO DE UM PROJETO PARA A RECUPERACAO E ADAPTACAO_x000D_
 DAS SALAS EXISTENTES, ADEQUANDO OS ESPACOS PARA O FUNCIONAMENTO DA MODALIDADE_x000D_
 DE ENSINO SUPLETIVO, BEM COMO PROJETO DE AMPLIACAO DE MAIS OITO SALAS DE AULA,_x000D_
 LABORATORIO DE CIENCIA, E DE INFORMATICA, SANITARIOS, REFEITORIO E BIBLIOTECA_x000D_
 PARA QUE A NOVA ESCOLA ALI INSTALADA POSSA DESENVOLVER SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>28315</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28315/39.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28315/39.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA AUDIENCIA PUBLICA PARA DISCUTIR A EXPANSAO DOS MOLHES DA_x000D_
 BARRA E O APROFUNDAMENTO DO CALADO.</t>
   </si>
   <si>
     <t>28314</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Vereador Patola</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28314/40.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28314/40.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DAER, O REPARO NA PINTURA DA SINALIZACAO DA ESTRADA RS 734,_x000D_
 RIO GRANDE-CASSINO, ENTRE O TRECHO DO BAIIRO DO TREVO AO CASSINO.</t>
   </si>
   <si>
     <t>28313</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28313/41.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28313/41.pdf</t>
   </si>
   <si>
     <t>SOLICITAM, QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE UMA_x000D_
 AUDIENCIA PUBLICA COM O OBJETIVO DE DEBATER SOBRE "VAGAS NO MERCADO DE TRABALHO_x000D_
 PARA PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS".</t>
   </si>
   <si>
     <t>28311</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28311/42.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28311/42.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA SESSAO SOLENE, PARA COMEMORAR O_x000D_
 ANIVERSARIO DA CIDADE DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28309</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28309/43.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28309/43.pdf</t>
   </si>
   <si>
     <t>SOLICITA, QUE SEJA ENVIADO OFICIO AO LIDERES DE BANCADA NA ASSEMBLEIA_x000D_
 LEGISLATIVA, SOLICITANDO APOIO NA APROVACAO DO PROJETO DE LEI No 168/2007 DE_x000D_
 AUTORIA DO DEPUTADO LUCIANO AZEVEDO-PPS, QUE ESTABELECE O FIM DA PENSAO_x000D_
 VITALICIA A EX-GOVERNADORES OU SEUS BENEFICIARIOS LEGAIS.</t>
   </si>
   <si>
     <t>28308</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28308/44.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28308/44.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA AUDIENCIA PUBLICA SOBRE A IMPLANTACAO DE UMA ESCOLA_x000D_
 MUNICIPAL PARA SURDOS - MUDOS EM NOSSA CIDADE E QUE SEJAM CONVIDADOS, ALEM DAS_x000D_
 AUTORIDADES LOCAIS, O ROTARY CLUB, A ASRG (ASSOCIACAO DE SURDOS DE RIO GRANDE)_x000D_
 E A APADA (ASSOCIACAO DE PAIS E AMIGOS DOS DEFICIENTES AUDITIVOS).</t>
   </si>
   <si>
     <t>28306</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28306/45.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28306/45.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR DA_x000D_
 IMPLANTACAO DE UMA ESCOLA MUNICIPAL PARA SURDOS E MUDOS EM RIO GRANDE.</t>
   </si>
   <si>
     <t>28574</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28574/46.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28574/46.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
  SOLICITA QUE SEJA CRIADA UMA COMISSAO PARA TRATAR ASSUNTOS_x000D_
 RELACIONADOS A DST/AIDS NO MUNICIPIO DE RIO GRANDE, CONFORME FOI DECIDIDO NA_x000D_
 AUDIENCIA PUBLICA DO DIA QUATORZE DE DEZEMBRO DE 2007.</t>
   </si>
   <si>
     <t>28304</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28304/47.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28304/47.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DA CONSTRUCAO DE UMA NOVA ESTACAO RODOVIARIA INTERMUNICIPAL</t>
   </si>
   <si>
     <t>28303</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28303/48.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28303/48.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DA NOVA_x000D_
 LEGISLACAO PARA ESTAGIOS E QUE SEJAM CONVIDADOS, ALEM DAS AUTORIDADES DO_x000D_
 MUNICIPIO, O CIEE, O MINISTRO DO TRABALHO, O MINISTRO PUBLICO DO TRABALHO, A_x000D_
 FURG, A FACULDADE ANHANGUERA E A UNIAO RIOGRANDIN A DOS ESTUDANTES.</t>
   </si>
   <si>
     <t>28302</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28302/49.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28302/49.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UM AUDIENCIA PUBLICA PARA TRATAR DA QUESTAO_x000D_
 DOS SERVICOS PRESTADOS PELOS CORREIOS EM RIO GRANDE.</t>
   </si>
   <si>
     <t>28300</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28300/50.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28300/50.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA COM OBJETIVO DE_x000D_
 DEBATER SITUACOES RELACIONADAS COM OPTICAS DE RIO GRANDE, OFTALMOLOGISTAS E_x000D_
 OPTOMETRISTAS.</t>
   </si>
   <si>
     <t>28298</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28298/51.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28298/51.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR O NOVO_x000D_
 SISTEMA DE PREVIDENCIA DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>28297</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28297/52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28297/52.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR ASSUNTOS_x000D_
 REFERENTES A REFINARIA IPIRANGA.</t>
   </si>
   <si>
     <t>28295</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28295/53.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28295/53.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR OS_x000D_
 PROBLEMAS DA REDE DE SAUDE, REFERENTE AO ATENDIMENTO DE PESSOAS COM_x000D_
 DEFICIENCIAS MENTAIS.</t>
   </si>
   <si>
     <t>28294</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28294/54.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28294/54.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DA_x000D_
 SIVICULTURA.</t>
   </si>
   <si>
     <t>28292</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28292/55.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28292/55.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM REMETIDOS OFICIOS A AGEFLOR, SINDICATO PATRONAL,_x000D_
 VOTORANTIM, ARACRUZ, STORA ENZO, PREFEITURA, CAMARA DO COMERCIO, E AO CENTRO_x000D_
 INDUSTRIAL, SUGERINDO A CRIACAO DO MUSEU DO EUCALIPTO NA CIDADE DO RIO GRANDE.</t>
   </si>
   <si>
     <t>28291</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28291/56.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28291/56.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DOS_x000D_
 PROBLEMAS QUE EXISTEM NO BAIRRO MANGUEIRA, TAIS COMO, REGULAMENTACAO FUNDIARIA_x000D_
 DE SEUS MORADORES E AS PROPRIAS REINVINDICACOES DOS MESMOS, E QUE SEJAM_x000D_
 CONVIDADOS TODAS AS AUTORIDADES DO MUNICIPIO DE RIO GRANDE, E A PRESIDENTE DA_x000D_
 ASSOCIACAO DO BAIRRO MANGUEIRA: SENHORA MARIZETE XAVIER DIAS, O SERVICO DE PATRIMONIO DA UNIAO (SPU), A SUPERINTENDENCIA DO PORTO DE RIO GRANDE, A REFINARIA IPIRANGA, E A PETROBRAS.</t>
   </si>
   <si>
     <t>28290</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28290/57.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28290/57.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR OS_x000D_
 VARIOS PROBLEMAS QUE EXISTEM NO BAIRRO PROFILURB COMO A SITUACAO FUNDIARIA DE_x000D_
 SEUS MORADORES E PARA AVALIAR AS REINVINDICACOES DOS MORADORES.</t>
   </si>
   <si>
     <t>28289</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28289/58.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28289/58.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR OS_x000D_
 VARIOS PROBLEMAS QUE EXISTEM NA RUA HENRIQUE PANCADA, COMO A SITUACAO_x000D_
 FUNDIARIA DE SEUS MORADORES E PARA AVALIAR AS REIVINDICACOES DOS MORADORES</t>
   </si>
   <si>
     <t>28288</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28288/59.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28288/59.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DOS_x000D_
 POSSIVEIS CONSEQUENCIAS QUE O AQUECIMENTO GLOBAL ACARRETARA AO MUNICIPIO DE RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>28287</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28287/60.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28287/60.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DA_x000D_
 IMPLANTACAO DO CAMMI (CENTRO DE APLICACAO E MONITORIZACAO DE MEDICAMENTOS_x000D_
 INJETAVEIS) E QUE SEJAM CONVIDADOS, ALEM DAS AUTORIDADES DO MUNICIPIO DE RIO_x000D_
 GRANDE, O DIRETOR DO HOSPITAL UNIVERSITARIO E O ADMINISTRADOR DO HOSPITAL DA_x000D_
 SANTA CASA DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28286</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28286/61.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28286/61.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA COMISSAO DE VEREADORES PARA TRATAR DA_x000D_
 VINDA DE UMA EXTENSAO DA UNIVERSIDADE CATOLICA DE PELOTAS PARA RIO GRANDE.</t>
   </si>
   <si>
     <t>28285</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28285/62.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28285/62.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR, JUNTO_x000D_
 AO MINISTERIO DO TRABALHO, VINDA DE CURSOS DE QUALIFICACAO PROFISSIONAL NA AREA_x000D_
 NAVAL E PAC DA QUALIFICACAO PROFISSIONAL PARA RIO GRANDE.</t>
   </si>
   <si>
     <t>28556</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28556/63.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28556/63.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  SOLICITA QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, A SECRETARIA MUNICIPAL DE MEIO AMBIENTE, AO INSTITUTO_x000D_
 BRASILEIRO DO MEIO AMBIENTE E DOS RECURSOS NATURAIS RENOVAVEIS - IBAMA, AO_x000D_
 MINISTERIO DO MEIO AMBIENTE E A POLICIA FEDERAL, SOLICITANDO UMA INVESTIGACAO_x000D_
 MINUNCIOSA DO "INCENDIO NA ESTACAO ECOLOGICA DO TAIM", O QUAL TEVE INICIO NA_x000D_
 NOITE DE SEGUNDA-FEIRA CAUSANDO O "MAIOR DESASTRE" DA HISTORIA DO PARQUE E_x000D_
 SENDO CONSIDERADA UMA CATASTROFE ECOLOGICA.</t>
   </si>
   <si>
     <t>28554</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28554/64.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28554/64.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  SOLICITA A CRIACAO DA FRENTE PARLAMENTAR EM DEFESA DA JUVENTUDE</t>
   </si>
   <si>
     <t>28552</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28552/66.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28552/66.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  SOLICITA QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, E A SMSST, SECRETARIO ENOC GUIMARAES, SOLICITANDO ESTUDOS_x000D_
 NO SENTIDO DE SINALIZAR COM PLACA DE "PROIBIDO TRAFEGO DE CAMINHOES" NA RUA_x000D_
 ALMIRANTE TAMANDARE, NO BAIRRO NAVEGANTES.</t>
   </si>
   <si>
     <t>28551</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28551/67.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28551/67.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
 SOLICITA QUE SEJA OFICIADO AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL,_x000D_
 ESTUDOS PARA A ELABORACAO DE LEI MUNICIPAL QUE ISENTE DE TRIBUTOS MUNICIPAIS_x000D_
 PORTADORES DE DOENCAS GRAVES, DESDE QUE SE ENQUADREM NAS SITUACOES ADEQUADAS.</t>
   </si>
   <si>
     <t>28549</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28549/68.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28549/68.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  SOLICITA QUE SE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AO DIA DO_x000D_
 IDOSO, NO DIA 27/02/08.</t>
   </si>
   <si>
     <t>28558</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28558/69.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28558/69.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  SOLICITA QUE SEJA REALIZADA UMA SESSAO ESPECIAL SOLENE, EM HOMENAGEM_x000D_
 AO DIA INTERNACIONAL DO ROTARY NO DIA 23/02/08.</t>
   </si>
   <si>
     <t>28284</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28284/70.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28284/70.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS_x000D_
 75(SETENTA E CINCO ANOS) DO SINDICATO DOS EMPREGADOS EM ESTABELECIMENTOS_x000D_
 BANCARIOS DO RIO GRANDE, SANTA VITORIA DO PALMAR, SAO JOSE DO NORTE E CHUI QUE_x000D_
 TRANSCORRERA NO DIA 05 DE ABRIL DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>28283</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28283/71.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28283/71.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA COMISSAO DE VEREADORES NO DIA 20/02/2008 NO_x000D_
 MOVIMENTO NACIONAL DOS PARLAMENTARES PELA VIDA.</t>
   </si>
   <si>
     <t>28282</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28282/72.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28282/72.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR SOBRE_x000D_
 O FLORESTAMENTO EM ESPECIAL PARA VERIFICAR PROJETOS REALIZADOS LIGADOS A_x000D_
 VOTORANTIN, OS QUAIS FUTURAMENTE PODERAO SER REALIZADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>28281</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28281/74.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28281/74.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AS SEGUINTES AUTORIDADES: ENG. MARCOS LEDERMAN_x000D_
 - SUPERINTENDENTE DO DNIT (PORTO ALEGRE), ENG. CESAR MACIEL-DNIT (PORTO_x000D_
 ALEGRE), ENG. VLADMIR CASA - DNIT (PELOTAS), SR. ROBERTO PAULO HANKE - DIRETOR_x000D_
 SUPERINTENDENTE DA ECOSUL (CONCESSIONARIA DE PEDAGIOS RIO GRANDE/PELOTAS) E_x000D_
 DIRETOR DE INFRA-ESTRUTURA TERRESTRE EM BRASILIA, HIDERALDO CARON, SOLICITANDOQUE SEJA FORNECIDO UM LAUDO SOBRE AS CONDICOES DE TRAFEGABILIDADE E TEMPO DE VIDA UTIL DA PONTE LOCALIZADA SOBRE O RIO SAO GONCALO, QUE LIGA OS MUNICIPIOS_x000D_
 DE RIO GRANDE E PELOTAS.</t>
   </si>
   <si>
     <t>28523</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28523/75.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28523/75.pdf</t>
   </si>
   <si>
     <t>Wilson Porto Furtado_x000D_
 _x000D_
  SOLICITA AO 6o BPM PARA QUE DETERMINE UMA NOVA SISTEMATICA DE SEGURANCA_x000D_
 PARA OS BAIRROS SANTA ROSA, COHAB IV, CASTELO BRANCO E CIDADE DE AGUEDA,_x000D_
 FAZENDO COM QUE O POSTO POLICIAL DA COHAB IV RECEBA UM PELOTAO PERMANENTE PARA_x000D_
 QUE A PARTIR DALI POSSA REALIZAR UM EFETIVO TRABALHO DE PREVENCAO, COM_x000D_
 DESLOCAMENTO SISTEMATICO DE POLICIAIS POR ESTES BAIRROS.</t>
   </si>
   <si>
     <t>28279</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Vereador Kanelão</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28279/76.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28279/76.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMISSAO PARA TRATAR JUNTO AO IBAMA DO LICENCIAMENTO AMBIENTAL_x000D_
 PARA A INSTALACAO DOS EQUIPAMENTOS NECESSARIOS PARA ARMAZENAREM ACIDO_x000D_
 SULFURICO NA BUNGUE, NA SECRETARIA DA AGRICULTURA, BUSCAR RECURSOS PARA_x000D_
 CONSTRUCAO E REPARACAO DE TRAPICHES DOS PESCADORES ARTESANAIS DO MUNICIPIO, NA_x000D_
 EMATER, BUSCAR PROJETOS PARA AGRICULTURA E SUINOCULTURA PARA PEQUENAS_x000D_
 PROPRIEDADES. NO DAER E NA ASSEMBLEIA LEGISLATIVA, BUSCAR INFORMACOES SOBRE A_x000D_
 EXISTENCIA DE RECURSOS QE PERMITAM A CONCLUSAO DAS OBRAS DE DUPLICACAO DA RS_x000D_
 734..</t>
   </si>
   <si>
     <t>28276</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28276/77.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28276/77.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A REALIZACAO DE UMA AUDIENCIA PUBLICA COM O OBJETIVO DE_x000D_
 AVALIAR A POSSIBILIDADE DA SUBSTITUICAO DE SACOLAS PLASTICAS UTILIZADAS NO_x000D_
 COMERCIO POR SACOLAS REUTILIZAVEIS, SACOLAS DE PLASTICO OXIBIODEGRADAVEL ,_x000D_
 SACOLAS DE PLASTICO DEGRADAVEL E OUTRAS FORMAS POSSIVEIS DE DIMINUIR O IMPACTO_x000D_
 AMBIENTAL, CAUSADOS PELOS PRODUTOS CITADOS. oUTROSSIM, SOLICITAMOS QUE SEJAM_x000D_
 ENVIADOS CONVITES AS SEGUINTES AUTORIDADES:SECRETARIO DO MEIO AMBIENTE, FEPAM,_x000D_
 ESCR. ESTADUAL MEIO AMBIENTE, PROMOTORIA PUBLICA, REPRESENTANTES DO COMERCIO_x000D_
 LOCAL, COMISSAO MEIO AMBIENTE DA ASSEMBBLEIA LEGISLATIVA E DEMAIS AUTORIDADES_x000D_
 LIGADAS AO TEMA QUE SE FIZEREM NECESSARIAS.</t>
   </si>
   <si>
     <t>28275</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28275/78.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28275/78.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO GERENTE DA CEEE - REGIONAL RIO GRANDE,_x000D_
 ILMO. SR. ALVARO FERNANDO AZAMBUJA, SOLICITANDO A REALIZACAO DE EXTENSAO DE_x000D_
 REDE ELETRICA NO BAIRRO VIEIRA, VIA BR - 392, DEPOIS DA PONTE PRETA, 1a_x000D_
 PORTEIRA A DIREITA; ONDE RESIDEM APROXIMADAMENTE 13 (TREZE) FAMILIAS.</t>
   </si>
   <si>
     <t>28522</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28522/79.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28522/79.pdf</t>
   </si>
   <si>
     <t>Wilson Porto Furtado_x000D_
 _x000D_
 SOLICITA QUE SEJA ENVIADO OFICIO A 18a C.R.E. E SECRETARIA ESTADUAL DE_x000D_
 EDUCACAO COM VISTAS A REALIZACAO DE OBRAS PARA A CONSTRUCAO DE 6 SALAS DE AULA_x000D_
 E 3 BANHEIROS NA ESCOLA ESTADUAL DE ENSINO MEDIO CARLOS LOREA PINTO.</t>
   </si>
   <si>
     <t>28532</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28532/80.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28532/80.pdf</t>
   </si>
   <si>
     <t>Wilson Porto Furtado_x000D_
 _x000D_
 SOLICITA A BRASILTELECOM A INSTALACAO DE UM TELEFONE PUBLICO NA VILA_x000D_
 MARIA DOS ANJOS.</t>
   </si>
   <si>
     <t>28274</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28274/81.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28274/81.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA SESSAO SOLENE NO DIA 18/04/2008 EM_x000D_
 COMEMORACAO AO DIA DO EXERCITO BRASILEIRO, QUE SE COMEMORA EM 19/04/2008.</t>
   </si>
   <si>
     <t>28273</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28273/82.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28273/82.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO SR. ALVARO AZAMBUJA -CHEFE DO_x000D_
 CENTRO REGIONAL LITORAL SUL DA CEEE, AO SR. JOSE FRANCISCO PEREIRA_x000D_
 BRAGA-DIRETOR-PRESIDENTE DA CEEE E AO SR. ROGERIO SILVA-DIRETOR DE DISTRIBUICAO_x000D_
 DA CEEE, SOLICITANDO QUE SEJAM VIABILIZADOS ESTUDOS PARA A REABERTURA DOSPOSTOS DE ATENDIMENTO DA VILA DA QUINTA E POVO NOVO, BEM COMO A COLOCACAO DE UMA EQUIPE DE ATENDIMENTO NOS MESMOS.</t>
   </si>
   <si>
     <t>28271</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28271/83.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28271/83.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA AUDIENCIA PUBLICA PARA TRATAR DA SITUACAO_x000D_
 EM QUE SE ENCONTRAM AS PRE-ESCOLAS DO MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28269</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28269/84.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28269/84.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR O_x000D_
 PROCESSO 1565/2007, REFERENTE AO INVENTARIO DE BENS CULTURAIS DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28268</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28268/85.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28268/85.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO A SECRETARIA DA EDUCACAO DO ESTADO DO RIO_x000D_
 GRANDE DO SUL, EXMa. SRa. MARIZA ABREU E A COORDENADORA DA 18a CRE, ILMa. SRa._x000D_
 CARMEN ADELINA AYRES LLAGUNO SOLICITANDO A AMPLIACAO DO ENSINO FUNDAMENTAL ATE_x000D_
 A 8a SERIE NA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL ADELAIDE ALVIM E A_x000D_
 CONSTRUCAO DE UM REFEITORIO PARA OS ALUNOS.</t>
   </si>
   <si>
     <t>28601</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28601/86.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28601/86.pdf</t>
   </si>
   <si>
     <t>Jurandir Pereira_x000D_
 _x000D_
  DESLOCAR-SE ATE A CIDADE DE PORTO ALEGRE, AFIM DE CUMPRIR AGENDA NOS_x000D_
 SEGUINTES ORGAOS, IBAMA, FEPAM, SECRETARIA DO MEIO AMBIENTE E ASSEMBLEIA_x000D_
 LEGISLATIVA, PARA TRATATIVAS A RESPEITO DE INSTALACAO DE EMPRESA NO MUNICIPIO.</t>
   </si>
   <si>
     <t>28591</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28591/87.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28591/87.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 SOLICITA QUE SEJA ENCAMINHADO A ECOSUL, CORRESPONDENCIA SOLICITANDO A_x000D_
 MESMA QUE ENCAMINHE A ESTA CASA UM RELATORIO COM ARRECADACAO DIARIA DO PEDAGIO_x000D_
 RIO GRANDE-PELOTAS-RIO GRANDE, O NUMERO DIARIO DE USUARIOS E A DESPESA QUE A_x000D_
 CONCESSIONARIA TEM COM ESTE POSTO DE ARRECADACAO.</t>
   </si>
   <si>
     <t>28267</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28267/88.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28267/88.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO ILMO. SR. GILBERTO TEIXEIRA DA CUNHA,_x000D_
 DIRETOR GERAL DO DAER E AO EXMO. SR. DANIEL ANDRADE, SECRETARIO DE_x000D_
 INFRA-ESTRUTURA E LOGISTICA DO ESTADO DO RIO GRANDE DO SUL, SOLICITANDO A_x000D_
 IMPLANTACAO DE UMA CICLO-FAIXA NA RS-734, ESTRADA RIO GRANDE/CASSINO.</t>
   </si>
   <si>
     <t>28265</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28265/89.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28265/89.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO A EXMa. SRa. YEDA RORATO CRUSIUS,_x000D_
 GOVERNADORA DO ESTADO DO RGS SOLICITANDO A LIBERACAO DE RECURSOS PARA A_x000D_
 CONSTRUCAO DE UMA ROTULA NA RS - 734, EM FRENTE AO CONDOMINIO WALDEMAR PEREIRA_x000D_
 DUARTE.</t>
   </si>
   <si>
     <t>28261</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28261/90.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28261/90.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA AUDIENCIA PUBLICA PARA TRATAR DO PROJETO DE IMPLANTACAO DA_x000D_
 ESCOLA TECNICA FEDERAL DE CONSTRUCAO NAVAL DO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>28259</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28259/91.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28259/91.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FORMADA UMA COMISSAO ESPECIAL PARA ACOMPANHAR A_x000D_
 IMPLANTACAO DA ESCOLA TECINICA FEDERAL DE CONSTRUCAO NAVAL DO MUNICIPIO DO RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>28590</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28590/93.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28590/93.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENCAMINHADA CORRESPONDENCIA A VEGA ENGENHARIA AMBIENTAL_x000D_
 SOLICITANDO A COLOCACAO DE CONTAINERS DE RECOLHIMENTO DE LIXO NOS RESPECTIVOS_x000D_
 LOCAIS ABAIXO DESCRIMINADOS: - BAIRRO BERNADETH; BAIRRO SAO MIGUEL;_x000D_
 BAIRRO PARQUE MARINHA, EM FRENTE AO POSTO DA BRIGADA MILITAR.</t>
   </si>
   <si>
     <t>28559</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28559/94.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28559/94.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
 SOLICITA UMA COMISSAO A PORTO ALEGRE, AFIM DE TRATAR DE ASSUNTOS_x000D_
 RELACIONADOS AO PROJETO DA CRIACAO DE UM LAR PARA DESINTOXICACAO DE MULHERES_x000D_
 DEPENDENTES QUIMICAS EM RIO GRANDE.</t>
   </si>
   <si>
     <t>28257</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28257/95.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28257/95.pdf</t>
   </si>
   <si>
     <t>SESSAO SOLENE EM HOMENAGEM AOS 70 (SETENTA) ANOS DA IGREJA NOSSA_x000D_
 SENHORA DO CARMO - RIO GRANDE, NO DIA 22 (VINTE E DOIS) DE ABRIL DE 2008.</t>
   </si>
   <si>
     <t>28255</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28255/96.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28255/96.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR SOBRE O_x000D_
 TRATAMENTO E PREVENCAO DO CANCER DE PROSTATA E OUTRAS DOENCAS AFINS NO_x000D_
 MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28254</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28254/97.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28254/97.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SOLICITAR AO OGMO (ORGAO GESTOR DE MAO DE OBRA) ATRAVES DO SEU_x000D_
 REPRESENTANTE LEGAL, O DIRETOR, SR. ANDRE LUIZ RUFFIER ORTIGARA, PARA QUE_x000D_
 FORNECA MAIORES INFORMACOES SOBRE O ANDAMENTO DO PROCESSO DOS ASSOCIADOS DA_x000D_
 EMPRESA STELLA MARIS OPERACOES PORTUARIAS.</t>
   </si>
   <si>
     <t>28253</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28253/98.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28253/98.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AO PRESIDENTE DO TRIBUNAL DE CONTAS_x000D_
 DO ESTADO(TCE) PEDINDO SOLICITANDO QUE ENCAMINHE A ESTA CASA LEGISLATIVA UM_x000D_
 PARECER SOBRE A CONVENIENCIA LEGAL DO ARTIGO 2o LEI 6.500/2007 QUE CRIA A_x000D_
 PREVIDENCIA DO RIO GRANDE- PREVIG E INSTITUI O REGIME PROPRIO DE PREVIDENCIA_x000D_
 SOCIAL DO MUNICIPIO DO RIO GRANDE. O REFERIDO ARTIGO PREVE A CONTRIBUICAO_x000D_
 PREVIDENCIARIA POR 35 ANOS COM 16,06% + 25,04, TOTALIZANDO UM PERCENTUAL DE_x000D_
 41,10%.</t>
   </si>
   <si>
     <t>28589</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28589/99.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28589/99.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 SOLICITAQUE SEJA ENCAMINHADO CORRESPONDENCIA A VEGA ENGENHARIA_x000D_
 AMBIENTAL, SOLICITANDO UM CONTAINER DE RECOLHIMENTO DE LIXO PARA RUA E, BAIRRO_x000D_
 CASTELO BRANCO II.</t>
   </si>
   <si>
     <t>28588</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28588/100.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28588/100.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AO DAER, SOLICITANDO A LIMPEZA DO_x000D_
 TRECHO DUPLICADO NA ENTRADA DO CASSINO, NO MEIO DAS DUAS PISTAS.</t>
   </si>
   <si>
     <t>28587</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28587/101.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28587/101.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENCAMINHADA CORRESPONDENCIA AO DAER SOLICITANDO A COLOCACAO DE_x000D_
 UM NOVO ABRIGO DE ONIBUS COM UMA INFRAESTRUTURA MELHOR EM FRENTE AO BAR DO_x000D_
 BETO, NA RS 734. TAL SOLICITACAO SE FAZ NECESSARIA AO GRANDE NUMERO DE USUARIOS_x000D_
 QUE UTILIZAM A REFERIDA PARADA PARA DESLOCAMENTOS INTERMUNICIPAIS</t>
   </si>
   <si>
     <t>28586</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28586/102.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28586/102.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENCAMINHADO CORRESPONDENCIA A CEEE, SOLICITANDO A TROCA DE UM_x000D_
 POSTE QUE SE ENCONTRA PODRE SITUADO NA RUA PERO VAZ DE CAMINHA ESQUINA ACACIA_x000D_
 RIO GRANDENSE.</t>
   </si>
   <si>
     <t>28251</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28251/103.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28251/103.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 MARCADA UMA AUDIENCIA PUBLICA PARA DISCUTIR A AMPLIACAO DA RESERVA ECOLOGICA DO_x000D_
 TAIM, A CRIACAO DE UM PARQUE NACIONAL EM SEU ENTORNO, BEM COMO DA UNIDADE DE_x000D_
 CONSERVACAO DO BANHADO DO MACARICO.</t>
   </si>
   <si>
     <t>28249</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28249/104.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28249/104.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A *EMPRESA ALL(AMERICA LATINA LOGISTICA),_x000D_
 QUE EFETUE O MELHORAMENTO DOS TRILHOS, NO CRUZAMENTO DA RUA VAL PORTO COM RUA_x000D_
 MARIO WERNEC, BAIRRO SALGADO FILHO, NESTA.</t>
   </si>
   <si>
     <t>28585</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28585/105.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28585/105.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENCAMINHADO CORRESPONDENCIA AO DAER, SOLICITANDO A COLOCACAO_x000D_
 DE ATERRO NO TREVO DE ACESSO AO BAIRRO HUMAITA.</t>
   </si>
   <si>
     <t>28247</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28247/106.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28247/106.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO A SECRETARIA ESTADUAL DE EDUCACAO, SRa_x000D_
 MARIZA ABREU, A COORDENADORA DA 18a CRE, SRa GLACY CANARY E COORDENADORA DA 18a_x000D_
 CRO, ENGa BEATRIZ GUIMARAES, SOLICITANDO AGILIZACAO NO PROCESSO QUE TRATA DA_x000D_
 CONCLUSAO DA 2a ETAPA DE OBRAS DO GINASIO DE ESPORTES DO COLEGIO LEMOS JR.</t>
   </si>
   <si>
     <t>28584</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28584/107.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28584/107.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENCAMINHADO CORRESPONDENCIA A EMPRESA BRASIL TELECOM_x000D_
 SOLICITANDO A COLOCACAO DE UM ORELHAO NA TRAVESSA 21, N° 236, VILA ABEL_x000D_
 CRAVO,BAIRRO QUINTA.</t>
   </si>
   <si>
     <t>28246</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28246/108.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28246/108.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AS AGENCIAS DO BANCO DO BRASIL E BANCO DO_x000D_
 ESTADO DO RIO GRANDE DO SUL EM RIO GRANDE, SOLICITANDO A INSTALACAO DE CAIXA_x000D_
 ELETRONICO DE AUTO-ATENDIMENTO NO INTERIOR DO MERCADO PUBLICO MUNICIPAL,_x000D_
 REITERANDO OS REQUERIMENTOS 297 E 298/2003</t>
   </si>
   <si>
     <t>28244</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Vereador Nando Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28244/109.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28244/109.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA ESPECIAL DO CASSINO, JUNTO AO SR. SECRETARIO_x000D_
 ENVIE A ESTA CASA LEGISLATIVA UM RELATORIO DE PRESTACAO DE CONTAS DE_x000D_
 ARRECADACAO E GASTOS DA MESMA.</t>
   </si>
   <si>
     <t>28583</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28583/112.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28583/112.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENCAMINHADA CORRESPONDENCIA A EMPRESA NOIVA DO MAR,_x000D_
 SOLICITANDO A COLOCACAO DE UM SEGUNDO CARRO PARA A LINHA DO BAIRRO BERNADETH.</t>
   </si>
   <si>
     <t>28609</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28609/113.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28609/113.pdf</t>
   </si>
   <si>
     <t>Jurandir Pereira_x000D_
 _x000D_
 O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA EMITIDO UM OFICIO AO INSTITUTO-GERAL DE PERICIAS DO ESTADO_x000D_
 DO RIO GRANDE DO SUL, AFIM DE PRESTAR ESCLARECIMENTOS A RESPEITO DA TAXA_x000D_
 COBRADA PELO CENTRO DE IDENTIFICACAO DA CIDADE DO RIO GRANDE, PARA A EXPEDICAO_x000D_
 DO ATESTADO DE ANTECEDENTES CRIMINAIS ASSIM COMO A CARTEIRA DE IDENTIDADE, E_x000D_
 QUAL O DESTINO DESTA TAXA.</t>
   </si>
   <si>
     <t>28243</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28243/114.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28243/114.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO SUPERINTENDENTE DA COMPANHIA_x000D_
 RIOGRANDENSE DE SANEAMENTO - CORSAN (UNIDADE DE SANEAMENTO REGIONAL RIO_x000D_
 GRANDE), ILMO. SR. ENG°. EDUARDO BACIGALUZ GUIMARAES, SOLICITANDO QUE SEJAMENCAMINHADAS COPIA DA COMPOSICAO TARIFARIA E DA TABELA DE TARIFAS COBRADAS PELOS SERVICOS PRESTADOS PELA COMPANHIA (RE-LIGACAO, CORTE, 2a VIA DE FATURA,_x000D_
 ETC...).</t>
   </si>
   <si>
     <t>28241</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28241/115.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28241/115.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 DETERMINE A SECRETARIA MUNICIPAL DE SEGURANCA, TRANSPORTES E TRANSITO(SMSTT)_x000D_
 ESTUDOS NO SENTIDO DE VIABILIZAR A POSSIBILIDADE DE OS IDOSOS ENTRAREM PELA_x000D_
 PORTA TRASEIRO DOS ONIBUS NO SISTEMA DE TRANSPORTE COLETIVO A EXEMPLO DO MODELO_x000D_
 IMPLANTADO EM PELOTAS._x000D_
 O EXECUTIVO PELOTENSE INSTITUIU ATRAVES DO DECRETO 5.058 O CARTAO DE_x000D_
 IDENTIFICACAO ELETRONICA PARA O USO DOS BENEFICIARIOS IDOSOS DO TRANSPORTE_x000D_
 COLETIVO PUBLICO DE PASSAGEIROS.</t>
   </si>
   <si>
     <t>28239</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28239/116.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28239/116.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO A MINISTRA-CHEFE DA CASA CIVIL,_x000D_
 EXMa. SRa. DILMA VANA ROUSSEFF E AO MINISTRO DOS TRANSPORTES, EXMO. SR. ALFREDO_x000D_
 PEREIRA DO NASCIMENTO SOLICITANDO A ENCAMPACAO DA PRACA DE PEDAGIO LOCALIZADA_x000D_
 NA BR - 392, ENTRE OS MUNICIPIOS DE RIO GRANDE E PELOTAS (CONTRATO No_x000D_
 PJ/CD/215/98, ENTRE DAER/RS E ECOSUL E CONTRATO DE RERRATIFICACAO E SUB-ROGACAO_x000D_
 No 013/00-MT, CELEBRADO ENTRE A UNIAO E A ECOSUL), OU SEJA, A RETOMADA DO_x000D_
 SERVICO PELO PODER CONCEDENTE DURANTE O PRAZO DA CONCESSAO POR MOTIVO DE_x000D_
 INTERESSE PUBLICO MEDIANTE LEI AUTORIZATIVA ESPECIFICA E APOS PREVIO PAGAMENTO_x000D_
 DA INDENIZACAO. TAMBEM SOLICITO A IMEDIATA LIBERACAO DE RECURSOS PARA INICIO_x000D_
 DAS OBRAS DE DUPLICACAO DA RODOVIA NESTE TRECHO.</t>
   </si>
   <si>
     <t>28237</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28237/117.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28237/117.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO A DIRECAO DA AMERICA LATINA LOGISTICA - ALL - QUE_x000D_
 REALIZE MELHORIAS NO CRUZAMENTO DA LINHA FERREA COM A BR 392, ENTRE A VILA DA_x000D_
 QUINTA E DOMINGOS PETROLINE.</t>
   </si>
   <si>
     <t>28581</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28581/119.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28581/119.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENVIADO CORRESPONDENCIA A 18a COORDENADORIA REGIONAL DE_x000D_
 ENSINO, SOLICITANDO QUE SEJA EXPEDIDO OS COMPROVANTES DE MATRICULA DOS ALUNOS_x000D_
 NO FINAL DO ANO LETIVO, PARA QUE OS MESMOS POSSAM CONFECCIONAR AS CARTEIRAS DE_x000D_
 PASSE ESCOLAR NO INICIO DO PROXIMO ANO LETIVO.</t>
   </si>
   <si>
     <t>28592</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28592/120.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28592/120.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 QUE SEJA ENVIADO CORRESPONDENCIA A FUNDACAO UNIVERSIDADE FEDERAL DO RIO_x000D_
 GRANDE, SOLICITANDO QUE SEJA EXPEDIDO OS COMPROVANTES DE MATRICULA DOS ALUNOS_x000D_
 NO FINAL DO ANO LETIVO, PARA QUE OS MESMOS POSSAM CONFECCIONAR AS CARTEIRAS DE_x000D_
 PASSE ESCOLAR NO INICIO DO PROXIMO ANO LETIVO.</t>
   </si>
   <si>
     <t>28234</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28234/121.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28234/121.pdf</t>
   </si>
   <si>
     <t>SESSAO SOLENE NO DIA 21 DE MARCO DE 2008 PARA COMEMORAR O DIA_x000D_
 INTERNACIONAL PELA ELIMINACAO DA DISCRIMINACAO RACIAL.</t>
   </si>
   <si>
     <t>28233</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28233/122.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28233/122.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA DADO VOTO DE LOUVOR PELA ABERTURA DA CAMPANHA DA_x000D_
 FRATERNIDADE 2008, QUE FOI REALIZADA NO DIA 07 DE FEVEREIRO DE 2008 E TEM COMO_x000D_
 TEMA: FRATERNIDADE E DEFESA DA VIDA E LEMA: ESCOLHE, POIS, A VIDA!</t>
   </si>
   <si>
     <t>28232</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28232/123.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28232/123.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR AOS FAMILIARES DO SENHOR RENATO DAMEDA, QUE TAO TRISTE_x000D_
 NOS DEIXOU COM O SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>28578</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28578/124.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28578/124.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon_x000D_
 _x000D_
 SOLICITA AO EXMO. SR. PRESIDENTE JOSE CLAUDINO ALVES SARAIVA QUE ESTUDE_x000D_
 A POSSIBILIDADE DE CRIAR NESTA CASA UM CONCURSO PARA PROFISSIONAL NA AREA DA_x000D_
 LINGUAGEM DE LIBRAS. O SERVIDOR CONCURSADO FARA A TRADUCAO DAS SESSOES_x000D_
 PLENARIAS DESTE LEGISLATIVO.</t>
   </si>
   <si>
     <t>28231</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28231/125.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28231/125.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE AUDIENCIA PUBLICA, A_x000D_
 FIM DE DEBATER SOBRE O NOVO SISTEMA VIARIO, A SEGURANCA NO TRANSITO E FORMAS_x000D_
 DE PREVENCAO DE ACIDENTES.</t>
   </si>
   <si>
     <t>28230</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28230/126.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28230/126.pdf</t>
   </si>
   <si>
     <t>SESSAO SOLENE EM HOMENAGEM AOS 93 (ANOS) DO BANCO DO BRASIL NO ESTADO_x000D_
 DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>28228</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28228/127.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28228/127.pdf</t>
   </si>
   <si>
     <t>VOTO DE REGOZIJO PELOS 90 (NOVENTA) ANOS DA ESCOLA JOANA D'ARC, QUE FOI_x000D_
 COMEMORADO NO DIA 15 DE MARCO DE 2008.</t>
   </si>
   <si>
     <t>28227</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28227/128.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28227/128.pdf</t>
   </si>
   <si>
     <t>REALIZACAO DE UMA AUDIENCIA PUBLICA PARA DISCUTIR SOBRE O TRANSITO NO_x000D_
 MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28223</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28223/129.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28223/129.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO CORRESPONDENCIA AO COMANDO LOCAL DA_x000D_
 POLICIA RODOVIARIA ESTADUAL SOLICITANDO QUE DISPONIBILIZE UMA VIATURA PARA O_x000D_
 CONTROLE DO TRANSITO, ENFRENTE AO CONDOMINIO WALDEMAR DUARTE, NO TREVO, NOS_x000D_
 HORARIOS DE TRAVESSIA DOS ALUNOS NA ENTRADA, COMO SAIDA DA ESCOLA MUNICIPAL DE_x000D_
 ENSINO FUNDAMENTAL ZENIR DE SOUZA BRAGA NO HORARIO ESCOLAR. (EM ANEXO_x000D_
 ABAIXO-ASSINADO DOS MORADORES).</t>
   </si>
   <si>
     <t>28222</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28222/130.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28222/130.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR SOBRE_x000D_
 O PROJETO DO NOVO ATERRO SANITARIO, E QUE SEJAM CONVIDADOS ALEM DOS MORADORES_x000D_
 DO ENTORNO DESTE EMPREENDIMENTO, A FEPAM E A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>28220</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28220/131.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28220/131.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONSTE NOS ANAIS DA CASA O ARTIGO POSTADO PELOPROF. DR._x000D_
 ANDRE LEANDRO BARBI DE SOUZA, INSTITULADO CAMARA MUNICIPAL X PODER_x000D_
 LEGISLATIVO, COMUNICANDO AO MESMO</t>
   </si>
   <si>
     <t>28219</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28219/132.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28219/132.pdf</t>
   </si>
   <si>
     <t>SEJA MARCADA UMA AUDIENCIA PUBLICA PARA DISCUTIR O PROJETO DE_x000D_
 URBANIZACAO DA CIDADE.</t>
   </si>
   <si>
     <t>28217</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28217/134.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28217/134.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS REQUEREM, DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, SEJA ENCAMINHADA CORRESPONDENCIA AO PRESIDENTE DA CAMARA DOS_x000D_
 DEPUTADOS, AO PRESIDENTE DO SENADO FEDERAL E AOS LIDERES PARTIDARIOS COM_x000D_
 ASSENTO NO CONGRESSO NACIONAL SOLICITANDO QUE ESTUDEM ALTERACOES NA LEGISLACAO_x000D_
 PREVIDENCIARIA, NO SENTIDO DE VIABILIZAR O PARCELAMENTO DOS DEBITOS DOS_x000D_
 PESCADORES SEM PREJUIZO DA CONCESSAO DA APOSENTADORIA A QUE FAZEM JUS, COM_x000D_
 PRESTACOES LIMITADAS A 30% (TRINTA POR CENTO) DOS VALORES DA RENDA MENSAL DO_x000D_
 BENEFICIO.</t>
   </si>
   <si>
     <t>28575</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28575/135.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28575/135.pdf</t>
   </si>
   <si>
     <t>Moisés Marimon _x000D_
 _x000D_
 SOLICITA QUE SEJAENCAMINHADO CORRESPONDENCIA A EMPRESA NOIVA DO MAR,_x000D_
 SOLICITANDO A COLOCACAO DE UM CARRO AUXILIAR PARA A LINHA DO BAIRRO POLIVALENTE_x000D_
 RHEINGANTZ, NO QUAL SAI DO FINAL DA LINHA AS 18HS.</t>
   </si>
   <si>
     <t>28215</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28215/136.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28215/136.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A GOVERNADORA YEDA CRUSIUS, AO SECRETARIO_x000D_
 ESTADUAL DE SEGURANCA PUBLICA, JOSE FRANCISCO MALLMANN, DEPUTADOS ESTADUAIS_x000D_
 SANDRO OLIVEIRA (BOKA) E ADILSON TROCA E AO DEPUTADO FEDERAL CLAUDIO DIAZ,_x000D_
 SOLICITANDO QUE INTERCEDAM PARA QUE A DELEGACIA REGIONAL DA POLICIA CIVIL,_x000D_
 PERMANECA EM RIO GRANDE, UMA VEZ QUE JA ENFRENTAMOS PROBLEMAS EM RELACAO A_x000D_
 SEGURANCA, FALTA DE DELEGADOS E POLICIAIS CIVIS E SE CONCRETIZADO O FECHAMENTO_x000D_
 DESTA DELEGACIA, CERTAMENTE CAUSARA ENORME PREJUIZO A COMUNIDADE RIO-GRANDINA,_x000D_
 POIS FICAREMOS DEPENDENTES DE OUTRA REGIONAL. (REQUER URGENCIA)</t>
   </si>
   <si>
     <t>28212</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28212/137.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28212/137.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO A EXMa. SRa. YEDA RORATO CRUSIUS,_x000D_
 GOVERNADORA DO ESTADO DO RGS E AO ILMO. SR. GILBERTO TEIXEIRA CUNHA, DIRETOR_x000D_
 GERAL DO DAER SOLICITANDO:_x000D_
 1. A RETOMADA DAS OBRAS DE DUPLICACAO DA RS - 734, PARALISADAS DESDE O FINAL DA_x000D_
 TEMPORADA DE VERANEIO COM ALTERACAO DO OUTDOOR RELATIVO A DUPLICACAO DA RS -_x000D_
 734 (ONDE CONSTA ENTRE RIO GRANDE E CASSINO PASSE A CONSTAR: ENTRE O TREVO DE_x000D_
 ACESSO E O BALNEARIO CASSINO EM RIO GRANDE) E,_x000D_
 2. A LIBERACAO DE RECURSOS PARA A CONSTRUCAO DE UMA ROTULA NA RS - 734, EM_x000D_
 FRENTE AO CONDOMINIO WALDEMAR PEREIRA DUARTE</t>
   </si>
   <si>
     <t>27952</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27952/138.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27952/138.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJA REALIZADA UMA SESSAO SOLENE COMEMORATIVA AOS_x000D_
 70(SETENTA) ANOS DA FEPAGRO SUL.</t>
   </si>
   <si>
     <t>28534</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28534/139.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28534/139.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
 A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO SENHOR COMANDANTE DA_x000D_
 BRIGADA MILITAR, SOLICITANDO A INTENSIFICACAO DO POLICIAMENTO OSTENSIVO NO_x000D_
 ENTORNO DA EMEF HELENA SMALL.</t>
   </si>
   <si>
     <t>27951</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27951/140.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27951/140.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA SESSAO SOLENE NO DIA 20 DE MAIO DE_x000D_
 2008, EM HOMENAGEM AOS 70 (SETENTA) ANOS DO SINDICATO DOS PROFESSORES DO_x000D_
 ENSINO PRIVADO DO RIO GRANDE DO SUL (SINPRO/RS).</t>
   </si>
   <si>
     <t>27950</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27950/141.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27950/141.pdf</t>
   </si>
   <si>
     <t>VOTO DE REGOZIJO PELA PROCISSAO VIA SACRA, REALIZADA NO DIA 21 DE MARCO_x000D_
 DE 2008, PARA A DIOCESE DE RIO GRANDE NA PESSOA DO BISPO DOM JOSE MARIO_x000D_
 STROEHER, PARA A PAROQUIA NOSSA SENHORA DO CARMO, NA PESSOA DO FREI ARI JOSE DE_x000D_
 SOUZA E PARA MATHEUS NOVO QUE FOI O COORDENADOR DA PROCISSAO.</t>
   </si>
   <si>
     <t>27949</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27949/142.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27949/142.pdf</t>
   </si>
   <si>
     <t>CONSTRUCAO DE UMA UNIDADE DA FUNDACAO DE ATENDIMENTO SOCIO-EDUCATIVO_x000D_
 (FASE) NO MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>27948</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27948/143.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27948/143.pdf</t>
   </si>
   <si>
     <t>CRIACAO DE UMA DELEGACIA ESPECIAL DE COMBATE AO TRAFICO DE_x000D_
 ENTORPECENTES.</t>
   </si>
   <si>
     <t>27947</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27947/144.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27947/144.pdf</t>
   </si>
   <si>
     <t>VOTO DE REGOZIJO PELOS 35 (TRINTA E CINCO) ANOS DO MOVIMENTO DE_x000D_
 CURSILHO DA CRISTANDADE, COMEMORADO NO DIA 23 DE MARCO DE 2008.</t>
   </si>
   <si>
     <t>27946</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27946/145.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27946/145.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE OFICIO AO EXMO. SR. PREFEITO JANIR BRANCO,_x000D_
 SOLICITANDO QUE SEJA DECRETADO ESTADO DE EMERGENCIA NO MUNICIPIO DE RIO GRANDE_x000D_
 POR FALTA DE SEGURANCA PUBLICA.</t>
   </si>
   <si>
     <t>28595</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28595/146.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28595/146.pdf</t>
   </si>
   <si>
     <t>Jurandir Pereira_x000D_
 _x000D_
  O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENCAMINHADO OFICIO AO DIRETOR DE OBRAS DO DEPARTAMENTO_x000D_
 AUTONOMO DE ESTRADAS DE RODAGEM SR. JOSE LUIZ ROCHA PAIVA, SOLICITANDO QUE O_x000D_
 MESMO TOME PROVIDENCIAS NA RECUPERACAO DE UM TRECHO DO ACOSTAMENTO DA RS 734 EM_x000D_
 FRENTE A ENTRADA DO BAIRRO PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>27945</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27945/147.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27945/147.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AO DAER - DEPARTAMENTO AUTONOMO DE_x000D_
 ESTRADAS DE RODAGEM SOLICITANDO QUE SEJA REALIZADO ESTUDOS NO SENTIDO DE_x000D_
 ENCONTRAR UMA VIABILIDADE TECNICA PARA A DUPLICACAO DA AV. SANTOS DUMONT E_x000D_
 AVENIDA ITALIA NO TRECHO COMPREENDIDO ENTRE O PORTICO E O TREVO. CABE SALIENTAR_x000D_
 QUE O REFERIDO TRECHO FAZ PARTE DA RS 734, QUE DEVERA TER SUA DUPLICACAO_x000D_
 CONCLUIDA EM BREVE NO TRECHO TREVO/ BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>28547</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28547/148.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28547/148.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE A CORSAN, SOLICITANDO_x000D_
 INFORMACOES SOBRE O SISTEMA DE TRATAMENTO DE ESGOTO NA CIDADE DE RIO GRANDE E_x000D_
 LOCALIZACAO E AREA DE ABRANGENCIA DESTAS ETAS - ESTACOES DE TRATAMENTO DE_x000D_
 ESGOTO.</t>
   </si>
   <si>
     <t>28545</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28545/149.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28545/149.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
  _x000D_
  A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE A CORSAN, SOLICITANDO COPIA_x000D_
 DIGITAL DO PROJETO DA ETA NAVEGANTES - ESTACAO DE TRATAMENTO DE ESGOTO_x000D_
 NAVEGANTES.</t>
   </si>
   <si>
     <t>27943</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27943/151.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27943/151.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR GERAL DA AGENCIA NACIONAL DE_x000D_
 TRANSPORTES TERRESTRES-ANTT, SR. JOSE ALEXANDRE NOGUEIRA RESENDE, E AO DIRETOR_x000D_
 PRESIDENTE DA ECOSUL, SR. ROBERTO PAULO HANKE, SOLICITANDO QUE SEJAM TOMADAS AS_x000D_
 PROVIDENCIAS NECESSARIAS PARA A INSTALACAO DE UMA LOMBADA ELETRONICA NA ENTRADA_x000D_
 DA VILA DA QUINTA E OUTRA NO POVO NOVO EM RAZAO DOS ACIDENTES OCORRIDOS,_x000D_
 INCLUVISE COM MORTES NOS REFERIDOS TRECHOS DA BR 392, CAUSANDO INSEGURANCA AOS_x000D_
 USUARIOS, UMA VEZ QUE NESSES LOCAIS O TRANSITO DE VEICULOS E A TRAVESSIA DE_x000D_
 PEDESTRES SAO MUITO INTENSOS.REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28544</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28544/153.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28544/153.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA APROVADO VOTO DE CONGRATULACOES A TODOS OS GRUPOS_x000D_
 ESCOTEIROS DO MUNICIPIO DE RIO GRANDE PELO TRANSCURSO DO "DIA MUNDIAL DO_x000D_
 ESCOTEIRO", DIA 23 DE ABRIL.</t>
   </si>
   <si>
     <t>28542</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28542/154.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28542/154.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE A CORSAN - RIO GRANDE,_x000D_
 SOLICITANDO OS RESULTADOS DAS ANALISES FISICO/QUIMICA DA AGUA (DADOS MENSAIS_x000D_
 DOS ANOS 2006, 2007 E 2008) QUE ABASTECE OS BAIRROS BOLACHAS, CASSINO, QUINTA E_x000D_
 POVO NOVO.</t>
   </si>
   <si>
     <t>27941</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27941/157.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27941/157.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA SESSAO SOLENE, EM HOMENAGEM AOS 200_x000D_
 (DUZENTOS) ANOS DO MARECHAL MANUEL LUIS OSORIO.</t>
   </si>
   <si>
     <t>27940</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27940/158.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27940/158.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR DOS_x000D_
 FESTEJOS PARA A SESSAO SOLENE EM HOMENAGEM AO MARECHAL MANUEL LUIS OSORIO.</t>
   </si>
   <si>
     <t>28540</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28540/159.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28540/159.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
 A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA APROVADO O REQUERIMENTO AS EMPRESAS DE TRANSPORTES_x000D_
 COLETIVO DE NOSSO MUNICIPIO SOLICITANDO ESTUDOS PARA IMPLANTAR UMA LINHA DE_x000D_
 ONIBUS NA ILHA DOS MARINHEIROS.</t>
   </si>
   <si>
     <t>27939</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27939/160.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27939/160.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR DA_x000D_
 REGULAMENTACAO DO BAIRRO DOM BOSQUINHO.</t>
   </si>
   <si>
     <t>27938</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27938/161.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27938/161.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO AO IPHAM E AO IPHAE QUESTIONANDO SE_x000D_
 HA UM IMPEDIMENTO OU ESTUDO PARA A COBERTURA DO CANALETE DA MAJOR CARLOS PINTO,_x000D_
 NO SENTIDO DE LIGAR AS RUAS BENTO GONCALVES A BARAO DE COTEGIPE, JOAO MANUEL A_x000D_
 DR. NASCIMENTO, VISCONDE DO RIO BRANCO A CARLOS GOMES, MAUA A GOMES FREIRE E_x000D_
 TIRADENTES A GARIBALDI.</t>
   </si>
   <si>
     <t>27937</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27937/162.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27937/162.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO VOTO DE PESAR AO MOVIMENTO FOCOLARES PELO_x000D_
 FALECIMENTO DE CHIARA LUBICH, ACONTECIDO NO DIA 14 DE MARCO DE 2008.</t>
   </si>
   <si>
     <t>27936</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27936/163.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27936/163.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A CEEE SOLICITANDO QUE A MESMA_x000D_
 REALIZE A COMERCIALIZACAO DE POSTES DE FORMA PARCELADA E COM PRECO MAIS_x000D_
 ACESSIVEL PARA AS PESSOAS QUE POSSUEM A TARIFA SOCIAL.</t>
   </si>
   <si>
     <t>27935</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27935/164.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27935/164.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO AOS DEPUTADOS CLAUDIO DIAZ E ELIZEU_x000D_
 PADILHA SOLICITANDO A REVOGACAO DA INSTRUCAO NORMATIVA 166/2007 DO IBAMA.</t>
   </si>
   <si>
     <t>28566</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28566/165.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28566/165.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
 O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SOLICITAR A SECRETARIO ESTADUAL DE SEGURANCA PUBLICA SR. JOSE_x000D_
 FRANCISCO MALLMANN, PARA QUE NA MEDIDA DO POSSIVEL O ESTADO POSSA CONTRATAR UM_x000D_
 MEDICO E UM TECNICO DE ENFERMAGEM DEVIDO AO NUMERO EXCESSIVO DE DETENTOS. A_x000D_
 PENITENCIARIA DE RIO GRANDE POSSUI UM AMBULATORIO COMPLETO E TAMBEM AMBULATORIO_x000D_
 DENTARIO, POSSUI CEDIDOS PELA PREFEITURA SOMENTE UM MEDICO QUE VAI UMA VEZ POR_x000D_
 SEMANA E UMA ENFERMEIRA TRES VEZES POR SEMANA . O QUE NAO CONSEGUE COMBATER A_x000D_
 GRANDE DEMANDA. POIS LA SE ENCONTRA MAIS DE SETECENTOS DETENTOS.FAZENDO COM QUE_x000D_
 A REDE DE SAUDE GERAL DO MUNICIPIO TENHA QUE ATENDER OS APENADOS NOS HOSPITAIS,_x000D_
 ONERANDO O ESTADO EM DIVERSOS TRANSPORTES E O MUNICIPIO PERDENDO UM POUCO NA_x000D_
 QUALIDADE DE ATENDIMENTO NOS SEUS HOSPITAIS.</t>
   </si>
   <si>
     <t>27933</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27933/166.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27933/166.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO NA PASTA REQUERIMENTO/2008. OF.156/2008QUE SEJAM CONVIDADOS A COMPARECER NO PLENARIO DESTA CASA LEGISLATIVA, O_x000D_
 SR. MARIO RACHE FREITAS, DIRETOR PRESIDENTE DA CORSAN E O SR. EDUARDO BACIGALUZ_x000D_
 GUIMARAES, SUPERINTENDENTE REGIONAL DA CORSAN, A FIM DE PRESTAREM_x000D_
 ESCLARECIMENTOS SOBRE A EXPANSAO DA REDE DE ESGOTOS DO MUNICIPIO, CONFORME_x000D_
 RECURSOS DO PAC, CONCLUSAO DO PROCESSO DE READEQUACAO DA E.T.E NAVEGANTES DO_x000D_
 PARQUE MARINHA, BEM COMO A APRESENTACAO DE RELATORIO ATRAVES DA EMPRESA_x000D_
 RESPONSAVEL PELOS ESTUDOS SOBRE A PROLIFERACAO DE MOSQUITOS NO BAIRRO. A_x000D_
 PRESENTE SOLICITACAO TEM POR FINALIDADE ESCLARECER A COMUNIDADE TODAS AS ETAPAS_x000D_
 E BENEFICIOS DESSES IMPORTANTES INVESTIMENTOS QUE TEMOS ALERTADO E COBRADO AS_x000D_
 AUTORIDADES COMPETENTES. REQUER URGENCIA</t>
   </si>
   <si>
     <t>27934</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27934/167.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27934/167.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO EXMO. SR. DEPUTADO FEDERAL LUIZ_x000D_
 ALBERTO DE ALBUQUERQUE (BETO ALBUQUERQUE) E AO EXMO. SR. DEPUTADO FEDERAL LUIS_x000D_
 CARLOS HEINZE, COORDENADOR DA BANCADA GAUCHA NA CAMARA DOS DEPUTADAS,_x000D_
 SOLICITANDO QUE ATRAVES DE PROJETO-DE-LEI, SEJA DADO O NOME DE DENIS WILLIAM_x000D_
 LAWSON O TRECHO DA BR - 101 COMPREENDIDO ENTRE OS MUNICIPIOS DE SAO JOSE DO_x000D_
 NORTE E MOSTARDAS, CONHECIDO POPULARMENTE COMO ESTRADA DO INFERNO.</t>
   </si>
   <si>
     <t>28565</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28565/168.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28565/168.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
 SOLICITAR AO SECRETARIO ESTADUAL DE SEGURANCA PUBLICA SR. JOSE_x000D_
 FRANCISCO MALLMANN, PARA QUE NA MEDIDA DO POSSIVEL O ESTADO FACA A TROCA DOS_x000D_
 COLETES A PROVA DE BALA DA BRIGADA MILITAR POIS OS QUE ELES USAM ESTAO_x000D_
 DANIFICADOS E COM PRAZO DE VALIDADE VENCIDO, CONFORME NECESSIDADE DA_x000D_
 CORPORACAO E AGENTES PENITENCIARIOS.</t>
   </si>
   <si>
     <t>27932</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27932/169.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27932/169.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO PARA O MINISTERIO DOS TRANSPORTES_x000D_
 PARA SOLICITAR A MESMA QUE REMETA A ESTA CASA LEGISLATIVA UMA COPIA DA ATA DA_x000D_
 AUDIENCIA PUBLICA QUE PRECEDEU A IMPLANTACAO DO POLO DO PEDAGIO DO TRECHO_x000D_
 PELOTAS/RIO GRANDE.</t>
   </si>
   <si>
     <t>28538</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28538/170.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28538/170.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
  A VEREADORA ABAIXO ASSINADO REQUER QUE APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SEJA ENVIADO A EMPRESA NOIVA DO MAR , A SOLICITACAO DE AUMENTO DOS_x000D_
 HORARIOS DAS LINHAS DE ONIBUS QUE ATENDEM O TRANSPORTE DE PASSAGEIROS_x000D_
 DEFICIENTES FISICOS</t>
   </si>
   <si>
     <t>28563</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28563/171.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28563/171.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
  NA FORMA REGIMENTAL, SOLICITAR AO EXECUTIVO MUNICIPAL UMA SESSAO_x000D_
 SOLENE EM HOMENAGEM AOS QUARENTA ANOS DE EXISTENCIA DA BANDA DA ILHA DOS_x000D_
 MARINHEIROS.</t>
   </si>
   <si>
     <t>27931</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27931/172.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27931/172.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO VOTO DE REGOZIJO PELA REVISTA EM QUADRINHOS_x000D_
 "PENITENTE", NA PESSOA DO JORNALISTA - ILUSTRADOR E QUADRINHISTA LORDE LOBO</t>
   </si>
   <si>
     <t>27930</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27930/174.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27930/174.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO VOTO DE PESAR AOS FAMILIARES DA SENHORA SUELY DA_x000D_
 SILVA SOARES, QUE TAO TRISTE NOS DEIXOU COM O SEU FALECIMENTO NO DIA 1o DE MAIO_x000D_
 DE 2008.</t>
   </si>
   <si>
     <t>27929</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27929/175.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27929/175.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE DETERMINE A EMPRESA DE TRANSPORTES COLETIVOS NOIVA DO MAR,_x000D_
 A DISPONIBILIDADE DE 01(UM) CARRO EXTRA, NO HORARIO DE PICO DOS TRABALHADORES_x000D_
 DO DISTRITO INDUSTRIAL, DA LINHA BARRA, NO SENTIDO BARRA AO CENTRO E VICEVERSA.</t>
   </si>
   <si>
     <t>27928</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27928/176.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27928/176.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE DETERMINE A EMPRESA DE TRANSPORTES COLETIVOS NOIVA DO MAR,_x000D_
 A COLOCACAO DE TABELA DE HORARIO DAS LINHAS URBANAS, NAS PARADAS DE ONIBUS DA_x000D_
 PRACA TAMANDARE</t>
   </si>
   <si>
     <t>27927</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27927/177.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27927/177.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA REITERADO A REQUERIMENTO DE No 104/08, PROCESSO_x000D_
 592/08 O QUAL SOLICITA A * EMPRESA ALL(AMERICA LATINA LOGISTICA0 QUE EFETUE O_x000D_
 MELHORAMENTO DOS TRILHOS, NO CRUZAMENTO DA RUA VAL PORTO COM RUA MARIO WERNEC,_x000D_
 BAIRRO SALGADO FILHO, NESTA.</t>
   </si>
   <si>
     <t>27926</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27926/178.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27926/178.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A SRa GLACY CANARY-COORDENADORA DA 18a_x000D_
 COORDENADORIA REGIONAL DE EDUCACAO-CRE E A SRa BEATRIZ SOARES GUIMARAES_x000D_
 -COORDENADORA DA 18a COORDENADORIA REGIONAL DE OBRAS-CRO, SOLICITANDO QUE SEJAM_x000D_
 TOMADAS AS DEVIDAS PROVIDENCIAS NO SENTIDO DE QUE SEJAM REALIZADAS AS OBRAS_x000D_
 NECESSARIAS NA CALCADA DA RUA 3 DE JULHO, LOCALIZADA EM TORNO DA ESCOLA_x000D_
 ESTADUAL BARAO DE CERRO LARGO, UMA VEZ QUE OS ALUNOS DA REFERIDA ESCOLA_x000D_
 UTILIZAM O MEIO DA RUA EM RAZAO DAS MAS CONDICOES DA CALCADA, O QUE PODE_x000D_
 OCASIONAR RISCO DE ACIDENTES. REQUER URGENCIA</t>
   </si>
   <si>
     <t>28593</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28593/179.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28593/179.pdf</t>
   </si>
   <si>
     <t>Jurandir Pereira_x000D_
 _x000D_
  O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENCAMINHADO OFICIO AO GERENTE GERAL DA EMPRESA DE_x000D_
 SUPERMERCADOS GUANABARA SOLICITANDO QUE A LOJA DA TEIXEIRA JR, ESQUINA COM A_x000D_
 CRISTOVAO COLOMBO CONSTRUA UM ESTACIONAMENTO ADEQUADO PARA CARGA E DESCARGA DE_x000D_
 MERCADORIAS.</t>
   </si>
   <si>
     <t>27925</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27925/180.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27925/180.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO 6o BPM, O ALINHAMENTO DA CAMARA DE_x000D_
 MONITORAMENTO, LOCALIZADA NA RUA BACELAR COM RUA DUQUE DE CAXIAS, CENTRO</t>
   </si>
   <si>
     <t>28561</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28561/181.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28561/181.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
  O VEREADOR ABAIXO ASSINADO, REQUER DEPOIS DE OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SOLICITAR A EFETIVACAO DE UMA AUDIENCIA PUBLICA COM A FINALIDADE DE_x000D_
 DEBATER E ANALISAR ALGUNS ARTIGOS DA RECOMENDACAO 001/2008 DO MINISTERIO_x000D_
 PUBLICO FEDERAL DA PROCURADORIA DA REPUBLICA DO MUNICIPIO DE RIO GRANDE_x000D_
 RELACIONADO AO SEGURO DESEMPREGO DO PESCADOR RIOGRANDINO, NO PERIODO DE DEFESO._x000D_
 ASSIM COM O INTUITO DE QUE SEJA APERFEICOADO O PROCESSO DE DISCUSSAO ACIMA_x000D_
 MENCIONADO, REQUER QUE SEJAM CONVIDADAS AS SEGUINTES AUTORIDADES: MINISTRO_x000D_
 ALTAMIR GREGOLIN, SECRETARIO MUNICIPAL DA PESCA, PRESIDENTE DA COLONIA DE_x000D_
 PESCADOR Z1, PRESIDENTE DA COLONIA DE PESCADOR Z2, PRESIDENTE DA COLONIA DE_x000D_
 PESCADOR Z3, PRESIDENTE DA COLONIA DE PESCADOR Z8, COMISSAO DE PESCA DA_x000D_
 ASSEMBLEIA LEGISLATIVA, REPRESENTACAO DO CECLIMAR DA CIDADE DE IMBE,_x000D_
 SECRETARIA ESTADUAL DE PESCA, RADIALISTA DO PROGRAMA BRASIL PORTUGAL PEDRO_x000D_
 FELIX RAJAO, PRESIDENTE DO SINDICATO PESQUEIRO DO RIO GRANDE DO SUL, DEPUTADO_x000D_
 FEDERAL CLAUDIO DIAZ, DEPUTADO FEDERAL ELISEU PADILHA, PRESIDENTE DA FEDERACAO_x000D_
 GAUCHA DE PESCADORES ARTESANAIS VILMAR COELHO, DEPUTADO ESTADUAL ADILSON TROCA,_x000D_
 DEPUTADO ESTADUAL NELSON HARTER, DEPUTADO ESTADUAL SANDRO OLIVEIRA</t>
   </si>
   <si>
     <t>28204</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28204/182.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28204/182.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR SOBRE A_x000D_
 SAUDE NO MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28207</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28207/183.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28207/183.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO ENVIADO UM OFICIO A PREFEITURA MUNICIPAL_x000D_
 SOLICITANDO A CRIACAO DE UM CENTRO DE ATENDIMENTO PSICO-SOCIAL (CAPS) - ALCOOL_x000D_
 E DROGA - PARA TRATAMENTO DE DEPENDENTES QUIMICOS.</t>
   </si>
   <si>
     <t>28206</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28206/184.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28206/184.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SUGERINDO A_x000D_
 MUNICIPALIZACAO DOS SERVICOS DE AGUA E ESGOTO, COM O CONSEQUENTE ROMPIMENTO COM_x000D_
 A CORSAN (COMPANHIA RIOGRANDENSE DE SANEAMENTO BASICO).</t>
   </si>
   <si>
     <t>28203</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28203/186.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28203/186.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR DA_x000D_
 IMPLANTACAO DE UM CINEMA NO MUNICIPIO DE RIO GRANDE, COM EMPRESARIOS QUE_x000D_
 ESTEJAM INTERESSADO NA REFERIDA IMPLANTACAO.</t>
   </si>
   <si>
     <t>28205</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28205/187.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28205/187.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO VOTO DE REGOZIJO PELA PROMOCAO DO RIO-GRANDINO_x000D_
 ERNESTO OTTO RUBARTH A EMBAIXADOR, REALIZADA NO DIA 07 (SETE) DE ABRIL DE 2008.</t>
   </si>
   <si>
     <t>28202</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28202/188.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28202/188.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS 50_x000D_
 (CINQUENTA) ANOS DO LIONS CLUBE RIO GRANDE - CENTRO, PARA SER REALIZADA NO DIA_x000D_
 18 DE MAIO, MAIS PRECISAMENTE NO DIA MUNICIPAL PARA A CONSAGRACAO DA FAMILIA_x000D_
 LEONISTICA, SEGUNDO A LEI ORGANICA No. 4860, DE 20 DE SETEMBRO DE 1993.</t>
   </si>
   <si>
     <t>28201</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28201/189.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28201/189.pdf</t>
   </si>
   <si>
     <t>AUTORIZACAO PARA DESLOCAREM-SE ATE BRASILIA, ONDE CUMPRIRAO AGENDA DE_x000D_
 AUDIENCIAS NOS SEGUINTES ORGAOS, COM OS RESPECTIVOS ASSUNTOS: ·FUNASA -_x000D_
 PROGRAMA DE MELHORIAS SANITARIAS DOMICILIARES, QUE PREVE A CONSTRUCAO DE_x000D_
 BANHEIROS PARA FAMILIAS DE BAIXA RENDA QUE AINDA NAO POSSUEM; ·GAB. SENADOR_x000D_
 PAULO PAIM - PROJETO DE IMPLANTACAO DA ESCOLA TECNICA NAVAL E PROJETO QUE TRATA_x000D_
 DA EXTINCAO DO FATOR PREVIDENCIARIO; ·MINISTERIO DA SAUDE - IMPLANTACAO DO_x000D_
 CENTRO DE ESPECIALIDADES DONTOLOGICAS, ATRAVES DO PROGRAMA BRASIL SORRIDENTE;_x000D_
 ·DEP. CLAUDIO DIAZ E NELSON PROENCA - PROJETO DO AMBULATORIO ODONTOLOGICO PARA_x000D_
 PORTADORES DE NECESSIDADES ESPECIAIS E UNIDADE MOVEL DE SAUDE, CONFORME EMENDAS_x000D_
 NO ORCAMENTO DA UNIAO; ·MINISTERIO DO TRABALHO - FISCALIZACAO NO POSTO DO_x000D_
 MUNICIPIO DO RIO GRANDE; ·SECRETARIA ESPECIAL DOS PORTOS, MINISTRO BRITO_x000D_
 PEREIRA -STELLA MARIS OPERACOES PORTUARIAS; ·MINISTERIO DOS TRANSPORTES - TREM_x000D_
 PASSAGEIRO. REQUER URGENCIA</t>
   </si>
   <si>
     <t>28200</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28200/191.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28200/191.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A CORSAN E A CEEE COMUNICANDO QUE NA_x000D_
 RUA 08 (OITO) DO NO BAIRRO QUERENCIA NAO POSSUI AGUA NEM LUZ E, SOLICITANDO QUE_x000D_
 ESTA SITUACAO SEJA REGULARIZADA.</t>
   </si>
   <si>
     <t>28199</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28199/193.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28199/193.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS REQUEREM QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, SEJA CRIADA UMA COMISSAO PARA ESTUDOS E POSTERIOR FORMACAO DA_x000D_
 COORDENADORIA DA MULHER EM RIO GRANDE, COM A FINALIDADE DE ASSESSORAR,_x000D_
 ASSISTIR, APOIAR, ACOMPANHAR E ARTICULAR AS ACOES POLITICAS PUBLICAS VOLTADAS_x000D_
 PARA AS MULHERES RIO-GRANDINAS.</t>
   </si>
   <si>
     <t>28196</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28196/194.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28196/194.pdf</t>
   </si>
   <si>
     <t>QUE ENVIE OFICIO AOS DEPUTADOS BETO ALBUQUERQUE, CLAUDIO DIAZ E NELSON_x000D_
 PROENCA SOLICITANDO QUE ESTUDEM A VIABILIDADE DE ALOCAR RECURSOS FINANCEIROS,_x000D_
 ATRAVES DE EMENDA DA UNIAO, PARA A CONSTRUCAO DE BANHEIROS NAS RESIDENCIAS QUE_x000D_
 AINDA NAO POSSUEM, CONTEMPLANDO AS PESSOAS DE BAIXA RENDA DO NOSSO MUNICIPIO, TANTO NA ZONA URBANA COMO NO INTERIOR. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28194</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28194/195.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28194/195.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SECRETARIO DE INFRA-ESTRUTURA E_x000D_
 LOGISTICA, EXMO. SR. DANIEL ANDRADE, AO DIRETOR GERAL DO DAER, ILMO. SR._x000D_
 GILBERTO TEIXEIRA DA CUNHA E AO DIRETOR DE OBRAS DO DAER, ILMO. SR. JOSE LUIZ_x000D_
 ROCHA PAIVA, SOLICITANDO A ELABORACAO DE PROJETO QUE VISE A DUPLICACAO DA RS -_x000D_
 734, NO TRECHO ENTRE O TREVO DA BR - 392 E O BAIRRO JUNCAO._x000D_
 REITERA PROCESSO No 1346, DE 30/07/2007.</t>
   </si>
   <si>
     <t>28192</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28192/196.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28192/196.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR DA_x000D_
 REABERTURA DO CARTORIO DA VILA QUINTA.</t>
   </si>
   <si>
     <t>28190</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28190/197.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28190/197.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A CORSAN E A CEEE E AO MINISTERIO_x000D_
 PUBLICO COMUNICANDO QUE NO LOTEAMENTO IRREGULAR, A RUA EXISTENTE ENTRE O_x000D_
 PERIMETRO DAS RUAS MARECHAL ANDREA, BARROSO, DOM PEDRO II E JOAO PESSOA, NAO_x000D_
 POSSUI NOME, E SOLICITAR A TAIS AUTORIDADES A REGULARIZACAO DESTA SITUACAO.</t>
   </si>
   <si>
     <t>28187</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28187/198.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28187/198.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO AO DAER SOLICITANDO QUE SEJA_x000D_
 CONSTRUIDA UMA FAIXA DE SEGURANCA DEFRONTE AO CONDOMINIO CELMAR GONCALVES,_x000D_
 LOCALIZADO NA AVENIDA ITALIA.</t>
   </si>
   <si>
     <t>28185</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28185/199.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28185/199.pdf</t>
   </si>
   <si>
     <t>REQUER QUE QUE SEJA ENVIADO UM OFICIO A BRASIL TELECOM SOLICITANDO A_x000D_
 INSTALACAO DE TELEFONIA FIXA A PARTIR DO ARROIO EXISTENTE NO BAIRRO ATLANTICO_x000D_
 SUL .</t>
   </si>
   <si>
     <t>28183</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28183/200.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28183/200.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A CORSAN SOLICITANDO A INSTALACAO DE_x000D_
 AGUA A PARTIR DO ARROIO EXISTENTE NO BAIRRO ATLANTICO SUL .</t>
   </si>
   <si>
     <t>28181</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28181/201.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28181/201.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO AO DAER SOLICITANDO A CONSTRUCAO DE_x000D_
 UMA PONTE SOBRE O ARROIO QUE CORTA O BAIRRO ATLANTICO SUL .</t>
   </si>
   <si>
     <t>28179</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28179/202.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28179/202.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO AO GOVERNO DO ESTADO SOLICITANDO_x000D_
 FORCA-TAREFA DA BRIGADA MILITAR EM RIO GRANDE.</t>
   </si>
   <si>
     <t>28177</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28177/203.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28177/203.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO AO PRESIDENTE DO TRIBUNAL DE JUSTICA_x000D_
 DO ESTADO DO RIO GRANDE DO SUL SOLICITANDO QUE SEJA REABERTO O CARTORIO DA VILA_x000D_
 DA QUINTA.</t>
   </si>
   <si>
     <t>28176</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28176/205.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28176/205.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO CHEFE DO CENTRO REGIONAL LITORAL SUL DA_x000D_
 CEEE, SR. ALVARO AZAMBUJA, SOLICITANDO A SUBSTITUICAO DOS TRANSFORMADORES DA_x000D_
 RUA PADRE FEIJO (ENTRE AV. PORTUGAL E CANAL NORTE), PRINCIPALMENTE OS DA_x000D_
 ULTIMA QUADRA, POR OUTROS DE MAIOR CAPACIDADE, A FIM DE ACABAR COM AS_x000D_
 FREQUENTES QUEDAS DE TENSAO, QUE VEM CAUSANDO PREJUIZOS AOS MORADORES DA_x000D_
 REFERIDA RUA, UMA VEZ QUE OS ATUAIS TRANSFORMADORES NAO SUPORTAM A ENERGIA_x000D_
 EXIGIDA. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28174</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28174/207.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28174/207.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA SESSAO SOLENE PARA HOMENAGEAR JOSE_x000D_
 RICARDO DE ALMEIDA, O CONHECIDO "BEBE".</t>
   </si>
   <si>
     <t>28173</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28173/208.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28173/208.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA SESSAO SOLENE PARA COMEMORAR OS 90_x000D_
 (NOVENTA) ANOS DO COLEGIO SANTA JOANA D'ARC.</t>
   </si>
   <si>
     <t>28521</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28521/209.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28521/209.pdf</t>
   </si>
   <si>
     <t>Aldermar Albernaz - Marzinho_x000D_
 _x000D_
  O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A EMPRESA DE TRANSPORTE COLETIVO NOIVA DO_x000D_
 MAR, QUE FAZ A LINHA CASSINO - PORTO, NO HORARIO ENTRE AS 7H 15MIN E 7H 30MIN,_x000D_
 QUE ESSE COLETIVO RETORNE AO CASSINO LEVANDO OS PASSAGEIROS TRABALHADORES DO_x000D_
 COMPLEXO PORTUARIO E INDUSTRIAL.</t>
   </si>
   <si>
     <t>28172</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28172/210.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28172/210.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A SECRETARIA ESTADUAL DA SAUDE_x000D_
 SOLICITANDO QUE A TRANSPORTADORA QUE ENTREGA OS MEDICAMENTOS NA COORDENADORIA_x000D_
 REGIONAL DA SAUDE EM PELOTAS COMECE A DEIXAR OS REMEDIOS SOLICITADOS POR_x000D_
 MORADORES DE RIO GRANDE, DIRETAMENTE NO REFERIDO MUNICIPIO.</t>
   </si>
   <si>
     <t>28162</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28162/211.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28162/211.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE SEJA ENCAMINHADO OFICIO A EXMa. SRa. YEDA RORATO_x000D_
 CRUSIUS, GOVERNADORA DO ESTADO DO RGS SOLICITANDO A LIBERACAO DE RECURSOS PARA_x000D_
 A CONSTRUCAO DE UMA ROTULA NA RS - 734, EM FRENTE AO CONDOMINIO WALDEMAR_x000D_
 PEREIRA DUARTE.</t>
   </si>
   <si>
     <t>28161</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28161/213.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28161/213.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO PEDIDO DE INSTALACAO DE TELEFONE PUBLICO (TP) NAS_x000D_
 PROXIMIDADES DO No 101, DA RUA QUINZE, NA 4a SECCAO DA BARRA.</t>
   </si>
   <si>
     <t>28156</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28156/215.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28156/215.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO SUPERINTENDENTE DO PORTO, ILMO._x000D_
 SR. SINESIO CERQUEIRA, SOLICITANDO A LIBERACAO DOS RECURSOS NECESSARIOS PARA A_x000D_
 EXECUCAO DO PRE-PROJETO DE CONSTRUCAO DO TUNEL SUBAQUATICO ENTRE RIO GRANDE/SAO_x000D_
 JOSE DO NORTE (LOCAL PRE-DETERMINADO NA PONTA DOS PESCADORES).</t>
   </si>
   <si>
     <t>28154</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28154/216.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28154/216.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO ILMO. SR. ADALBERTO SANTOS DE_x000D_
 VASCONCELOS, SECRETARIO DE FISCALIZACAO DE DESESTATIZACAO DO TRIBUNAL DE CONTAS_x000D_
 DA UNIAO (SEFID - TCU), SOLICITANDO COPIA DO ESTUDO ELABORADO PELA AGENCIA_x000D_
 NACIONAL DE TRANSPORTE E TRANSITO (ANTT) SOBRE OS POSSIVEIS IMPACTOS DA_x000D_
 INCORPORACAO DO NOVO TRECHO NO PROGRAMA DE EXPLORACAO DAS RODOVIAS DO POLO_x000D_
 RODOVIARIO DE PELOTAS/RS, CONCEDIDO A CONCESSIONARIA ECOSUL, NECESSARIO PARA A_x000D_
 LIBERACAO DO PROJETO DE DUPLICACAO DA BR - 392, TRECHO RIO GRANDE/PELOTAS.</t>
   </si>
   <si>
     <t>28153</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28153/217.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28153/217.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO SESC RIO GRANDE, A POSSIBILIDADE DE_x000D_
 IMPLANTAR NAS ESCOLAS DA REDE DE ENSINO DO RIO GRANDE, O CINESESC, ONDE E_x000D_
 APRESENTADO ATRAVES DO CINEMA A CULTURA E SENSO CRITICO A COMUNIDADE</t>
   </si>
   <si>
     <t>28152</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28152/218.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28152/218.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORMADA UMA COMISSAO ESPECIAL PARA TRATAR SOBRE ASSUNTOS_x000D_
 RELACIONADOS AO TRANSITO NO MUNICIPIO. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28151</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28151/219.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28151/219.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO GERENTE DA CEEE - REGIONAL RIO_x000D_
 GRANDE, ILMO. SR. ALVARO FERNANDO AZAMBUJA SOLICITANDO A REALIZACAO DE EXTENSAO_x000D_
 DE DOIS VAOS DA REDE TRIFASICA NA RUA PARANAGUA, ENTRE A RUA OSORIO E A AV._x000D_
 COMENDADOR VASCO VIEIRA DA FONSECA.</t>
   </si>
   <si>
     <t>28150</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28150/220.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28150/220.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO O_x000D_
 CONSERTO DO CALCAMENTO DA RUA LUIZ LOREA, ENTRE A PRACA SETE E A RUA NAPOLEAO_x000D_
 LAUREANO.</t>
   </si>
   <si>
     <t>28148</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28148/221.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28148/221.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO_x000D_
 QUE SEJAM COMBATIDAS AS ERVAS DE PASSARINHO NAS PRACAS DE RIO GRANDE,_x000D_
 ESPECIALMENTE NA PRACA TAMANDARE.</t>
   </si>
   <si>
     <t>28147</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28147/223.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28147/223.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DADO VOTO DE REGOZIJO AO DESEMBARGADOR JOAO CARLOS_x000D_
 BRANCO CARDOSO O QUAL FOI ELEITO COMO NOVO PRESIDENTE DO TRIBUNAL REGIONAL_x000D_
 ELEITORAL DO RIO GRANDE DO SUL (TER - RS).</t>
   </si>
   <si>
     <t>28145</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28145/224.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28145/224.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A FUNDACAO UNIVERSIDADE DO RIO GRANDE_x000D_
 (FURG) E AO COLEGIO TECNICO INDUSTRIAL PROF. MARIO ALQUATI (CTI) SUGERINDO QUE_x000D_
 SEJAM CRIADOS CURSOS DE ENGENHARIA FLORESTAL E TECNICO FLORESTAL.</t>
   </si>
   <si>
     <t>28144</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28144/225.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28144/225.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERADO O REQUERIMENTO No. 191/2008, PROTOCOLADO No._x000D_
 1049/2008, EM 12 DE MAIO DE 2008, O QUAL SOLICITAVA QUE FOSSE ENVIADO UM OFICIO_x000D_
 A CORSAN E A CEEE COMUNICANDO QUE NA RUA 08 (OITO) DO BAIRRO ATLANTICO SUL NAO_x000D_
 POSSUI AGUA NEM LUZ E, SOLICITANDO QUE ESTA SITUACAO SEJA REGULARIZADA.</t>
   </si>
   <si>
     <t>28142</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28142/226.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28142/226.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERADO O REQUERIMENTO No. 036/2008 PROTOCOLADO SOB_x000D_
 No. 191/2008, EM 25 DE JANEIRO DE 2008, O QUAL SOLICITAVA QUE FOSSE ENVIADO UM_x000D_
 OFICIO A COMPANHIA RIO-GRANDENSE DE SANEAMENTO (CORSAN), SUGERINDO QUE SEJA_x000D_
 ANALISADA, ATRAVES DE ESTUDOS TECNICOS, A ORIGEM DA SUPERPOPULACAO DE INSETOS E_x000D_
 ATE QUE PONTO A REFERIDA ENTIDADE TEM INFLUENCIA, ALEM DE SOLICITAR QUE A MESMA_x000D_
 AMPLIE O MONITORAMENTO DE LAVAS DOS MOSQUITOS NO ENTORNO DA ESTACAO DE_x000D_
 TRATAMENTO DE ESGOTO NAVEGANTES.</t>
   </si>
   <si>
     <t>28140</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28140/227.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28140/227.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA SESSAO SOLENE, NO DIA 25 DE AGOSTO DE_x000D_
 2008, PARA COMEMORAR O DIA DO SOLDADO.</t>
   </si>
   <si>
     <t>28138</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28138/228.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28138/228.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, A V. EXCIA. APOS OUVIDA A CASA , QUE SEJA_x000D_
 PROMOVIDA UMA AUDIENCIA PUBLICA COM AS AUTORIDADES MUNICIPAIS, ESTADUAIS,_x000D_
 FEDERAIS, ENTIDADES DE CLASSE E A ALL (AMERICA LATINA LOGISTICA) PARA TRATAR DE_x000D_
 ASSUNTOS REFERENTES AS LINHAS RODOVIARIAS E FERROVIARIAS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>28137</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28137/229.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28137/229.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS_x000D_
 10(DEZ) ANOS DA FUNDACAO DA ORDEM DEMOLAY EM RIO GRANDE, NO DIA 01(PRIMEIRO) DE_x000D_
 AGOSTO DE 2008.</t>
   </si>
   <si>
     <t>28136</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28136/230.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28136/230.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A BRASIL TELECOM SOLICITANDO A_x000D_
 INSTALACAO DE INTERNET BANDA LARGA NA RUA J DO BAIRRO CASTELO BRANCO.</t>
   </si>
   <si>
     <t>28135</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28135/231.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28135/231.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR SOBRE A_x000D_
 CRIACAO DE UMA UNIDADE DA CRUZ VERMELHA NO MUNICIPIO DE RIO GRANDE E PARA_x000D_
 TRATAR DESTE ASSUNTO JUNTO A CRUZ VERMELHA ESTADUAL.</t>
   </si>
   <si>
     <t>28134</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28134/232.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28134/232.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR SOBRE O_x000D_
 USO DE GAS NATURAL LIQUEFEITO, MAIS ESPECIFICAMENTE, SOBRE A VINDA DESTE_x000D_
 INVESTIMENTO PARA O MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28133</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28133/233.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28133/233.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO DAER(DEPARTAMENTO AUTONOMO DE ESTRADAS E RODAGEM),_x000D_
 UM SEMAFORO NA RODOVIA RS 734(AV. ITALIA), NO CRUZAMENTO PROXIMO A LOMBADA_x000D_
 ELETRONICA QUE DA ACESSO A AV. 1o DE MAIO</t>
   </si>
   <si>
     <t>28119</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28119/234.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28119/234.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A SENHORA GOVERNADORA E AO PREFEITO MUNICIPAL_x000D_
 CORRESPONDENCIA EM DEFESA DA IMPLEMENTACAO DO PISO SALARIAL PROFISSIONAL_x000D_
 NACIONAL (PSPN), MANUTENCAO E APRIMORAMENTO DOS PLANOS DE CARREIRA, INCLUSAO_x000D_
 DOS FUNCIONARIOS DE ESCOLA NO PSPN E ABERTURA DE DIALOGO ENTRE O SINDICATO E O_x000D_
 GOVERNO. C/C SECRETARIA DE EDUCACAO DO ESTADO, SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO, DEP. SANDRO BOKA, DEP. ADILSON TROCA E AO DEP. CLAUDIO DIAZ. -_x000D_
 SOLICITACAO DO 6o NUCLEO DO CEPERS SINDICATO E DA COORDENACAO DO SINTERG.</t>
   </si>
   <si>
     <t>28114</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28114/235.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28114/235.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO A_x000D_
 CONSTRUCAO DE UM OSSARIO NO MOSTEIRO SAO JOSE, LOCALIZADO NA RUA ANDRADAS, No._x000D_
 358, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>28113</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28113/236.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28113/236.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AO SECRETARIO DE SAUDE, PARA QUE_x000D_
 DETERMINE AO SISTEMA DE INFORMACOES INFORMACOES SOBRE A MORTALIDADE INFANTIL NO_x000D_
 MUNICIPIO DO RIO GRANDE (SIM-RIO GRANDE).</t>
   </si>
   <si>
     <t>28111</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28111/237.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28111/237.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADA CORRESPONDENCIA AO COMITE DE INVESTIGACAO DE OBITOS_x000D_
 MATERNO-INFANTIS DO MUNICIPIO DE RIO GRANDE - CIOMI, CUJA PRESIDENTE E A_x000D_
 ENFERMEIRA CLARICE ANA DELLA VECHIA HAMILTON, SITUADO NA VIGILANCIA_x000D_
 EPIDEMIOLOGICA DA SECRETARIA MUNICIPAL DE SAUDE, PARA QUE FORNECA INFORMACOES_x000D_
 SOBRE OS COEFICIENTES DE MORTALIDADE MATERNA E INFANTIL NO MUNICIPIO DE RIO_x000D_
 GRANDE, A COMPOSICAO DO COMITE E SEUS OBJETIVOS.</t>
   </si>
   <si>
     <t>28599</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28599/238.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28599/238.pdf</t>
   </si>
   <si>
     <t>Surama Ezedim Machado_x000D_
 _x000D_
 AUTORIZACAO PARA DESLOCAREM-SE ATE A CIDADE DE PORTO ALEGRE, A FIM DE_x000D_
 CUMPRIREM AGENDA NOS SEGUINTES ORGAOS COM RESPECTIVAS JUSTIFICATIVAS;_x000D_
 SECRETARIA GERAL DO GOVERNO - SOLICITAR A REATIVACAO DA CASA DO GOVERNO NA_x000D_
 PRAIA DO CASSINO, NO PERIODO DE VERANEIO OU PARA QUE ALI SEJA FEITO ATIVIDADES_x000D_
 A EXEMPLO DO PROJETO RUA DA CIDADANIA. COMANDO GERAL DA BRIGADA MILITAR - PARA_x000D_
 TRATAR DO RETORNO DE PMS, QUE ESTAO A AERVICO NA CAPITAL A MAIS DE 3 ANOS. RBS_x000D_
 - TRATAR A RESPEITO DA INSTALACAO DE UMA ANTENA DE TRANSMISSAO PARA TAIM E_x000D_
 ARREDORES, POIS APENAS OS MORADORES QUE POSSUEM ANTENA PARABOLICA TEM ACESSO.</t>
   </si>
   <si>
     <t>28079</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28079/239.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28079/239.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A PRESIDENCIA DO TRIBUNAL DE JUSTICA_x000D_
 DO RS SOLICITANDO A REMESSA AO LEGISLATIVO ESTADUAL DE PROJETO DE REPOSICAO_x000D_
 SALARIAL PARA OS SERVIDORES DO JUDICIARIO E O PREENCHIMENTO DOS 1.700 CARGOS_x000D_
 VAGOS.</t>
   </si>
   <si>
     <t>28078</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28078/240.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28078/240.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DADO VOTO DE PESAR AOS FAMILIARES DO SENHOR ADVOGADO_x000D_
 DR. SERGIO SILVA DE SOUZA, QUE TAO TRISTE NOS DEIXOU COM O SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>28077</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28077/241.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28077/241.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DADA MOCAO DE REPUDIO AO DEPUTADO FEDERAL VICTORIO_x000D_
 GALLI FILHO O QUAL APRESENTOU UM PROJETO DE LEI VISANDO RETIRAR O TITULO QUE_x000D_
 FOI DADO A NOSSA SENHORA APARECIDA DE PADROEIRA DO BRASIL.</t>
   </si>
   <si>
     <t>28066</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28066/243.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28066/243.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO VOTO DE LOUVOR PELOS 50 (CINQUENTA) ANOS DA_x000D_
 INSPETORIA SALESIANA NO DIA 24 DE OUTUBRO DE 2008.</t>
   </si>
   <si>
     <t>28062</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28062/246.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28062/246.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A CEEE SOLICITANDO A EXTENSAO DA REDE_x000D_
 ELETRICA NA RUA DOS AVIARIOS, No. 3600, NA CASA 04, LOCALIZADA NA VILA MARIA_x000D_
 DOS ANJOS.</t>
   </si>
   <si>
     <t>28057</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28057/247.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28057/247.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL QUE SEJA REALIZADA UMA SESSAO SOLENE NO DIA 20 DE SETEMBRO DE 2008,_x000D_
 PARA COMEMORAR A REVOLUCAO FARROUPILHA.</t>
   </si>
   <si>
     <t>28573</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28573/248.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28573/248.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
  SOLICITAR A CAMARA MUNICIPAL DE VEREADORES DE RIO GRANDE QUE A EMPRESA_x000D_
 NOIVA DO MAR,FACA MAIS DOIS HORARIOS PARA NOVA QUINTA AS 10H15MIN E AS 15H42MIM_x000D_
 , QUE ENFRENTAM DIFICULDADES NESTES HORARIOS, OBRIGANDO-OS , ATRAVESSAREM AS_x000D_
 DUAS FAIXAS DA BR 392E RS 471 ATE A FRENTE DA ESCOLA LILIA NEVES. CONFORME_x000D_
 SOLICITACAO DOS MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>28056</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28056/249.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28056/249.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO GERENTE DA CEEE - REGIONAL RIO_x000D_
 GRANDE, ILMO. SR. ALVARO FERNANDO AZAMBUJA, SOLICITANDO A REALIZACAO DE_x000D_
 REDIMENSIONAMENTO DA REDE ELETRICA NA VILA TREVO.</t>
   </si>
   <si>
     <t>28055</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28055/250.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28055/250.pdf</t>
   </si>
   <si>
     <t>PARA QUE SEJA SOLICITADO A EMPRESA DE TRANSPORTES COLETIVOS NOIVA DO_x000D_
 MAR, A POSSIBILIDADE DE DISPONIBILIZAR DE 01(UM) CARRO EXTRA, NO HORARIO QUE_x000D_
 CHEGA AS 7H NA PRACA TAMANDARE, DAS LINHAS QUE ABRANGEM OS BAIRROS SAO MIGUEL,_x000D_
 SAO JOAO, BOSQUE SILVEIRA, RECREIO.</t>
   </si>
   <si>
     <t>28053</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28053/251.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28053/251.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR A_x000D_
 REGULAMENTACAO FUNDIARIA DA RESERVA DO TAIM.</t>
   </si>
   <si>
     <t>28052</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28052/252.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28052/252.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA AUDOENCIA PUBLICA PARA DISCUTIR SOBRE A_x000D_
 QUESTAO DOS MENORES DE RUA DO MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28051</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28051/253.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28051/253.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DADO VOTO DE PESAR AOS FAMILIARES DO SENHOR JUVENAL_x000D_
 CARLOS SAMPAIO, QUE TAO TRISTE NOS DEIXOU COM O SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>28050</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28050/254.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28050/254.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DADO VOTO DE REGOZIJO PELA PASSAGEM DE JUBILEU DE OURO_x000D_
 DE PROFISSAO RELIGIOSA E PELOS 70 ANOS DE VIDA RELIGIOSA DO PE. GIANNI_x000D_
 MENEGAZZI.</t>
   </si>
   <si>
     <t>28049</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28049/255.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28049/255.pdf</t>
   </si>
   <si>
     <t>SOLICITADO AO 6o BPM DE RIO GRANDE, ASSIM COMO AO * COMANDO GERAL DA_x000D_
 BRIGADA MILITAR, PORTO ALEGRE, UMA VIATURA PERMANENTE NO POSTO POLICIAL NO_x000D_
 BAIRRO PARQUE MARINHA. SEGUE EM ANEXO, UM ABAIXO ASSINADO</t>
   </si>
   <si>
     <t>28048</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28048/256.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28048/256.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE A CEEE(COMPANHIA DE ENERGIA ELETRICA ESTADUAL), VERIFIQUE_x000D_
 A SITUACAO DE QUEDA DE ENERGIA ELETRICA, DA TRAVESSA 21, DA 4a SECCAO DA BARRA._x000D_
 PRONIM</t>
   </si>
   <si>
     <t>28572</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28572/257.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28572/257.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
  SOLICITA AO ORGAO COMPETENTE A COLOCACAO DE UM SEMAFORO ENTRE AS RUAS_x000D_
 DOM BOSCO E TEIXEIRA JUNIOR . CONFORME SOLICITACAO DE MORADORES BAIRRO.</t>
   </si>
   <si>
     <t>28597</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28597/258.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28597/258.pdf</t>
   </si>
   <si>
     <t>Jurandir Pereira_x000D_
 _x000D_
 O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENCAMINHADO OFICIO A EMPRESA BRASILTELECON, SOLICITANTO_x000D_
 QUE SEJA REALIZADA A EXTENSAO DA LINHA DE TELEFONIA ATE A RUA EMA FIGUEIREDO_x000D_
 COSTA NO LOTEAMENTO NOVA QUINTA.</t>
   </si>
   <si>
     <t>28046</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28046/259.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28046/259.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FORMADA UMA COMISSAO DE VEREADORES PARA IR A AUDIENCIA_x000D_
 COM O PRESIDENTE DO TRIBUNAL DE JUSTICA DO ESTADO, O DES. ARMINIO JOSE ABREU_x000D_
 LIMA DA ROSA E COM O CORREGEDOR GERAL DA JUSTICA, O DES. LUIZ FELIPE BRASIL_x000D_
 SANTOS, PARA LEVAR UM PLEITO DOS ADVOGADOS DA COMUNIDADE DO RIO GRANDE PARA QUE_x000D_
 A 4a VARA CIVEL NAO SEJA RE-ESPECIALIZADA, OU SEJA, QUE A MESMA SEJA MANTIDA_x000D_
 COMO VARA DE FAMILIA.</t>
   </si>
   <si>
     <t>28044</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28044/260.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28044/260.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO VOTO DE APOIO A NAO RE-ESPECIALIZACAO DA 4a VARA_x000D_
 CIVEL.</t>
   </si>
   <si>
     <t>28042</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28042/261.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28042/261.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A SUPRG(SUPERINTENDENCIA DO PORTO DE RIO_x000D_
 GRANDE) A CONSTRUCAO DE UMA GUARITA, NO PONTO DE TAXI DO PORTAO 4, AV. HONORIO_x000D_
 BICALHO, SUPRG.</t>
   </si>
   <si>
     <t>28041</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28041/262.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28041/262.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO A GOVERNADORA DO ESTADO YEDA_x000D_
 CRUSIUS, AO SECRETARIO DE INFRA-ESTRUTURA E LOGISTICA DANIEL ANDRADE E AO_x000D_
 SUPERINTENDENTE DO PORTO,ILMO.SR. SINESIO CERQUEIRA, SOLICITANDO A LIBERACAO_x000D_
 DOS RECURSOS NECESSARIOS PARA A EXECUCAO DO PRE-PROJETO DE CONSTRUCAO DO TUNEL_x000D_
 SUBAQUATICO ENTR</t>
   </si>
   <si>
     <t>28570</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28570/263.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28570/263.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
 SOLICITAR AO EXECUTIVO MUNICIPAL, A VIABILIDADE DA CONSTRUCAO DE UM_x000D_
 CAMPO DE FUTEBOL COM TELAS CERCANDO O MESMO ,NA CONFLUENCIA DAS RUAS CORONEL_x000D_
 PEDROSO E GUSTAVO SAMPAIO, ESPECIFICAMENTE NA RUA VISCONDE DE MAUA. CONFORME_x000D_
 SOLICITACAO DOS MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>28569</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28569/264.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28569/264.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
 A LIBERACAO DE IR A PORTO ALEGRE PARA O ENCONTRO COM O PRESIDENTE DA_x000D_
 COMISSAO DE DIREITOS HUMANOS DA ASSEMBLEIA LEGISLATIVA, PARA TRATAR DO ASSUNTO_x000D_
 QUE ATINGE MUITAS RIOGRANDINAS.A CRIACAO DO LAR PARA DESINTOXICACAO DE MULHERES_x000D_
 DROGADAS._x000D_
 PRONIM</t>
   </si>
   <si>
     <t>28040</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28040/265.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28040/265.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMISSAO ESPECIAL, PARA TRATAR EM BRASILIA GENDA NA SECRETARIA_x000D_
 ESPECIAL DOS PORTOS JUNTO A ANTT, DNIT, MIN. TRABALHO E CASA CIVIL.</t>
   </si>
   <si>
     <t>28038</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28038/266.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28038/266.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A BRASIL TELECOM SOLICITANDO A_x000D_
 INSTALACAO DE UM TELEFONE PUBLICO NA RUA FREDERICO ALBUQUERQUE, FRENTE AO_x000D_
 NUMERO 2224, ONDE ESTA LOCALIZADO UM ARMAZEM.</t>
   </si>
   <si>
     <t>28037</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28037/267.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28037/267.pdf</t>
   </si>
   <si>
     <t>iNDICA QUE SEJA DADO VOTO DE LOUVOR PELA BELISSIMA APRESENTACAO DA_x000D_
 ACADEMIA ENSAIO NO TEATRO MUNICIPAL, QUE FOI REALIZADA NO DIA 29 DE SETEMBRO DE_x000D_
 2008 POR OCASIAO DO CENTENARIO DO SPORT CLUB SAO PAULO.</t>
   </si>
   <si>
     <t>28033</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28033/268.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28033/268.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO MINISTRO DOS TRANSPORTES, AO MINISTRO DA_x000D_
 SECRETARIA ESPECIAL DOS PORTOS, A MINISTRA CHEFE DA CASA CIVIL, AO DIRETOR DO_x000D_
 DNIT,SOLICITANDO ESTUDOS DE VIABILIDADE DE INCLUSAO DA CONSTRUCAO DO TUNEL_x000D_
 SUBAQUATICO ENTRE RIO GRANDE/SAO JOSE DO NORTE(LOCAL PRE-DETERMINADO NA PONTA_x000D_
 DOS PESCADORES),NO CANAL DE ACESSO AO PORTO DO RIO GRANDE, NO PROJETO DE_x000D_
 DUPLICACAO DA BR 392,RIO GRANDE/PELOTAS - RS.</t>
   </si>
   <si>
     <t>28032</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28032/271.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28032/271.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA AUDIENCIA PUBLICA</t>
   </si>
   <si>
     <t>28030</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28030/272.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28030/272.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA, NA FORMA REGIMENTAL, SEJA REALIZADO UMA_x000D_
 SESSAO SOLENE ALUSIVA AO 20 DE NOVEMBRO, DIA NACIONAL E MUNICIPAL DA_x000D_
 CONSCIENCIA NEGRA E TAMBEM EM COMEMORACAO AOS 20 ANOS DO MOVIMENTO DE_x000D_
 CONSCIENCIA.</t>
   </si>
   <si>
     <t>28008</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28008/273.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28008/273.pdf</t>
   </si>
   <si>
     <t>OFICIO AO DNIT, DEPARTAMENTO NACIONAL DE INFRA-ESTRUTURA DE TRANSPORTES,_x000D_
 VISANDO A SINALIZACAO AO LONGO DA RODOVIA FEDERAL BRIGADEIRO JOSE DA SILVA_x000D_
 PAES, BR-471, QUE LIGA O MUNICIPIO DE RIO GRANDE AO CHUI.</t>
   </si>
   <si>
     <t>27987</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27987/274.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27987/274.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A EMPRESA ECOSUL RODOVIAS, A RECOLOCACAO_x000D_
 DA PLACA DE PARE, NA RUA MARECHAL RONDON COM BR 392, SAIDA BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>27986</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27986/275.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27986/275.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A BRASIL TELECOM, EMPRESA DE TELEFONIA, A_x000D_
 COLOCACAO DE UM TELEFONE PUBLICO(ORELHAO), EM FRENTE AO ARMAZEM DA RUA B, No_x000D_
 137, CASTELO BRANCO I, E AINDA, SOLICITA O REPARO NOS DEMAIS TELEFONES PUBLICOS_x000D_
 EXISTENTES NO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>28568</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28568/276.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28568/276.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
 SOLICITAR A BRASIL TELECOM A EMPRESA DE TELEFONIA DO RIO GRANDE DO_x000D_
 SUL,TELEFONE PUBLICO PARA A POPULACAO DO TAIM , BEM SITUADO NA PONTE FEDERAL_x000D_
 BR 471, PODENDO INSTALAR-SE NO ARMAZEM DO EUPIDIO.</t>
   </si>
   <si>
     <t>27985</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27985/277.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27985/277.pdf</t>
   </si>
   <si>
     <t>AUTORIZACAO PARA DESLOCAR-ME ATE A CIDADE DE PORTO ALEGRE, NOS DIAS 12_x000D_
 E 13 DE NOVEMBRO DE 2008, COM O OBJETIVO DE CUMPRIR A SEGUINTE AGENDA:_x000D_
 ·REUNIAO NA CEEE COM SR. SERGIO CAMPS DE MORAES - TRATAR DA ILUMINACAO DA ILHA_x000D_
 DA TOROTAMA E SUBESTACAO DA VILA DA QUINTA_x000D_
 ·REUNIAO NA CORSAN COM SR. MARIO FREITAS - TRATAR DO MAL CHEIRO E PROLIFERACAO_x000D_
 DE MOSQUITOS NO PARQUE MARINHA_x000D_
 ·REUNIAO NA CASA CIVIL COM O CHEFE DE GABINETE - TRATAR DOS PRECATORIOS·REUNIAO NA ASSEMBLEIA LEGISLATIVA COM OS DEPUTADOS SANDRO BOKA E ADILSON TROCA_x000D_
 - ASSUNTOS DE INTERESSE DO MUNICIPIO_x000D_
 ·REUNIAO COM O SECRETARIO DE OBRAS - TRATAR DA CONCLUSAO DA OBRA DO GINASIO DO_x000D_
 COLEGIO LEMOS JUNIOR._x000D_
 ·REUNIAO NA SECRETARIA DO MEIO AMBIENTE COM SECRETARIO FRANCISCO SIMOES PIRES_x000D_
 REQUER URGENCIA</t>
   </si>
   <si>
     <t>28567</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28567/278.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28567/278.pdf</t>
   </si>
   <si>
     <t>Delanir Maria Neves Freitas (Nina)_x000D_
 _x000D_
  SOLICITAR A CAMARA MUNICIPAL DE VEREADORES DE RIO GRANDE QUE SEJA_x000D_
 CRIADA UMA COMISSAO PARA IR A CAPITAL FEDERAL BRASILIA PARA TRATAR DOS_x000D_
 ASSUNTOS ABAIXO RELACIONADOS: SECRETARIA DA MULHER NO MINISTERIO DE DIREITOS_x000D_
 HUMANOS, PARA TRATAR DE ASSUNTO RELACIONADO AO PROBLEMA QUE TANGE AS MULHERES_x000D_
 RIOGRANDINAS COM DEPENDENCIA QUIMICA, PARA VER DA POSSIBILIDADE DA CRIACAO DE_x000D_
 UM LAR DE DESINTOXICACAO; NA AGENCIA NACIONAL DE TELECOMUNICACOES TRATAR DE_x000D_
 ALGUNS PROBLEMAS DERIVADOS A INSTALACAO DE TELEFONES PUBLICOS CO INTERIOR DA_x000D_
 CIDADE; AUDIENCIA COM DEPUTADO FEDERAL CLAUDIO DIAZ E OUTROS DEPUTADOS PARA_x000D_
 JUNTOS SENSIBILIZAREM PARA TRATAR DO PROBLEMA ACIMA MENCIONADO QUE SOFREM AS_x000D_
 MULHERES RIOGRANDINAS</t>
   </si>
   <si>
     <t>27984</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27984/279.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27984/279.pdf</t>
   </si>
   <si>
     <t>REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR O NAO PAGAMENTO DOS_x000D_
 PRECATORIOS DEVIDOS AOS TRABALHADORES PORTUARIOS._x000D_
 PARA A OCASIAO SEJAM CONVIDADAS AS AUTORIDADES ESTADUAIS E LOCAIS ENVOLVIDAS DO_x000D_
 TEMA.</t>
   </si>
   <si>
     <t>27983</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27983/280.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27983/280.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A ALL(AMERICA LATINA LOGISTICA), DE_x000D_
 CURITIBA, PARANA, A RESTAURACAO DA ESTACAO FERREA DO DISTRITO DO POVO NOVO,_x000D_
 ESTRADA REGIONAL 470.</t>
   </si>
   <si>
     <t>27982</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27982/281.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27982/281.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO 6o BPM DE RIO GRANDE, A DISPONIBILIDADE_x000D_
 DE UM POLICIAL MILITAR NA RODOVIARIA DE RIO GRANDE</t>
   </si>
   <si>
     <t>27981</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27981/282.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27981/282.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA DETERMINADO A EMPRESA DE TRANSPORTES COLETIVOS NOIVA_x000D_
 DO MAR, A EXTENSAO DA LINHA BARRA ATE AO CASSINO</t>
   </si>
   <si>
     <t>27980</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Vereador Julio Martins</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27980/283.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27980/283.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENVIADO O SEGUINTE PEDIDO DE INFORMACOES AO EXECUTIVO_x000D_
 MUNICIPAL: COPIAS DOS EDITAIS DE LICITACAO, DO TRANSPORTE ESCOLAR, COM A_x000D_
 RELACAO DOS PARTICIPANTES E VENCEDORES, REALIZADOS NOS ULTIMOS DEZ (10) ANOS</t>
   </si>
   <si>
     <t>27979</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27979/284.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27979/284.pdf</t>
   </si>
   <si>
     <t>EXMO SR. PRESIDENTE,_x000D_
 O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA REGIMENTAL,_x000D_
 PARA QUE SEJA SOLICITADO A CORSAN (COMPANHIA DE SANEAMENTO) OS ESTUDOS DE_x000D_
 INCLUIR NA FATURA DOS SEUS USUARIOS, O VALOR EM REAIS DO METRO CUBICO DE AGUA.</t>
   </si>
   <si>
     <t>27978</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27978/285.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27978/285.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO PRESIDENTE DESSA CASA LEGISLATIVA, SR._x000D_
 JOSE CLAUDINO ALVES SARAIVA, A CRIACAO DE UMA COMISSAO DE VEREADORES PARA_x000D_
 ACOMPANHAR O PROCESSO DE ESTUDO DO TERMINAL DE GAS PRETENDIDO PELA PETROBRAS,_x000D_
 NO RIO GRANDE DO SUL E SANTA CATARINA.</t>
   </si>
   <si>
     <t>27976</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27976/286.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27976/286.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AOS LIDERES DOS PARTIDOS COM ASSENTO_x000D_
 NA CAMARA DOS DEPUTADOS, MANIFESTANDO O APOIO DESTA CASA LEGISLATIVA AOS_x000D_
 PROJETOS DE LEI DE AUTORIA DO SENADOR PAULO PAIM(PT) QUE ESTAO EM TRAMITACAO_x000D_
 NAQUELA CASA LEGISLATIVA, REFERENTE AOS APOSENTADOS E PENSIONISTAS._x000D_
 OS PROJETOS REFERIDOS SAO OS SEGUINTES: PLS 296/03 QUE EXTINGUE O FATOR_x000D_
 PREVIDENCIARIO, PLC 42/07 QUE PREVE O REAJUSTE DAS APOSENTADORIAS E PENSOES_x000D_
 PELO MESMO INDICE QUE CORRIGI O SALARIO MINIMO E O PLS 58/03 DE ATUALIZACAO DAS_x000D_
 APOSENTADORIAS E PENSOES COM BASE NO NUMERO SE SALARIOS MINIMOS RECEBIDOS A_x000D_
 EPOCA DA CONCESSAO DA APOSENTADORIA.</t>
   </si>
   <si>
     <t>27975</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27975/287.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27975/287.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A BRASIL TELECOM, EMPRESA DE TELEFONIA, A_x000D_
 PINTURA DA TORRE DE TRANSMISSAO, ASSIM COMO COLOCAR LUZES COLORIDAS, LOCALIZADA_x000D_
 NA PRACA TAMANDARE.</t>
   </si>
   <si>
     <t>27974</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27974/288.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27974/288.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER APOS OUVIDA A CASA, QUE SEJA SOLICITADO A_x000D_
 COMPANHIA ESTADUAL DE ENERGIA ELETRICA -CEEE,A EXTENSAO DA REDE PUBLICA NO TAIM_x000D_
 EM APROXIMADAMENTE 250 METROS, NO "BECO DO POLACO", ONDE ESTAO LOCALIZADAS MAIS_x000D_
 OU MENOS 15 RESIDENCIAS</t>
   </si>
   <si>
     <t>27973</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27973/289.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27973/289.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DEBATER A PROPOSTA DE_x000D_
 PRORROGACAO DOS PEDAGIOS ENCAMINHADA A ASSEMBLEIA LEGISLATIVA PELO GOVERNO DO_x000D_
 ESTADO</t>
   </si>
   <si>
     <t>27972</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27972/290.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27972/290.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO A GOVERNADORA DO ESTADO, EXMa. SRa. YEDA_x000D_
 CRUSSIUS, AO PRESIDENTE DA ASSEMBLEIA LEGISLATIVA DEPUTADO ALCEU MOREIRA E A_x000D_
 TODAS LIDERANCAS DE BANCADA COM ACENTO NA ASSEMBLEIA LEGISLATIVA, CONTRA O_x000D_
 PROJETO DE LEI DO GOVERNO DO ESTADO QUE PREVE A PRORROGACAO DOS CONTRATOS DE_x000D_
 PEDAGIOS NAS RODOVIAS DO NOSSO ESTADO, CONCEDIDOS A INICIATIVA PRIVADA.</t>
   </si>
   <si>
     <t>27971</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27971/291.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27971/291.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA AUDIENCIA PUBLICA COM O OBJETIVO PRINCIPAL DE_x000D_
 DEBATER ASSUNTOS RELACIONADOS A SEGURANCA PUBLICA EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>27970</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27970/293.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27970/293.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADA UMA MOCAO DE APOIO A DESTA CASA LEGISLATIVA A GREVE DOS_x000D_
 PROFESSORES ESTADUAIS AOS LIDERES DOS PARTIDOS COM ASSENTO NA ASSEMBLEIA_x000D_
 LEGISLATIVA E A SENHORA GOVERNADORA, YEDA CRUSIUS.</t>
   </si>
   <si>
     <t>27968</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27968/294.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27968/294.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SR. PREFEITO MUNICIPAL PARA QUE INFORME_x000D_
 ESTA CASA LEGISLATIVA SOBRE QUAL O TIPO DE SERVICO FOI REALIZADO COM_x000D_
 EQUIPAMENTOS DO PODER PUBLICO MUNICIPAL NA AV. PRESIDENTE VARGAS, No 631 ONDE_x000D_
 ESTA SENDO CONSTRUIDO O HOTEL ARPINI._x000D_
 NA OPORTUNIDADE PEDIMOS QUE SEJA ENCAMINHADO DOCUMENTACAO REFERENTE AO CONTRATO_x000D_
 DE CONTRAPARTIDA DA REFERIDA EMPRESA.</t>
   </si>
   <si>
     <t>27967</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27967/295.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27967/295.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM OFICIO A BRASIL TELECOM SOLICITANDO QUE SEJA_x000D_
 MELHOR POSICIONADO O TELEFONE PUBLICO QUE ESTA LOCALIZADO NA RUA MARECHAL_x000D_
 FLORIANO, FRENTE AO NUMERO 209 TENDO EM VISTA QUE ESTA ATRAPALHANDO A PASSAGEM_x000D_
 DOS PEDESTRES.</t>
   </si>
   <si>
     <t>27965</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27965/296.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27965/296.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A SUPRG(SUPERINTENDENCIA DO PORTO DE RIO_x000D_
 GRANDE) A CONSTRUCAO DE UM POSTO AMBULATORIAL, DENTRO DAS SUAS DEPENDENCIAS,_x000D_
 AV. HONORIO BICALHO, SUPRG.</t>
   </si>
   <si>
     <t>27964</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27964/297.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27964/297.pdf</t>
   </si>
   <si>
     <t>SOLCITA AO DAER A CONSTRUCAO DE DOIS DIVISORES DE FLUXOS NO CRUZAMENTO_x000D_
 DA AV. ARGENTINA COM A RS 734, APROXIMADAMENTE NO KM 16 E NA JUNCAO NO_x000D_
 CRUZAMENTO DA RS/734 PROXIMO A AV. OLAVO BILAC.</t>
   </si>
   <si>
     <t>27963</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27963/298.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27963/298.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A CAMARA DOS DEPUTADOS DO RIO GRANDE DO_x000D_
 SUL, A CRIACAO DO ESPACO DO VEREADOR, EM SUA SEDE</t>
   </si>
   <si>
     <t>27962</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27962/299.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27962/299.pdf</t>
   </si>
   <si>
     <t>SEJA FORMADA UMA COMISSAO DE VEREADORES PARA ACOMPANHAR AS DISCUSSOES_x000D_
 RELATIVA A PRORROGACAO DOS PEDAGIOS EM NOSSO ESTADO._x000D_
 A REFERIDA COMISSAO ATUARA EM SINTONIA COM A FRENTE PARLAMENTAR CONTRA A_x000D_
 PRORROGACAO DOS CONTRATOS DOS PEDAGIOS CRIADA PELA ASSEMBLEIA LEGISLATIVA E A_x000D_
 FRENTE GAUCHA DE VEREADORES CONTRA A PRORROGACAO DOS CONTRATOS DE PEDAGIOS.</t>
   </si>
   <si>
     <t>27961</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27961/300.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27961/300.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO SECRETARIO ESTADUAL DE_x000D_
 SEGURANCA PUBLICA EXMo SRo. EDSON DE OLIVEIRA GOULARTE, SOLICITANDO INFORMACOES_x000D_
 COM RELACAO AO NUMERO DE EFETIVO DA BRIGADA MILITAR NO ESTADO E SE EXISTE_x000D_
 CRITERIO TECNICO E RACIONAL DE DISTRIBUICAO DE PM'S PELO ESTADO E QUAL O NUMERO_x000D_
 DE PM'S HOJE DISTRIBUIDO POR MUNICIPIO.</t>
   </si>
   <si>
     <t>27960</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27960/302.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27960/302.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO PRESIDENTE DA CAMARA DOS DEPUTADOS EXMO._x000D_
 SR. ARLINDO CHINAGLIA SOLICITANDO A VOTACAO DO PROJETO DE LEI No 6347/2002 DO_x000D_
 DEPUTADO WALTER PINHEIRO, QUE VEDA A COBRANCA DE TARIFA MINIMA POR EMPRESAS_x000D_
 PUBLICAS OU PRIVADAS A QUALQUER TITULO, ALTERANDO LEI QUE DISPOE SOBRE O_x000D_
 REGIME DE CONCESSAO E PERMISSAO DE SERVICOS PUBLICOS._x000D_
 ESTE PROJETO ATENDE A PROPOSICAO QUE ENCAMINHAMOS ATRAVES DO OFICIO 908/2004,_x000D_
 SUGERINDO UM PROJETO DE LEI QUE PROIBA A COBRANCA DE TAXA BASICA NOS SERVICOS_x000D_
 DE AGUA E ESGOTO DOS CONSUMIDORES COM RESIDENCIA HIDROMETRADA.</t>
   </si>
   <si>
     <t>27955</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27955/304.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27955/304.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA SESSAO SOLENE NO DIA 27 DE MARCO DE 2009,_x000D_
 PARA COMEMORAR O DIA MUNDIAL DO TEATRO, E TAMBEM REALIZAR UMA SINGELA HOMENAGEM_x000D_
 AOS SENHORES CID BRANCO, LORI NELSON NOGUEIRA DIAS E LUIZ HENRIQUE DREVNOVICZ.</t>
   </si>
   <si>
     <t>27953</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27953/305.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27953/305.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A DIRETORA ADMINISTRATIVA DO CENTRO DE FORMACAO_x000D_
 DE CONDUTORES - HABILITAR, SRA. MARIA DE LOURDES FLORENTINO OLIVEIRA,_x000D_
 SOLICITANDO QUE SEJA SINALIZADO O ATENDIMENTO PRIORITARIO A IDOSOS EM_x000D_
 CUMPRIMENTO AO ART. 3o, PARAGRAFO UNICO, INCISO I DA LEI No 10.741 DE 1o DE_x000D_
 OUTUBRO DE 2003. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>27942</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27942/156.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27942/156.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A BANCADA GAUCHA E AOS LIDERES DOS PARTIDOS NA_x000D_
 CAMARA FEDERAL, SOLICITANDO APOIO NA APROVACAO DOS PROJETOS DE LEI 296/03 E_x000D_
 042/2007, DE AUTORIA DO SENADOR PAULO PAIM, PARA QUE PASSE A VIGORAR A EXTINCAO_x000D_
 DO FATOR PREVIDENCIARIO, BEM COMO VINCULACAO DA CORRECAO DOS BENEFICIOS DE_x000D_
 APOSENTADORIAS E PENSOES NOS MESMOS INDICES DE AUMENTO DO SALARIO MINIMO, EM_x000D_
 RAZAO DE QUE DESDE QUE FOI INSTITUIDO O FATOR PREVIDENCIARIO OS SEGURADOS QUE_x000D_
 CONTRIBUEM, MUITAS VEZES NO VALOR DO TETO, ACABAM SENDO PREJUDICADOS PELO_x000D_
 REFERIDO REDUTOR QUE EM MEDIA REDUZ O VALOR DO BENEFICIO EM ATE 40% DO VALOR_x000D_
 APURADO. PARALELO A ISSO E NECESSARIO A VINCULACAO DOS REAJUSTES DOS_x000D_
 APOSENTADOS E PENSIONISTAS AOS MESMOS INDICES DE AUMENTO DO SALARIO MINIMO,_x000D_
 VISTO QUE A DISPARIDADE NO INDICE DE REVISAO FAZ COM QUE O APOSENTADO TENHA_x000D_
 CADA VEZ MAIS O SEU PODER AQUISITIVO DIMINUIDO, TENDO ESTA POLITICA ADOTADA NOS_x000D_
 ULTIMOS DEZ ANOS CAUSADO PREJUIZO AO TRABALHADOR APOSENTADO DE ATE 70% DE SEUS_x000D_
 VENCIMENTOS. REQUER URGENCIA</t>
   </si>
   <si>
     <t>27944</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27944/150.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27944/150.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO A CHEFIA DO DISTRITO OPERACIONAL DA CEEE A SUBSTITUICAO_x000D_
 DO POSTE INSTALADO NA RUA AUGUSTO DUPRAT ENTRE AS RUAS VENANCIO AIRES E PARANA,_x000D_
 EM FRENTE A SERRALHARIA DO CARLAO</t>
   </si>
   <si>
     <t>27991</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27991/01.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27991/01.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DA SEGURANCA, DO TRANSPORTE E DO TRANSITO - SMSTT, SEJA_x000D_
 PROVIDENCIADA A INSTALACAO DE REDUTORES DE VELOCIDADE E UMA FAIXA DE SEGURANCA_x000D_
 NO CRUZAMENTO DA RUA VAL PORTO COM RUA CAPITAO LEMOS FARIA._x000D_
 REITERA PROCESSOS: 831, DE 12/05/2005; 1938, DE 21/11/2005 E 769, DE 12/04/2006.</t>
   </si>
   <si>
     <t>27992</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27992/02.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27992/02.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADO O_x000D_
 RECAPEAMENTO ASFALTICO DA PISTA DE CICLISMO DA PRACA SARAIVA._x000D_
 REITERA PROCESSOS: 222, DE 03/02/2005, 166, DE 25/01/2006 E 34, DE 03/01/2007.</t>
   </si>
   <si>
     <t>27993</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27993/03.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27993/03.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO ESTUDOS A_x000D_
 SECRETARIA COMPETENTE, A FIM DE VERIFICAR A POSSIBILIDADE DE CONSTRUCAO DE UM_x000D_
 CORREDOR DE ONIBUS NA RUA 24 DE MAIO E OUTRO NA RUA GENERAL NETTO._x000D_
 REITERA PROCESSOS 76.267/2001, 776/2005, 811/2006 E 35/2007.</t>
   </si>
   <si>
     <t>27994</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27994/04.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27994/04.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA ESTUDADA VIABILIDADE DA_x000D_
 REALIZACAO DO RECAPEAMENTO ASFALTICO UTILIZANDO UMA MANTA ASFALTICA, CONHECIDA_x000D_
 COMO ANTI-PO, NAS RUAS ENSAIBRADAS DO BAIRRO COHAB II E NAS DEMAIS ARTERIAS DOS_x000D_
 BAIRROS E VILAS, ONDE NAO SE OBSERVA GRANDE FLUXO DE VEICULOS._x000D_
 REITERA PROCESSOS DE 2000; 2001; 2002; 647, DE 09/06/2003; 548, DE 14/04/2004;_x000D_
 038, DE 05/01/2005; 117, DE 17/01/2005; 808, DE 19/04/2006 E 37, DE 03/01/2007.</t>
   </si>
   <si>
     <t>27995</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27995/05.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27995/05.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADA A_x000D_
 CANALIZACAO DA VALA EM TORNO DA ESCOLA FREDERICO ERNESTO BUCHHOLZ, NAS RUAS_x000D_
 NICARAGUA E GROELANDIA, QUE SE ENCONTRAM INFESTADAS POR RATAZANAS E ESTAS ESTAO_x000D_
 INVADINDO AS DEPENDENCIAS DA ESCOLA EM BUSCA DE ALIMENTO._x000D_
 REITERA PROCESSO No 38, DE 03/01/2007.</t>
   </si>
   <si>
     <t>27996</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27996/06.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27996/06.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADO O_x000D_
 ASFALTAMENTO DA AV. CIDADE DE PELOTAS._x000D_
 REITERA PROCESSOS: 781, DE 18/05/2004; 1433, DE 08/11/2004; 1883, DE_x000D_
 09/11/2005; 047, DE 12/01/2006, 885, DE 28/04/2006; 1204, DE 06/06/2006 E 46,_x000D_
 DE 04/01/2007.</t>
   </si>
   <si>
     <t>27997</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27997/07.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27997/07.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADA A_x000D_
 CANALIZACAO DA VALA E PAVIMENTACAO RUA AMAPA, ENTRE A AV. CIDADE DE PELOTAS E A_x000D_
 RUA HENRIQUE PANCADA._x000D_
 REITERA PROCESSOS: 009; DE 02/01/2004, 1433; DE 08/11/2004, 124; DE 17/01/2005,_x000D_
 149; DE 24/01/2006, 1379; DE 11/07/206 E 49, DE 05/01/2007.</t>
   </si>
   <si>
     <t>27998</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27998/08.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27998/08.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS - SMSU - SEJA PROVIDENCIADA A_x000D_
 CONSTRUCAO DE UMA PRACA COM PLAY-GROUND, ENTRE A AV. ARGENTINA, E AS RUAS_x000D_
 NICARAGUA E BOLIVIA NO BAIRRO FREDERICO ERNESTO BUCHHOLZ._x000D_
 REITERA PROCESSO: 256; DE 25/02/2004 (EMENDA ADITIVA 01/04, ANEXO AO PLE_x000D_
 06/2004), 148; DE 24/01/2006, 807; DE 19/04/2006 E 50, DE 05/01/2007.</t>
   </si>
   <si>
     <t>28000</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28000/09.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28000/09.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADA A_x000D_
 CANALIZACAO DA RUA PROF°. HENRIQUE FARJAT._x000D_
 REITERA PROCESSOS: 64.952; DE 16/04/1997, 68.109; DE 25/02/1998, 70.740; DE_x000D_
 04/01/1999, 73.852, DE 03/01/2000, 76.291; DE 02/01/2001, 76.549; DE_x000D_
 25/01/2001, 004; DE 02/01/2003, 150; DE 26/01/2004, 297; DE 21/02/2005, 048; DE_x000D_
 12/01/2006, 810; DE 19/04/2006, 1377; DE 11/07/2006 E 51, DE 05/01/2007.</t>
   </si>
   <si>
     <t>28001</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28001/10.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28001/10.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE SEJA_x000D_
 PROVIDENCIADA A CONSTRUCAO DE UMA CABINE DE ALVENARIA PARA OS TAXISTAS DA PRACA_x000D_
 XAVIER FERREIRA ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS - SMSU._x000D_
 REITERA PROCESSO No 275, DE 16/02/2007.</t>
   </si>
   <si>
     <t>28003</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28003/11.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28003/11.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO JUNTO A_x000D_
 SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - O RECALCAMENTO DA RUA ALMIRANTE_x000D_
 BARROSO._x000D_
 REITERA PROCESSOS 1885, DE 03/11/2006 E 1079, DE 20/06/2007.</t>
   </si>
   <si>
     <t>28004</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28004/12.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28004/12.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO JUNTO A_x000D_
 SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - PROVIDENCIE OBRAS DE SANEAMENTO_x000D_
 NAS RUAS CACHOEIRA DO IGUACU E REPUBLICA DE CUBA.</t>
   </si>
   <si>
     <t>28005</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28005/13.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28005/13.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL UMA CANCHA DE FUTEBOL DE AREIA NA PRACA_x000D_
 LOCALIZADA NA RUA JULIO DE CASTILHOS COM ARLINDO BURGER, NO BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>28007</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28007/14.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28007/14.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SMEC, REALIZAR OS_x000D_
 PROCEDIMENTOS NECESSARIOS PARA CEDER AO ESTADO, O TERRENO ONDE ESTA LOCALIZADA_x000D_
 A ESCOLA ESTADUAL ALFREDO FERREIRA RODRIGUES NO POVO NOVO, PERTENDENTE AO_x000D_
 MUNICIPIO, CONFORME CERTIDAO DE REGISTRO EM ANEXO.</t>
   </si>
   <si>
     <t>28493</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28493/15.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28493/15.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE SAIBRO EM TODA EXTENSÃO_x000D_
 DA ESTRADA O CORREDOR SERVIÇAL, 3° DISTRITO DO MUNICÍPIO - POVO NOVO. REITERA_x000D_
 IND. 23/07 , PROCESSO N° 78/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28494</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28494/16.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28494/16.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, A LIMPEZA DOS GRAVATAS E DOS ARBUSTOS_x000D_
 NO CRUZAMENTO DA AV. ATLANTIDA ESQUINA AVENIDA QUERENCIA. REITERA IND. 37/07,_x000D_
 PROCESSO No 117/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28496</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28496/17.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28496/17.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE EXPESSA PEDIDO, A EMPRESA E_x000D_
 TRANSPORTES COLETIVO NOIVA DO MAR, QUE ESTENDA, NAS TERÇAS E QUINTAS-FEIRAS, A_x000D_
 LINHA DO 3° DISTRITO DO POVO NOVO ATE O PESQUEIRO, DESLOCANDO-SE MAIS 1600_x000D_
 METROS, NAQUELA DIREÇÃO. REITERA IND. 36/07, PROCESSO 116/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28497</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28497/18.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28497/18.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE SAIBRO EM TODA EXTENSÃO_x000D_
 DA ESTRADA DO BELENDENGUE, NO INTERIOR DO MUNICÍPIO. REITERA IND. 26/07,_x000D_
 PROCESSO 81/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28498</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28498/19.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28498/19.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, O ENSAIBRAMENTO DE TODA A EXTENSAO DA_x000D_
 ESTRADA QUE LIGA A LOCALIDADE DA PALMA. REITERA IND. 25/07, PROCESSO 80/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28499</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28499/20.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28499/20.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE DUAS FAIXAS DE_x000D_
 SEGURANÇA, NA RUA MAJOR CARLOS PINTO, NOS CRUZAMENTOS DAS RUAS VICE ALMIRANTE_x000D_
 ABREU E DOM BOSCO. REITERA IND. 27/07, PROCESSO 82/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28500</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28500/21.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28500/21.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE SAIBRO EM TODA EXTENSÃO_x000D_
 DA ESTRADA QUE LIGA A LOCALIDADE DO CAPÃO SECO, NO INTERIOR DO MUNICÍPIO._x000D_
 REITERA IND. 28/07, PROCESSO 83/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28501</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28501/22.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28501/22.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, A COLOCAÇÃO DE UMA FAIXA DE SEGURANÇA_x000D_
 NA RUA MAJOR CARLOS PINTO, NO CRUZAMENTO DAS RUAS AV. PELOTAS E GENERAL_x000D_
 VITORINO. REITERA IND. 29/07, PROCESSO 84/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28502</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28502/23.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28502/23.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, A POSSIBILIDADE DA CONSTRUÇÃO DE DOIS_x000D_
 BANHEIROS PÚBLICOS (MASCULINO E FEMININO), NA RUA HENRIQUE PANCADA PRÓXIMO A_x000D_
 PRAÇA PUBLICA. REITERA IND. 19/07, PROCESSO 74/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28503</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28503/24.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28503/24.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UM ABRIGO DE_x000D_
 ALVENARIA, NO KM 10 BR 471, NO SIOLA, NO SENTIDO INTERIOR CIDADE. REITERA IND._x000D_
 20/07, PROCESSO 75/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28504</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28504/25.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28504/25.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ENSAIBRAMENTO DE TODA A EXTENSÃO DA_x000D_
 RUA SANTA CRUZ, LOCALIZADA NO POVO NOVO. REITERA IND. 24/07, PROCESSO 79/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28505</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28505/26.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28505/26.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCAÇÃO DE SAIBRO EM TODA A_x000D_
 EXTENSÃO DA ESTRADA QUE LIGAS A LOCALIDADE DO JACARÉ, NO INTERIOR DO MUNICÍPIO._x000D_
 REITERA IND. 22/07, PROCESSO 77/07._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28009</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28009/27.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28009/27.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, A AMPLIACAO DO ATRACADOURO DE_x000D_
 EMBARCACOES NO HORTIGRANJEIRO A FIM DE BENEFICIAR OS PEQUENOS AGRICULTORES QUE_x000D_
 USAM AQUELE LOCAL.</t>
   </si>
   <si>
     <t>28506</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28506/28.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28506/28.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EECUTIVO MUNICIPAL, O RETORNO DOS DESFILES DAS ESCOLAS DE_x000D_
 SAMBA DA CIDADE DO RIO GRANDE PARA A RUA MARECHAL FLORIANO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28507</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28507/29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28507/29.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO DE No 81/07, PROCESSO SOB No 228/07: SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL A POSSIBILIDADE DE MURAR A ESCOLA ESPERANÇA, ANTIGA_x000D_
 ESCOLA RURAL DO TAIM._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28508</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28508/30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28508/30.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO DE No 74/07, PROCESSO SOB No 194/07:_x000D_
 SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL PARA QUE A MESMA ESTENDA O SERVIÇO DE CONTAINER DE LIXO, EM TODO_x000D_
 BAIRRO MIGUEL DE CASTRO MOREIRA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28509</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28509/31.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28509/31.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO DE No 73/07, PROCESSO SOB No 189/07: SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL A PAVIMENTAÇÃO, DA AV. ALTANTICA ATE A AV. QUERENCIA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28510</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28510/32.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28510/32.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO DE No 72/07, PROCESSO SOB No 188/07: SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL QUE, JUNTAMENTE COM A POLICIA RODOVIARIA ESTADUAL DE RIO_x000D_
 GRANDE, REALIZEM A REPRODUCAO DO VIDEO DIDATICO "EDUCACAO SENTIDO OBRIGATORIO_x000D_
 NO TRANSITO, NAS ESCOLAS DO INTERIOR"._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28511</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28511/33.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28511/33.pdf</t>
   </si>
   <si>
     <t>REITERA INDICAÇÃO DE No 61/07, PROCESSO SOB No 165,07: SOLICITRA AO_x000D_
 EXECUTIVO MUNICIPAL, A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO (PROIBIDO ANIMAIS DA_x000D_
 PRAIA), NO BALNEÁRIO CASSINO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28512</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28512/34.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28512/34.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO DE No 59/07, PROCESSO SOB No 150/07: SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL A COLOCACAO DE BANHEIROS QUIMICOS NAS FEIRAS LIVRES DO_x000D_
 NOSSO MUNICIPIO, COMO POR EXEMPLO A FEIRA DO PRODUTO NO BALNEARIO CASSINO NO_x000D_
 SABADO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28513</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28513/35.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28513/35.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO DE No 56/07, PROCESSO SOB No 147/07. SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL, A CONSTRUCAO EM REGIME DE URGENCIA DE NO MINIMO 5 GAVETAS_x000D_
 NO CEMITERIO MUNICIPAL DO TAIM._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28514</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28514/36.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28514/36.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO DE No 54/07, PROCESSO SOB No 145/07: SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL, A RECOLOCACAO DOS ABRIGOS DE ONIBUS DERRUBADOS NA BR 471,_x000D_
 ATE A LOCALIDADE DO ALBARDAO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28010</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28010/37.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28010/37.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUCAO DE CICLOFAIXAS EM AVENIDAS MOVIMENTADAS DE RIO_x000D_
 GRANDE, COMO AVENIDA PORTUGAL, AVENIDA PRESIDENTE VARGAS, AVENIDA ITALIA.</t>
   </si>
   <si>
     <t>28011</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28011/38.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28011/38.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A CONTINUIDADE DA OBRA DE COLOCACAO DE_x000D_
 SAIBRO NA ESTRADA DOS GUAMAS NA LOCALIDADE DO PESQUEIRO, DISTRITO DO POVO NOVO.</t>
   </si>
   <si>
     <t>28012</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28012/39.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28012/39.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE SEJA PROVIDENCIADA A LIMPEZA DAS_x000D_
 VALAS DO PARQUE MARINHA COM DESASSOREAMENTO DAS MESMAS.</t>
   </si>
   <si>
     <t>28013</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28013/40.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28013/40.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A POSSIBILIDADE DE COLOCAR PLACAS_x000D_
 INDICATIVAS COM NUMERACAO NA PARTE FRONTAL, AO LADO DO INDICATIVO DA LINHA_x000D_
 URBANA, EM TODOS ONIBUS QUE CIRCULAM NA CIDADE DO RIO GRANDE.</t>
   </si>
   <si>
     <t>28014</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28014/41.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28014/41.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE SEJA CRIADO UM PLANO DE CARREIRA_x000D_
 PARA OS FUNCIONARIOS DA AREA DE SAUDE DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>28515</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28515/42.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28515/42.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 71/07, PROCESSO No 187/07 - SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL A CONSTRUCAO DE UMA CRECHE PARA CRIANCAS DE 0 A 6 ANOS, NA_x000D_
 LOCALIDADE DO POVO NOVO - 3o DISTRITO DO MUNICIPIO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28516</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28516/43.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28516/43.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 82/07 , PROCESSO No 229/07 - SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL A CONSTRUCAO DE QUIOSQUES AOS AMBULANTES QUE COMERCIALIZAM_x000D_
 PRODUTOS CASEIROS, AGRICOLAS E ARTESANAIS, LOCALIZADOS AS MARGENS DA BR 392_x000D_
 ENTRADA RIO GRANDE - PELOTAS, QUE OS MESMOS SEJAM AINDA CADASTRADOS NA_x000D_
 PREFEITURA MUNICIPAL E QUE POR PARTE DA SMAHAD, ORIENTACOES SOBRE ATRACOES_x000D_
 TURISTICAS DO NOSSO MUNICIPIO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28517</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28517/44.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28517/44.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 83/07, PROCESSO No 230/07 - SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL A COLOCACAO DE SAIBRO EM TODA EXTENSAO DA ESTRADA DO_x000D_
 BANHADO SILVEIRA ATE A ILHA DA TOROTAMA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28518</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28518/45.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28518/45.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 84/07, PROCESSO No 231/07 - SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL A CONSTRUCAO DE UMA QUADRA POLIESPORTIVA COM COBERTURA, NA_x000D_
 ESCOLA ESPERANCA, ANTIGA ESCOLA RURAL DO TAIM._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28519</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28519/46.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28519/46.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 97/07, PROCESSO No 268/07 - SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL PARA QUE SEJA CONSTRUIDO UM GALPAO DE RECICLAGEM DE LIXO_x000D_
 NO BAIRRO CIDADE DE AGUEDA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28520</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28520/47.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28520/47.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 89/07, PROCESSO No 253/07 - SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL UMA PARCERIA COM OS MORADORES DA COMUNIDADE DO PESQUEIRO, PARA QUE_x000D_
 SEJA REALIZADA A TRANSFERENCIA DO POSTO DE SAUDE A UM LOCAL DE MELHOR ACESSO_x000D_
 PARA OS MORADORES, SENDO ASSIM A COMUNIDADE CEDERIA O LOCAL E A PREFEITURA_x000D_
 REALIZARIA A CONSTRUCAO DO PREDIO DO POSTO DE SAUDE._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28524</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28524/48.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28524/48.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 98/07, PROCESSO No 269/07 - SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL A POSSIVEL PLANTACAO DE ARVORES NO BAIRRO CIDADE DE AGUEDA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28526</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28526/49.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28526/49.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 90/07, PROCESSO No 254/07 - SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL A COLOCACAO DE SAIBRO NA CONTINUACAO DA RUA CARLOS MACHADO, NO POVO_x000D_
 NOVO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28529</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28529/50.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28529/50.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 111/07, PROCESSO No 314/07 - SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL A POSSIBILIDADE DE PINTAR UMA FAIXA DE SEGURANCA EM FRENTE A CADA_x000D_
 PORTAO DO PREDIO DO INPS SENDO UM NA RUA ALMIRANTE BARROSO E OUTRO NA RUA_x000D_
 MARECHAL FLORIANO, NO CASO DE NAO HAVER ASFALTO, QUE SEJA COLOCADO UM TRECHO,_x000D_
 PERMITINDO A PINTURA DA MESMA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28531</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28531/51.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28531/51.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO No 182/07, PROCESSO No 669/07 - SOLICITA AO_x000D_
 EXECUTIVO MUNICIPAL, QUE SEJA INCLUIDO NA LEI DE DIRETRIZES ORCAMENTARIAS E_x000D_
 PLANO PLURIANUAL, A CONCLUSAO DA PAVIMENTACAO DA RUA NEWTON AZEVEDO DO BAIRRO_x000D_
 PARQUE._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28533</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28533/52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28533/52.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCACAO DE ATERRO NA RUA D._x000D_
 ENTROCAMENTO COM A RUA ROBERTO SOCOOWSKI._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28535</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28535/53.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28535/53.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A DISTRIBUICAO DE FOLDERS "RIO GRANDE_x000D_
 CIDADE HISTORICA, CIDADE DO MAR", O QUAL ENCONTRA-SE EM ANEXO, NOS PRINCIPAIS_x000D_
 PONTOS TURISTICO, HOTEIS E LOCAIS DE GRANDE CIRCULACAO DE TURISTAS COM_x000D_
 PEDAGIOS, AEROPORTOS E RODOVIARIAS, NA CIDADE DO RIO GRANDE, MUNICIPIOS E_x000D_
 DISTRITOS VIZINHOS, TAIS COMO PELOTAS, CHUI, SANTA VITORIA DO PALMAR, CAPAO DO_x000D_
 LEAO E ETC._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28536</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28536/54.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28536/54.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ASFALTAMENTO DA RUA GENERAL PORTINHO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28537</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28537/55.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28537/55.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ASFALTAMENTO DA RUA ANTONIO DE SOUZA_x000D_
 NETO, NO POVO NOVO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28015</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28015/56.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28015/56.pdf</t>
   </si>
   <si>
     <t>REITERA A IND. No 43/07, PROC. No 130/07, PARA QUE O EXECUTIVO PROMOVA_x000D_
 COM AS EMPRESAS CONCESSSIONARIAS DO TRANSPORTE COLETIVO DE NOSSA CIDADE, PARA_x000D_
 QUE SEJA VIABILIZADA A COLOCACAO DE LIXEIRAS APROPRIADAS NOS ONIBUS QUE_x000D_
 TRANSPORTAM PASSAGEIROS.</t>
   </si>
   <si>
     <t>28016</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28016/57.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28016/57.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL AS CONSTRUCOES E COLOCADOS OS_x000D_
 EQUIPAMENTOS NECESSARIOS PARA QUE O LOCAL DESTINADO A UMA PRACA ONDE SITUA-SE O_x000D_
 MONUMENTO DENOMINADO WILSON BRANCO NA AV. BELO BRUM NO BAIRRO SANTA ROSA SEJA_x000D_
 EFETIVAMENTE UMA PRACA, COM AREA PARA PASSEIO E BRINQUEDOS INFANTIS.</t>
   </si>
   <si>
     <t>28017</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28017/58.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28017/58.pdf</t>
   </si>
   <si>
     <t>REITERA AO EXECUTIVO MUNICIPAL, A IND. No 407/05, QUE SOLICITA A_x000D_
 VIABILIZACAO DE ESTUDOS PARA RECUPERACAO (NIVELAMENTO) DE TRECHOS DA_x000D_
 PAVIMENTACAO DAS RUAS, REPUBLICA, DOM PEDRO I. MARCILIO DIAS E TEIXEIRA JUNIOR,_x000D_
 DO BAIRRO CIDADE NOVA, BEM COMO FACA A VERIFICACAO A FIM DE SOLUCIONAR O_x000D_
 PROBLEMA DO ACUMULO DE AGUA JUNTO AS MARGENS EM ALGUNS TRECHOS DESTAS VIAS._x000D_
 SOLICITA QUE APOS ESSES ESTUDOS SEJAM REALIZADAS AS DEVIDAS RECUPERACOES.</t>
   </si>
   <si>
     <t>28018</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28018/59.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28018/59.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICACAO No 645/05, PROC. No 2009/05, SOBRE A ELABORACAO_x000D_
 DE UM PROJETO DE LEI QUE REDUZA O NUMERO DE HORAS-AULA EM FUNCAO DA IDADE PARA_x000D_
 OS PROFESSORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>28020</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28020/60.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28020/60.pdf</t>
   </si>
   <si>
     <t>REITERA A IND. No 42/2007, PROC. No 129/07, SOBRE O ANTEPROJETO DE LEI_x000D_
 REFERENTE A ISENCAO DO PAGAMENTO DE TAXA DE INSCRICAO EM CONCURSOS PUBLICOS_x000D_
 MUNICIPAIS PARA TRABALHADORES DESEMPREGADOS DO MUNICIPIO DE RIO GRANDE, PARA_x000D_
 QUE O MESMO SEJA TRANSFORMADO EM PROJETO DE LEI AO EXECUTIVO MUNCIPAL E_x000D_
 ENVIADO PARA APRECIACAO DESTA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28021</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28021/61.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28021/61.pdf</t>
   </si>
   <si>
     <t>REITERA AS INDICACOES No 635/2005 E 40/2007, PROC. No 127/07, SOBRE A_x000D_
 CONSTRUCAO DE UMA CRECHE NO BAIRRO ARNALDO DOS SANTOS QUESSADA, COHAB IV.</t>
   </si>
   <si>
     <t>28022</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28022/62.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28022/62.pdf</t>
   </si>
   <si>
     <t>REITERA A IND. No 44/07, PROC. No 131/07, SOBRE A SINALIZACAO NO_x000D_
 ENTRONCAMENTO DAS RUAS DOMINGOS DE ALMEIDA, HENRIQUE PANCADA E AVENIDA PORTUGAL.</t>
   </si>
   <si>
     <t>28023</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28023/63.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28023/63.pdf</t>
   </si>
   <si>
     <t>REITERA AS INDICACOES No 640/2005 E 39/2007, SOBRE A CONSTRUCAO DE UMA_x000D_
 CRECHE NO BAIRRO CIDADE DE AGUEDA.</t>
   </si>
   <si>
     <t>28024</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28024/64.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28024/64.pdf</t>
   </si>
   <si>
     <t>REITERA AS INDICACOES No 637/2005 E 41/2007, PROC. No 128/07, QUE TRATA_x000D_
 DA COLOCACAO DE PLACAS DE IDENTIFICACAO DAS ARVORES NA PRACA TAMANDARE E XAVIER_x000D_
 FERREIRA.</t>
   </si>
   <si>
     <t>28025</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28025/65.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28025/65.pdf</t>
   </si>
   <si>
     <t>REITERA A INDICACAO No 46/07, PROC. No 133/07, QUE TRATA DA_x000D_
 CONTINUIDADE DA RETIRADA DE ERVAS DE PASSARINHO DAS ARVORES DAS PRACAS DA_x000D_
 CIDADE.</t>
   </si>
   <si>
     <t>28630</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28630/66.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28630/66.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A RESTAURACAO DA CICLOVIA SITUADA NA_x000D_
 RUA DR. MARCIANO ESPINDOLA, NO BAIRRO GETULIO VARGAS._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28026</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28026/67.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28026/67.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE VIABILIZE ESTUDOS E ENVIE A ESTA_x000D_
 CAMARA DE VEREADORES, PROJETO DE LEI COM A FINALIDADE DE ISENTAR DO PAGAMENTO_x000D_
 DE TAXAS DE INSCRICAO EM CONCURSO PUBLICO MUNICIPAL OS DOADORES DE SANGUE DO_x000D_
 NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>28027</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28027/68.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28027/68.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE DETERMINE NO QUE FOR DE SUA_x000D_
 COMPETENCIA O CUMPRIMENTO DAS SEGUINTES LEIS: No 5988 (TESTE DO OLHINHO), 5609_x000D_
 (DIAGNOSTICO DE AUDICAO EM BEBE), 4625 ( IDENTIFICACAO DE ITINERARIO), 5177_x000D_
 (IDENTIFICACAO VISUAL), 5156 (PAINEIS INDICATIVOS/SUS), 5648 (TABELAS/BANCOS),_x000D_
 5525 (EMPACOTAMENTO/SUPERMERCADOS) , 5717 (BRINQUEDOS P/CRIANCAS ESPECIAIS NAS_x000D_
 PRACAS).</t>
   </si>
   <si>
     <t>28028</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28028/69.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28028/69.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCACAO DE TUBOS NAS VALETAS DAS_x000D_
 RUA JAIME DARCY E SOLANO COIMBRA, A PARTIR DA AV. BELLO BRUM, NA EXTENSAO QUE_x000D_
 FAZ LIMITE COM A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL ASSIS BRASIL.</t>
   </si>
   <si>
     <t>28029</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28029/70.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28029/70.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A LIMPEZA DE UM VALETAO LOCALIZADO NA_x000D_
 RUA SOLANO COIMBRA, BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28031</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28031/71.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28031/71.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE VIABILIZE ESTUDOS E ENVIE A ESTA_x000D_
 CASA, PROJETO DE LEI QUE TRATE DA REALIZACAO DE TESTE DE AVALIACAO PARA_x000D_
 DETECCAO DA DISLEXIA NOS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>28035</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28035/72.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28035/72.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE VIABILIZE ESTUDOS PARA ENVIAR_x000D_
 PROJETO DE LEI A ESTA CAMARA DE VEREADORES QUE DISPONHA SOBRE A DESTINACAO_x000D_
 PREFERENCIAL AOS PORTADORES DE NECESSIDADES ESPECIAIS NAS UNIDADES_x000D_
 HABITACIONAIS LOCALIZADAS EM ANDAR OU PAVIMENTO COM MELHORES CONDICOES DE_x000D_
 ACESSO, DESDE QUE REGULARMENTE INSCRITOS NOS PROGRAMAS MUNICIPAIS DE HABITACAO._x000D_
 APRESENTA ANTEPROJETO DE LEI EM ANEXO.</t>
   </si>
   <si>
     <t>28036</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28036/73.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28036/73.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, ESTENDER A LINHA DE ONIBUS_x000D_
 CENTRO-BALNEARIO CASSINO, ATRAVES DE UMA LINHA CIRCULAR VIA ESTRADA DA BARRA,_x000D_
 ATRAVES DA NOVA ESTRADA QUE LIGA A AV. NOVA ATLANTICA COM A BARRA.</t>
   </si>
   <si>
     <t>28539</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28539/74.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28539/74.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ASFALTAMENTO DE TODA EXTENSAO DA AV._x000D_
 MAJOR CARLOS PINTO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28541</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28541/75.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28541/75.pdf</t>
   </si>
   <si>
     <t>REITERA INDICACAO DE NR. 215/07, PROC. No 795/07. SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, QUE SEJA INCLUIDO NA LEI DE DIRETRIZES ORCAMENTARIAS E PLANO_x000D_
 PLURIANUAL, A PAVIMENTACAO DA RUA LAZARO ZAMENHOF, BAIRRO LAR GAUCHO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28543</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28543/76.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28543/76.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 79/07, PROC. No 225/07. SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL A CONSTRUCAO DE GAVETAS MORTUARIAS, NO CEMITERIO DA LOCALIDADE DA_x000D_
 ILHA DA TOROTAMA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28546</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28546/77.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28546/77.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL PARA QUE A MESMA REALIZE O ASFALTAMENTO_x000D_
 DA GENERAL VITORINO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28548</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28548/78.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28548/78.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A TROCA DE 2 (DOIS) ABRIGOS DE ONIBUS_x000D_
 LOCALIZADOS NA BR 392, NAS MEDIACOES DA BALANCA, NO POVO NOVO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28043</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28043/79.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28043/79.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCACAO DE TUBOS NA VALETA_x000D_
 LOCALIZADA NA RUA CARLOS BARBOSA, ENTRE AS RUAS RAFAEL ANSELMI E IRMA OTILIA E_x000D_
 UMA BOCA DE LOBO NA RUA CARLOS BARBOSA COM RAFAEL ANSELMI, CONFORME ABAIXO_x000D_
 ASSINADO EM ANEXO.</t>
   </si>
   <si>
     <t>28058</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28058/80.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28058/80.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL UM PROJETO DE LEI QUE ISENTE A TARIFA_x000D_
 NO TRANSPORTE COLETIVO MUNICIPAL AOS PORTADORES DE DOENCAS CRONICAS OU_x000D_
 DEGENERATIVAS E INCLUA NO ROL DESSAS DOENCAS PARA EFEITO DE ISENCAO TARIFARIA_x000D_
 DO TRANSPORTE COLETIVO OS PACIENTES EM DIALISE COM INSUFICIENCIA RENAL CRONICA.</t>
   </si>
   <si>
     <t>28059</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28059/81.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28059/81.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, ESTUDOS PARA ADEQUACAO DA LEI 11445 DE_x000D_
 5 DE JANEIRO DD 2007, QUE ESTABELECE DIRETRIZES NACIONAIS PARA SANEAMENTO_x000D_
 BASICO AO CONTRATO QUE PERMITIU A CORSAN A EXPLORACAO DOS SERVICOS DE_x000D_
 FORNECIMENTO DE AGUA E TRATAMENTO DE ESGOTOS NO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>28060</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28060/82.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28060/82.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE COLOQUE A DISPOSICAO AINDA NO 1o_x000D_
 TRIMESTRE LETIVO UMA MAQUINA FOTOCOPIADORA TIPO XEROX, PARA A ESCOLA MUNICIPAL_x000D_
 CLEMENTE PINTO E OUTRA PARA ESCOLA MUNICIPAL ASSIS BRASIL.</t>
   </si>
   <si>
     <t>28061</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28061/83.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28061/83.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO EXECUTIVO MUNICIPAL A COLOCACAO DE PLACAS DE IDENTIFICAO_x000D_
 PARA A SECRETARIA MUNICIPAL DA SAUDE, SECRETARIA MUNICIPAL DA CIDADANIA E_x000D_
 ASSISTENCIA SOCIAL, SINE, ANVISA DOS PORTOS TODAS LOCALIZADAS NO ANTIGO_x000D_
 EDIFICIO DO INSS.</t>
   </si>
   <si>
     <t>28550</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28550/84.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28550/84.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, CONTEMPLAR OS CARROCEIROS QUE_x000D_
 ESPONTANEA E COMPROVADAMENTE RETIRAM LIXOS DAS VIAS PUBLICAS SEM REMUNERACAO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28650</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28650/85.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28650/85.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A CONSTRUCAO DE UMA PASSARELA PROXIMO_x000D_
 AO BAIRRO ATLANTICO SUL NO FINAL DA QUERENCIA._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28065</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28065/86.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28065/86.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE SEJA EFETUADA A LIMPEZA NAS_x000D_
 VALETAS DE ESCOAMENTO DA RUA 01 COM RUA 14 DE JULHO, DO BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>28067</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28067/87.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28067/87.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, PARA QUE SEJA EFETUADA A LIMPEZA NAS_x000D_
 VALETAS DA RUA CARLOS BARBOSA COM RAFAEL ALNSELMI, BAIRRO MATADOURO I, ASSIM_x000D_
 COMO COLOCAR 02(DOIS) TUBOS NESSA RUA.</t>
   </si>
   <si>
     <t>28069</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28069/88.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28069/88.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL UM PROJETO DE LEI ISENTANDO AS_x000D_
 FAMILIAS QUE NAS QUAIS POSSUEM UM MEMBRO PORTADOR DE NECESSIDADE ESPECIAL DO_x000D_
 TIPO SURDO - MUDA, DE PAGAREM O IPTU.</t>
   </si>
   <si>
     <t>28651</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28651/89.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28651/89.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, O NIVELAMENTO DE TODA A EXTENSAO DA_x000D_
 RUA ENGENHEIRO ELMER CORTHEIL. ASSIM, TAMBEM FACO A SOLICITACAO DO_x000D_
 APROFUNDAMENTO DAS VALETAS E A LIMPEZA DOS TUBOS DE LIGACOES ENTRE AS MESMAS_x000D_
 ONDE ESTAO TOTALMENTE TOMADO PELAS AREIA._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28652</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28652/90.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28652/90.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, O REPARO DO ASFALTO NA RUA ILHA DE_x000D_
 CRETA QUADRA 120 NO BAIRRO PARQUE MARINHA._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28070</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28070/91.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28070/91.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO AO CONSELHO MUNICIPAL DO MEIO_x000D_
 AMBIENTE, ENCAMINHANDO E SUGERINDO A IMPLANTACAO DA CAMPANHA DE COLETA DE OLEO_x000D_
 DE COZINHA A QUAL ENCONTRA-SE EM ANEXO, NO REFERIDO DOCUMENTO.</t>
   </si>
   <si>
     <t>28072</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28072/92.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28072/92.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO AO CONSELHO MUNICIPAL DO MEIO_x000D_
 AMBIENTE, ENCAMINHANDO E SUGERINDO A IMPLANTACAO DA CAMPANHA DE COLETA DE_x000D_
 PILHAS E BATERIAS USADAS A QUAL ENCONTRA-SE EM ANEXO, NO REFERIDO DOCUMENTO.</t>
   </si>
   <si>
     <t>28073</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28073/93.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28073/93.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO AO CONSELHO MUNICIPAL DO MEIO_x000D_
 AMBIENTE, ENCAMNIHANDO E SUGERINDO A IMPLANTACAO DA CAMPANHA DE COLETA DE_x000D_
 LAMPADAS FLUORESCENTES A QUAL ENCONTRA-SE EM ANEXO, NO REFERIDO DOCUMENTO.</t>
   </si>
   <si>
     <t>28075</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28075/94.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28075/94.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO AO CONSELHO MUNICIPAL DO MEIO_x000D_
 AMBIENTE, ENCAMINHANDO E SUGERINDO A IMPLANTACAO DA CAMPANHA "MEDICAMENTO_x000D_
 VENCIDO - DESTINO AMBIENTALMENTE CORRETO", A QUAL ENCONTRA-SE EM ANEXO, NO_x000D_
 REFERIDO DOCUMENTO.</t>
   </si>
   <si>
     <t>28085</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28085/95.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28085/95.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL AFIM DE QUE SEJA FIRMADO UM CONVENIO_x000D_
 ENTRE A MESMA E A BANDA MUSICAL GIACCHINO ROSSINI PARA QUE POSSA AUXILIAR A_x000D_
 REFERIDA BANDA A ADQUIRIR INSTRUMENTOS MUSICAIS E, CONTRAPONTO, A BANDA SE_x000D_
 PRPOE A TOCAR GRATUITAMENTE EM EVENTOS OFICIAIS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>28086</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28086/96.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28086/96.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE SEJA ADAPTADO OS BANHEIROS_x000D_
 PUBLICOS DA PRACA TAMANDARE PARA PORTADORES DE NECESSIDADES ESPECIAIS E_x000D_
 DEFICIENTES FISICOS.</t>
   </si>
   <si>
     <t>28087</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28087/97.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28087/97.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, QUE SEJA REITERADO A INDICACAO DE No_x000D_
 298/2005 PROTOCOLADO SOB No 1047, NA QUAL, SOLICITA QUE SEJA COLOCADO RAMPA_x000D_
 DE ACESSO PARA PORTADORES DE NECESSIDADES ESPECIAIS(CADEIRANTES) NAS ESQUINAS_x000D_
 DAS RUAS GAL. NETO COM GAL. VITORINO CONFORME DISPOE O ART. 5o DA LEI 4771.</t>
   </si>
   <si>
     <t>28553</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28553/98.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28553/98.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 441/07, PROC. No 1996/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A RECUPERACAO DO PAVIMENTO DE ALGUNS PONTOS DA AV. PELOTAS MAIS_x000D_
 PRECISAMENTE EM FRENTE AO No 874, ONDE ENCONTRAM-SE IMENSOS BURACOS._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28555</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28555/99.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28555/99.pdf</t>
   </si>
   <si>
     <t>REINTERA A IND. No 370/07, PROC. No 1677/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, O NIVELAMENTO E COLOCACAO NA ESTRADA MUNICIPAL PROXIMA A PONTE_x000D_
 FEDERAL BR471 - KM 72._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28557</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28557/100.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28557/100.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 367/07, PROC. No 1662/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A CONSTRUCAO DE UMA ESTACAO ELEVATORIA DE ESGOTO NO BAIRRO CIDADE_x000D_
 DE AGUEDA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28560</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28560/101.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28560/101.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 363/07, PROC. 1654/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, O NIVELAMENTO DA ESTRADA DA SERRARIA - ALBARDAO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28562</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28562/102.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28562/102.pdf</t>
   </si>
   <si>
     <t>REINTERA IND. No 362/07, PROC. No 1653/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A LIMPEZA DO CANAL DA PONTE QUE DA ACESSO A ESTRADA DA SERRARIA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28564</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28564/103.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28564/103.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 307/07, PROC. No 1332/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, PARA QUE SEJA REPARADO OS BURACOS E A ILUMINACAO DO ABRIGO DE_x000D_
 TRANSPORTE COLETIVO LOCALIZADO EM FRENTE A ENTRADA DO BAIRRO PARQUE MARINHA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28571</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28571/104.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28571/104.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 306/07, PROC. No 1331/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A TROCA DOS POSTES QUE SUSTENTAM A TELA AO REDOR DA PRACA TENENTE_x000D_
 CORONEL MARCELINO, NO POVO NOVO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28576</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28576/105.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28576/105.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 305/07, PROC. No 1330/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, O NIVELAMENTO DOS BUEIROS DO BAIRRO QUERENCIA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28577</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28577/106.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28577/106.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 304/07, PROC. No 1309/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, MELHORIAS NA ESTRADA QUE LIGA A LOCALIDADE DA PALMA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28579</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28579/107.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28579/107.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 303/07, PROC. IND. 1308/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, PARA QUE SEJAM COLOCADAS PLACAS DE SINALIZACAO NA LOCALIDADE DA_x000D_
 PALMA, EM ESPECIAL AS QUE INDICAM CURVAS E PONTILHOES._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28580</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28580/108.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28580/108.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 299/07, PROC. No 1169/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, O TERMINO DO ASFALTAMENTO DA RUA GALERAS DO BAIRRO PARQUE MARINHA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28582</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28582/109.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28582/109.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 298/07, PROC. 1167/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, PARA QUE SEJA REPARADA A PINTURA DO QUEBRA-MOLAS LOCALIZADO NA RUA_x000D_
 ROBERTO SOCOOWSHI, PROXIMO A ENTRADA DO BAIRRO CASTELO BRANCO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28594</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28594/110.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28594/110.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 271/07, PROC. No 1075/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A COLOCACAO DE PLACAS QUE INFORME AS LOCALIDADES DO INTERIOR A_x000D_
 PARTIR DA VILA DA QUINTA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28596</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28596/111.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28596/111.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 261/07, PROC. No 997/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, PARA QUE SEJA COLOCADO UM ABRIGO DE ONIBUS NA ESTRADA DO GUAMAS_x000D_
 ESQUINA ESTRADA DO BRETE._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28598</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28598/112.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28598/112.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 230/07, PROC. No 868/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, PARA QUE INTENSIFIQUE A FISCALIZAÇÃO NO POVO NOVO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28602</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28602/113.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28602/113.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 220/07, PROC. No 830/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A POSSIBILIDADE DA CONSTRUCAO DE UMA CRECHE DE 0 A 05 ANOS NA ESCOLA_x000D_
 MUNICIPAL DE ENSINO FUNDAMENTAL DR. ROQUE AITA JUNIOR NO BAIRRO PARQUE COELHO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28606</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28606/114.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28606/114.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 224/07, PROC. No 867/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A COLOCACAO DE PLACAS DE SINALIZACAO NA ROTULA DA PRACA DO POVO_x000D_
 NOVO, E PLACAS QUE INDIQUEM PREFERENCIAIS, PROIBICOES E ESTACIONAMENTO ENTRE_x000D_
 OUTRAS._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28612</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28612/115.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28612/115.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 327/07, PROC. No 1419/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A POSSIBILIDADE DE REALIZAR UMA PARCERIA COM A DECIMA OITAVA_x000D_
 COORDENADORIA DE EDUCACAO PARA QUE SEJA IMPLEMENTADO NA ESCOLA MUNICIPAL MARIA_x000D_
 ANGELICA O PRIMEIRO ANO DO ENSINO MEDIO, TENDO EM VISTA A GRANDE DEMANDA DA_x000D_
 ESCOLA ESTADUAL LILIA NEVES, SENDO ASSIM O ESTADO ENTRARIA COM OS PROFESSORES E_x000D_
 O MUNICIPIO CONTINUARIA MANTENDO A ESCOLA.._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28613</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28613/116.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28613/116.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 311/07, PROC. No 1353/07, QUE SOLICITA AO EXCECUTIVO_x000D_
 MUNICIPAL, A RECUPERACAO DA QUADRA POLIESPORTIVA DA PRACA DIDIO DUHA, NO_x000D_
 CASSINO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28614</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28614/117.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28614/117.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 308/07, PROC. No 1341/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A CONSTRUCAO DE UMA CALCADA, EM FRENTE A ENTRADA DA ESCOLA MUNICIPAL_x000D_
 PEDRO CARLOS PEIXOTO PRIMO NO CASSINO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28615</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28615/118.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28615/118.pdf</t>
   </si>
   <si>
     <t>REITERA IND. No 352/07, PROC. No 1581/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL O TERMINO DA COLOCACAO DE BUEIROS NO FINAL DA RUA 'P'' NO BAIRRO_x000D_
 COHAB IV._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28616</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28616/119.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28616/119.pdf</t>
   </si>
   <si>
     <t>REITERA IND.No 485/07, PROC. 2087/07, QUE SOLICITA AO EXECUTIVO_x000D_
 MUNICIPAL, A PAVIMENTACAO DA RUA JOSE VERISSIMO NO BAIRRO COHAB I, COMPREENDIDO_x000D_
 ENTRE AV. BUARQUE DE MACEDO E DOM BOSCO. EM ANEXO ABAIXO ASSINADO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28653</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28653/120.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28653/120.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, INFORMACOES SOBRE PREDIOS DO MUNICIPIO_x000D_
 QUE PODERIAM SER USADOS COMO UM LAR PARA MULHERES QUE TENHAM DEPENDENCIA_x000D_
 QUIMICA, ASSIM COMO JA ACONTECE EM OUTRAS CIDADES. UM CENTRO DE REABILITACAO_x000D_
 TEM INTERESSE NA CONSTRUCAO DO MESMO, MAS DEPENDE DE UM ESPACO FISICO PARA A_x000D_
 IMPLANTACAO DA CLINICA EM NOSSA CIDADE._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28088</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28088/121.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28088/121.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO `PREFEITURA MUNICIPAL SOLICITANDO_x000D_
 QUE A MESMA PARTICIPE DO EDITAL DO GOVERNO FEDERAL, MAIS ESPECIFICAMENTE DO_x000D_
 MINISTERIO DO DESENVOLVIMENTO SOCIAL (EDITAL 01/2008), A FIM DE RECEBER_x000D_
 RECURSOS PARA IMPLANTACAO DE RESTAURANTE POPULAR NO MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28629</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28629/122.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28629/122.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO CORRESPONDENCIA AO EXMo PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE O CONSERTO DO BUEIRO LOCALIZADO NA RUA 19_x000D_
 COM A RUA 06 NO BAIRRO GETULIO VARGAS._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28089</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28089/123.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28089/123.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A REALIZACAO DE OBRA DE COMPACTACAO E_x000D_
 ESCOAMENTO PLUVIAL NA RUA EX-COMBATENTE DO BRASIL NO BIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28674</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28674/124.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28674/124.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A INSTALACAO DE UMA SINALEIRA PARA_x000D_
 PEDESTRE OU SEMAFORO NA AVENIDA PORTUGAL COM MAJOR CARLOS PINTO E RUA AQUIDABAN._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28676</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28676/125.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28676/125.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL COLOCACAO DE RELOGIO DIGITAL NOS_x000D_
 SEGUINTES PONTOS: MAJOR CARLOS PINTO COM AVENIDA PORTUGAL E RUA 15 DE NOVEMBRO_x000D_
 COM AV. BUARQUE DE MACEDO._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28677</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28677/126.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28677/126.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL CONSTRUIR CALCADA PAVIMENTADA EM VOLTA_x000D_
 DA PRACA SARAIVA ENTRE AS RUAS CRISTOVAO COLOMBO, AV. CIDADE DE PELOTAS,_x000D_
 TEIXEIRA JUNIOR E BENTO GONCALVES NA CIDADE NOVA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28654</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28654/127.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28654/127.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ESTUDADO A POSSIBILIDADE DE MANTER A FARMACIA DO PAN EM_x000D_
 FUNCIONAMENTO DIURNOS AOS SABADOS E DOMINGOS EM UM TURNO ACESSIVEL A COMUNIDADE_x000D_
 E A SMS._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28655</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28655/128.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28655/128.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADO NA ENTRADA DO BAIRRO PARQUE MARINHA MAPAS COM AS RUAS_x000D_
 DO BAIRRO, PARA FACILITAR O ACESSO AO VISITANTES DO BAIRRO, CONFORME_x000D_
 SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28656</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28656/129.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28656/129.pdf</t>
   </si>
   <si>
     <t>O REPARO DO ASFALTO DAS RUAS 14, 17 E 19, LOCALIZADAS NO BAIRRO GETULIO_x000D_
 VARGAS, CONFORME SOLICITACAO DOS MORADORES._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28657</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28657/130.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28657/130.pdf</t>
   </si>
   <si>
     <t>SINALIZACAO NO FINAL DA RUA VISCONDE DE MAUA NAS CONFLUENCIAS ENTRE AS_x000D_
 RUAS JOKEI CLUBE PROXIMO AO INICIO DA AV. ARGENTINA CONFORME SOLICITACAO DOS_x000D_
 MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28658</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28658/131.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28658/131.pdf</t>
   </si>
   <si>
     <t>A REPARACAO DO CALCAMENTO E NIVELAMENTO ENTRE A RUA J E B NO PARQUE SAO_x000D_
 PEDRO CONFORME SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28659</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28659/132.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28659/132.pdf</t>
   </si>
   <si>
     <t>A REPARACAO DO CALCAMENTO E NIVELAMENTO ENTRE A RUA M E B NA ESQUINA_x000D_
 DA ESCOLA MANOEL MANO NO PARQUE SAO PEDRO CONFORME SOLICITACAO NO PARQUE SAO_x000D_
 PEDRO CONFORME SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28660</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28660/133.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28660/133.pdf</t>
   </si>
   <si>
     <t>A REPARACAO DO CALCAMENTO E NIVELAMENTO ENTRE A RUA K E B NO PARQUE_x000D_
 SAO PEDRO CONFORME SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28661</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28661/134.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28661/134.pdf</t>
   </si>
   <si>
     <t>ALINHAMENTO NA RUA BERTOLDO KLINGER, CONFORME SOLICITACAO DE MORADORES_x000D_
 DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28663</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28663/135.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28663/135.pdf</t>
   </si>
   <si>
     <t>COLOCACAO DE ATERRO E MELHORAMENTO NA RUA GAMAL ABDALA NASSER, NA VILA_x000D_
 EULINA._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28664</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28664/136.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28664/136.pdf</t>
   </si>
   <si>
     <t>COMPETENTE A MANUTENCAO DAS RUAS DO BAIRRO COHAB LL, CONFORME_x000D_
 SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28665</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28665/137.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28665/137.pdf</t>
   </si>
   <si>
     <t>O REPARO DO ASFALTO NA RUA ILHA DE CRETA QUADRA 120 NO BAIRRO PARQUE_x000D_
 MARINHA CONFORME SOLICITACOES DOS MORADORES._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28666</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28666/138.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28666/138.pdf</t>
   </si>
   <si>
     <t>COMPETENTE A ELEVACAO DA RUA CAPITAO LEMOS FARIAS DO BAIRRO SANTINHA,_x000D_
 CONFORME SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28678</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28678/139.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28678/139.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O CONSERTO DA PAVIMENTACAO E_x000D_
 RECUPERACAO DO ASFALTO, NA RUA MAR DAS CARAIBAS, NO PARQUE MARINHA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28090</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28090/140.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28090/140.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A COMPACTACAO E TUBULACAO PARA O ESCOAMENTO_x000D_
 PLUVIAL NA RUA MARIA CARMEM, BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28093</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28093/141.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28093/141.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COLOCACAO DE TUBULACAO PARA ELIMINAR_x000D_
 O VALETAO HOJE EXISTENTE DA RUA JOAO PAULO I, NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28094</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28094/142.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28094/142.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO NOVA DINAMICA PARA ATENDIMENTO NO POSTO MEDICO DO_x000D_
 BAIRRO SANTA ROSA POIS O ATUAL SISTEMA DE AGENDAMENTO E INFICIENTE, AS PESSOAS_x000D_
 DEMORAM MUITO PARA SEREM ATENDIDAS.</t>
   </si>
   <si>
     <t>28095</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28095/143.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28095/143.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL SERVICO DE COMPACTACAO DA RUA JOSE DA_x000D_
 ROSA MARTINS, NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28096</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28096/144.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28096/144.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COMPACTACAO DA RUA ALBERTO MEIRELLES_x000D_
 LEITE, NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28097</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28097/145.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28097/145.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COMPACTACAO E TUBULACAO PARA O_x000D_
 ESCOAMENTO PLUVIAL NA RUA JORGE GUSTAVO MARIO SHIMITZ, BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28098</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28098/146.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28098/146.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A INSTALACAO DE UM SERVICO DE_x000D_
 ATENDIMENTO ODONTOLOGICO NO POSTO MEDICO DO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28099</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28099/147.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28099/147.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A REDISTRIBUICAO OU CONTRATACAO DE_x000D_
 AGENTES DE SAUDE PARA ATENDER VERIAS RUAS DO BAIRRO SANTA ROSA QUE HOJE SE_x000D_
 ENCONTRAM SEM ATENDIMENTO.</t>
   </si>
   <si>
     <t>28100</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28100/148.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28100/148.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL PROJETO DE APOIO PARA MAES QUE ESTUDAM_x000D_
 A NOITE E NAO TEM COM QUEM DEIXAR SEUS FILHOS.</t>
   </si>
   <si>
     <t>28101</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28101/149.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28101/149.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A COMPACTACAO E ESCOAMENTO PLUVIAL NAS_x000D_
 RUAS TRAANSVERSAIS A RUA S NOS BAIRROS CASTELO BRANCO I E CASTELO BRANCO II.</t>
   </si>
   <si>
     <t>28106</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28106/150.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28106/150.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL O ESCOAMENTO PLUVIAL NA RUA SOLANO_x000D_
 COIMBRA NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>28667</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28667/151.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28667/151.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA COMPETENTE QUE SEJA FEITO UM ESTUDO PARA SABER A_x000D_
 VIABILIDADE DA COLOCACAO DA TUBULACAO NA VALETA LOCALIZADA NA RUA PEDRO SA_x000D_
 FREITAS, NA VILA EULINA, CONFORME SOLICITACAO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28668</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28668/152.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28668/152.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE SEJA FEITO UMA ANALISE PARA SABER A_x000D_
 POSSIBILIDADE DA EXTENSAO DA LIMHA DE ONIBUS QUE FAZ O TRAJETO DO CENTRO DA_x000D_
 CIDADE ATE A ILHA DO LEONIDIO, EXTENSAO ATE A ILHA DOS MARINHEIROS, ONDE IRA_x000D_
 ATENDER VARIAS PESSOAS QUE NECESSITAM DESSE MEIO DE TRANSPORTE._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28107</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28107/153.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28107/153.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DOS SERVICOS URBANOS - SMSU QUE PROCEDA A LIMPEZA DE UMA AREA ONDE SE_x000D_
 FORMOU UM LIXAO ATRAS DA USINA DE ASFALTO, SITUADA NA VILA DA QUINTA</t>
   </si>
   <si>
     <t>28108</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28108/154.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28108/154.pdf</t>
   </si>
   <si>
     <t>SEJA REITERADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE TURISMO ESPORTE E LAZER QUE INSIRA DENTRO DO CALENDARIO DE EVENTOS_x000D_
 DO MUNICIPIO A DATA DE 1o DE ABRIL, QUANDO SE COMEMORA O DIA DA RECONQUISTA DO_x000D_
 RIO GRANDE.</t>
   </si>
   <si>
     <t>28631</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28631/155.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28631/155.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL PROVIDENCIAS QUANTO AO ACUMULO DE LIXO_x000D_
 DEIXADO NO PATIO DO PREDIO QUE ERA UTILIZADO PARA RECICLAGEM DE LIXO,_x000D_
 LOCALIZADO NA AV. ITALIA P´ROXIMO AO CONDOMINIO DO TREVO._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28632</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28632/156.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28632/156.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ASFALTAMENTO OU UNISTEN NA RUA MARIO_x000D_
 GOMES CENTRO NO BAIRRO BERNADETH._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28679</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28679/157.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28679/157.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL PROMOVER EXIBICAO DE PROGRAMAS_x000D_
 INFORMATIVOS RELACIONADOS A SAUDE PUBLICA NAS UNIDADES DE SAUDE E NOS POSTOS DE_x000D_
 SAUDE DO MUNICIPIO._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28109</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28109/158.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28109/158.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO A FUNDACAO SECULO XXI SUGERINDO QUE_x000D_
 A MESMA INSTALE UMA RETRANSMISSORA OU UMA REPETIDORA DA TV SECULO XXI NO_x000D_
 MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28110</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28110/159.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28110/159.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO AO DAER SUGERINDO QUE NO PROJETO DE_x000D_
 DUPLICACAO DA RS 734, OS TREVOS DE ACESSO AOS BAIRROS JARDIM DO SOL E PARQUE_x000D_
 RESIDENCIAL SAO PEDRO SEJAM CONTEMPLADOS COM UM TREVO DE ACESSO SEMELHANTE A_x000D_
 ENTRADA DA FURG CAMPUS CARREIROS.</t>
   </si>
   <si>
     <t>28112</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28112/160.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28112/160.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REMETIDO UM OFICIO A PREFEITURA MUNICIPAL A FIM DE_x000D_
 QUE SEJA FEITO UM ESTUDO DO PONTO DE VISTA FINANCEIRO E TECNICO PARA A_x000D_
 CONSTRUCAO DA PONTE QUE LEVA A RS 734 NO DISTRITO INDUSTRIAL, COMO MOSTRA O_x000D_
 ANEXO.</t>
   </si>
   <si>
     <t>28680</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28680/161.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28680/161.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO SOLICITA QUE DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, NA FORMA_x000D_
 REGIMENTAL, QUE DETERMINE AS SECRETARIAS COMPETENTES, A MELHORIA URBANA,_x000D_
 PAISAGISMO E A REVITALIZACAO DO "ANTIGO CALCADAO NO CASSINO ENTRE A AVENIDA RIO_x000D_
 GRANDE E RUA LISBOA"._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28681</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28681/162.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28681/162.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DEPOIS DE OUVIDA A CASA NA FORMA REGIMENTAL, SEJA_x000D_
 ENCAMINHADA EXPEDIENTE AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, SOLICITANDO_x000D_
 QUE DETERMINE AS SECRETARIAS COMPETENTES AS SEGUINTES INFORMACOES (TIPO DE_x000D_
 CAMPNHA DE ORIENTACAO A RESPEITO DE PROLIFERACAO DE RATOS EM RG, QUEM REALIZA O_x000D_
 TRABALHO? EXISTE TELEFONE DE EMERGENCIA, EXISTEM ESTATISTICAS A RESPEITO DE_x000D_
 VOLUME DE SOLICITACAO DE DESRATIZACAO E EM RELACAO AS DOENCAS E ATENDIMENTOS_x000D_
 REALIZADOS)._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28633</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28633/163.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28633/163.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE A COLOCACAO DE UMA PLACA INDICANDO PROIBIDO_x000D_
 ESTACIONAR NA AV. ATLANTICA COM RUA JULIO DE CASTILHO NO BALNEARIO CASSINO AO_x000D_
 LADO DA PADARIA ESSENCIAL._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28682</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28682/164.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28682/164.pdf</t>
   </si>
   <si>
     <t>REQUER QUE DEPOIS DE OUVIDA A CASA, NA FORMA REGIMENTAL, QUE SEJA_x000D_
 ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL,_x000D_
 DETERMINANDO A SECRETARIA COMPETENTE, ESTUDOS NO SENTIDO DE REVITALIZAR A PRACA_x000D_
 SARAIVA, NO BAIRRO CIDADE NOVA, RECUPERANDO O PARQUE INFANTIL, RECUPERANDO A_x000D_
 PISTA DE CICLISMO, QUADRAS DE ESPORTE AO AR LIVRE E COLOCACAO DE APARELHOS DE_x000D_
 GINASTICA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28115</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28115/165.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28115/165.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA COMPETENTE_x000D_
 ESTUDAR A POSSIBILIDADE DE FIRMAR UM CONVENIO COM O ESTADO, OBJETIVANDO A_x000D_
 CEDENCIA DE UMA AREA NO BAIRRO GETULIO VARGAS PARA O GREMIO ESPORTIVO E_x000D_
 RECREATIVO UNIDOS DA DOM PEDRO II (CUCA) .</t>
   </si>
   <si>
     <t>28116</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28116/166.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28116/166.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR DENTRO DO CORRENTE ANO A IMPLANTACAO DE UMA_x000D_
 PRACA NA VILA MANGUEIRA, UMA VEZ QUE FORAM INDICADOS RECURSOS PARA ESTA OBRA,_x000D_
 ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS VALORES FORAM REPASSADOS_x000D_
 POR ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28117</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28117/167.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28117/167.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO O ESCOAMENTO PLUVIAL E_x000D_
 PAVI-MENTACAO DA RUA LAGOA AZUL, UMA VEZ QUE FORAM INDICADOS RECURSOS PARA ESTA_x000D_
 OBRA, ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS VALORES FORAM_x000D_
 RE-PASSADOS POR ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28118</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28118/168.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28118/168.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO A IMPLANTACAO DE UM_x000D_
 AMBULA-TORIO ODONTOLOGICO NA ILHA DA TOROTAMA, UMA VEZ QUE FORAM INDICADOS_x000D_
 RECURSOS PARA ESTA OBRA, ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS_x000D_
 VALORES FORAM REPASSADOS POR ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28120</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28120/169.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28120/169.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE ATRAVES DA SECRETARIA COMPETENTE,_x000D_
 DETERMINE A REALIZACAO DA REPINTURA DA FAIXA DE SEGURANCA LOCALIZADA EM FRENTE_x000D_
 AO ASILO (RUA 24 DE MAIO)</t>
   </si>
   <si>
     <t>28121</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28121/170.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28121/170.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO O ESCOAMENTO PLUVIAL E_x000D_
 PAVIMENTACAO DA RUA REPUBLICA DO SALVADOR, UMA VEZ QUE FORAM INDICADOS RECURSOS_x000D_
 PARA ESTA OBRA, ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS VALORES_x000D_
 FORAM REPASSADOS POR ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28122</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28122/171.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28122/171.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO O ESCOAMENTO PLUVIAL E_x000D_
 PAVIMENTACAO DA RUA COLOMBIA, UMA VEZ QUE FORAM INDICADOS RECURSOS PARA ESTA_x000D_
 OBRA, ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS VALORES FORAM_x000D_
 REPASSADOS POR ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28123</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28123/172.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28123/172.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO O APARELHAMENTO DE UMA_x000D_
 UTI MOVEL, UMA VEZ QUE FORAM INDICADOS RECURSOS PARA ESTE FIM, ATRAVES DA_x000D_
 EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS VALORES FORAM REPASSADOS POR ESTA CASA_x000D_
 LEGISLATIVA.</t>
   </si>
   <si>
     <t>28124</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28124/173.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28124/173.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO A IMPLANTACAO DO BANCO_x000D_
 DE ALIMENTOS, UMA VEZ QUE FORAM INDICADOS RECURSOS PARA ESTE FIM, ATRAVES DA_x000D_
 EMENDA AGLUTINATIVA (PPA 2006/09), CUJOS VALORES FORAM REPASSADOS POR ESTA CASA_x000D_
 LEGISLATIVA.</t>
   </si>
   <si>
     <t>28634</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28634/174.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28634/174.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE A PINTURA DE UMA FAIXA DE SEGURANCA OU A_x000D_
 INSTALACAO DE UM QUEBRA-MOLA NA AVENIDA HONORIO BICALHO EM FRENTE AO ORGAO_x000D_
 GESTOR DE MAO DE OBRA._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28635</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28635/175.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28635/175.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE A COLOCACAO DE LAMPADAS NOS POSTES_x000D_
 DAS RUAS: 21 No 446; 441; 432; 420; 412A; 372; 154; 111; 407, RUA 10 No 139;_x000D_
 119; 421, RUA 23 No 142; 121; 111, RUA 25 No 437; 144; 438; 423; 424 E TRAVESSA_x000D_
 27 No 128; 472; 302. NO BAIRRO GETULIO VARGAS._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28636</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28636/176.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28636/176.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE A COLOCACAO DE UMA FAIXA DE SEGURANCA NA_x000D_
 AV. JOAO JULIANO ESQUINA RUA DOS VELEIROS EM FRENTE AO POSTO MEDICO NO BAIRRO_x000D_
 PARQUE MARINHA._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28637</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28637/177.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28637/177.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO.SR. PREFEITO MUNICIPAL, QUE SEJA REITERADO A INDICACAO_x000D_
 DE No 384/2007, PROTOCOLADO SOB No 1767/2006, NA QUAL SOLICITA A RESTAURACAO_x000D_
 DAS MESAS DE JOGOS DE DAMA LOCALIZADAS NA PRACA TAMANDARE._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28638</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28638/178.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28638/178.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO.SR. PREFEITO MUNICIPAL, QUE SEJA REITERADO A INDICACAO_x000D_
 DE No 096/2006, PROTOCOLADO SOB No 276/2006, NA QUAL SOLICITA A CONSTRUCAO DE_x000D_
 UM TRAPICHE NA RUA HERMINIO DE MORAES NO BAIRRO BERNADETH._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28639</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28639/179.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28639/179.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE A PODA DAS ARVORES SITUADAS NA RUA_x000D_
 CRISTOVAO COLOMBO ESQUINA AVENIDA PELOTAS, PROXIMAS A SINALEIRA, BAIRRO CIDADE_x000D_
 NOVA._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28669</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28669/180.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28669/180.pdf</t>
   </si>
   <si>
     <t>REQUER(EM), APOS OUVIDA A CASA, NA FORMA REGIMENTAL, SOLICITAR AO_x000D_
 EXECUTIVO MUNICIPAL, A REPARACAO E NIVELAMENTO DA PASSARELA A BEIRA MAR DA RUA_x000D_
 HENRIQUE PANCADA, SE POSSIVEL COLOCAR PLACAS INDICANDO E EXTENSAO DA MESMA,_x000D_
 CONFORME SOLICITACAO DAS PESSOAS QUE USAM A MESMA PARA EXERCICIOS FISICOS._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28670</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28670/181.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28670/181.pdf</t>
   </si>
   <si>
     <t>REQUER(EM), APOS OUVIDA A CASA, NA FORMA REGIMENTAL, SOLICITAR AO_x000D_
 EXECUTIVO MUNICIPAL O ESTUDO DA VIABILIDADE DA SECRETARIA COMPETENTE_x000D_
 INTRODUZIR A OBRIGACAO DE APRESENTACAO DA DECLARACAO MENSAL - ESCRITURACAO_x000D_
 ELETRONICA DO LIVRO FISCAL , POR TODOS CONTRIBUINTES, EXCETO O SERVICO DE_x000D_
 TAXI, TRANSPORTE ESCOLAR E A PRESTACAO DE SERVICO SOBRE A FORMA DE TRABALHO_x000D_
 PESSOAL, A EXEMPLO DE QUE JA OCORRE NAS PREFEITURA DE PELOTAS E PORTO ALEGRE._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28125</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28125/182.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28125/182.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA EFETUADO A MANUTENCAO DO ASFALTO, DA RUA_x000D_
 JACUI, NO BAIRRO PARQUE MARINHA</t>
   </si>
   <si>
     <t>28126</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28126/183.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28126/183.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA REALIZADO O FECHAMENTO DE UM BURACO NAS_x000D_
 PROXIMIDADES DA RESIDENCIA DA RUA RODRIGO DUARTE, No 538 BAIRRO SAO MIGUEL.</t>
   </si>
   <si>
     <t>28684</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28684/184.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28684/184.pdf</t>
   </si>
   <si>
     <t>REQUER QUE DEPOIS DE OUVIDA A CASA, NA FORMA REGIMENTAL, QUE SEJA_x000D_
 ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, NO SENTIDO_x000D_
 QUE DETERMINE A SECRETARIA COMPETENTE, O ASFALTAMENTO DA RUA ILHA DA PINTADA,_x000D_
 NO BAIRRO PARQUE MARINHA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28685</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28685/185.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28685/185.pdf</t>
   </si>
   <si>
     <t>REQUER QUE DEPOIS DE OUVIDA A CASA, NA FORMA REGIMENTAL, QUE SEJA_x000D_
 ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, NO SENTIDO_x000D_
 QUE DETERMINE A SECRETARIA COMPETENTE, A CAPINA GERAL NAS RUAS DO POVO NOVO._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28617</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28617/186.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28617/186.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA A LIMPEZA DAS VALETAS NO BAIRRO SANTA RITA DE_x000D_
 CASSIA, EM ANEXO SEGUE ABAIXO ASSINADO DOS MORADORES DO BAIRRO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28618</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28618/187.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28618/187.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE A MESMA PROVIDENCIE A COLOCACAO DE BUEIROS NO INICIO DA_x000D_
 RUA RECENTEMENTE ABERTA EM FRENTE AO RESERVATORIO DE AGUA, QUE ESTA SITUADO NA_x000D_
 RUA DA PRAIA NA LOCALIDADE DA ILHA DA TOROTAMA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28619</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28619/188.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28619/188.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO, JUNTAMENTE COM AS EMPRESAS DE_x000D_
 TRANSPORTE COLETIVO DESTE MUNICIPIO, PARA QUE SEJA ALTERADA OU CRIADA UMA LINHA_x000D_
 QUE POSSA REALIZAR O SEGUINTE TRAFEGO: RUA OLAVO BILAC, ENG. ELMER LAWSORENSE_x000D_
 CORTTHEILL, PEDRO DE SA FREITAS, RIO BRANCO, RUA PERU, E AV. PELOTAS._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28127</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28127/189.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28127/189.pdf</t>
   </si>
   <si>
     <t>INDICA O ENVIO DE UM OFICIO A PREFEITURA SUGERINDO QUE A MESMA CONSTRUA_x000D_
 UMA ESTACAO DE TRANSBORDO PARA OS ONIBUS CENTRO, JUNCAO E PARQUE MARINHA A_x000D_
 SEMELHANCA DA ESTACAO QUE JA EXISTE NO BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>28128</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28128/190.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28128/190.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMT, SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE REFORCE A_x000D_
 PINTURA DO ESTACIONAMENTO EM FRENTE AO PREDIO DA PREFEITURA MUNICIPAL, NO LARGO_x000D_
 JOAO FERNANDES MOREIRA,A FIM DE DEMARCAR O ESTACIONAMENTO INDIVIDUAL DOS_x000D_
 VEICULOS.</t>
   </si>
   <si>
     <t>28640</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28640/191.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28640/191.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE A COLOCACAO DE TUBOS DE CONCRETO,_x000D_
 PARA ESCOAMENTO DE AGUA, NA RUA ERECHIM ABC 9 ESQUINA CRUZ ALTA, BAIRRO CASSINO._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28129</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28129/192.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28129/192.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA UTILIZADO A MAQUINA NIVELADORA, NA RUA_x000D_
 RADIALISTA GLENIO DE FREITAS, VILA SANTO ANTONIO AO LADO DO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>28620</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28620/193.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28620/193.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DA COLOCADO UM_x000D_
 PORTICO NA ENTRADA DA ESTRADA QUE DA ACESSO A LAGOA MIRIM COM A SEGUINTE_x000D_
 MENSAGEM "BEM VINDO AO BALNEARIO LAGOA MIRIM"._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28130</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28130/194.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28130/194.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA MUNICIPAL DE SERVICOS URBANOS (SMSU) A LIMPEZA_x000D_
 DO TERRENO LOCALIZADO NA ESQUINA DAS RUAS RICARDO RECAMAN COM ROBERTO_x000D_
 SOCOOWISK, PROXIMOS AO PREDIO DA ANTIGA CIBRAZEM.</t>
   </si>
   <si>
     <t>28132</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28132/195.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28132/195.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DE SERVICOS URBANOS (SMSU) A LIMPEZA DO_x000D_
 TERRENO LOCALIZADO NA RUA BARAO DE COTEGIPE, NUMERO 695.</t>
   </si>
   <si>
     <t>28139</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28139/196.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28139/196.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE ATRAVES DA SECRETARIA MUNICIPAL DA SEGURANCA DO_x000D_
 TRANSPORTE E DO TRANSITO - SMSTT - SEJA ESTUDADA A ELABORACAO DE UM PROJETO QUE_x000D_
 TORNE VIAVEL A CONSTRUCAO DE PARADAS OU TERMINAIS DE TRANSPORTE COLETIVO URBANO._x000D_
 REITERA PROCESSOS: No 1.468 DE 27/11/2003, No 278 DE 28/05/2004 E No 36 DE_x000D_
 05/01/2005.</t>
   </si>
   <si>
     <t>28141</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28141/197.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28141/197.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A LIMPEZA NO TERRENO SITUADO ENTRE AS RUAS FRANCISCO_x000D_
 FURTADO GOMES ESQUINA IDELFONSO POESTER, NO BAIRRO PARQUE SAO PEDRO. POR_x000D_
 MOTIVOS DE ESTAR HAVENDO MUITA RECLAMACAO E INSATISFACAO DOS MORADORES QUE_x000D_
 DENUNCIAM QUE HA PROLIFERACAO DE BICHOS, COLOCACAO DE ANIMAIS MORTOS, ENTULHOS_x000D_
 E LIXOS EM GERAL</t>
   </si>
   <si>
     <t>28143</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28143/198.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28143/198.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA JUNTAMENTE COM A RIO GRANDE_x000D_
 AMBIENTAL(PRESTADORA DE SERVICOS DE COLETAGEM DE LIXO E LIMPEZA URBANA), PARA_x000D_
 QUE SEJA DISPONIBILIZADO 01(UM) CONTAINER DE LIXO, NA AV. ITALIA, No 391,_x000D_
 CONDOMINIO PENHA.</t>
   </si>
   <si>
     <t>28146</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28146/199.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28146/199.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA_x000D_
 DISPONIBILIZADO O SERVICO DA MAQUINA NIVELADORA, NA PRACA DE ESPORTE DE FUTEBOL_x000D_
 DE SETE, NAS PROXIMIDADES DA RUA 3, No 316, BAIRRO CIDADE DE AGUEDA.</t>
   </si>
   <si>
     <t>28149</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28149/200.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28149/200.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL_x000D_
 DOS TRANSPORTES E TRANSITO(SMTT), DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE_x000D_
 COLOQUE UMA PLACA INDICATIVA, FLUORESCENTE, NAS MEDIACOES DOS MOLHES DA BARRA,_x000D_
 A FIM DE INDICAR O INICIO DA RODOVIA AV. MAXIMILIANO DA FONSECA.</t>
   </si>
   <si>
     <t>28641</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28641/201.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28641/201.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE A IMPLANTACAO DE UMA PRACINHA NA ESCOLA DE_x000D_
 EDUCACAO ESPECIAL JOSE ALVARES DE AZEVEDO._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28621</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28621/202.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28621/202.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL PARA QUE SEJA COLOCADOS DOIS_x000D_
 REDUTORES DE VELOCIDADE NA AV. ARGENTINA, UM ANTES E OUTRO APOS O CRUZAMENTO_x000D_
 DAS RUAS PINTO BANDEIRA E BOLIVIA._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28155</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28155/203.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28155/203.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO PARA QUE ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS_x000D_
 URBANOS (SMSU) SEJA PROVIDENCIADA A CONSTRUCAO DE UMA PISTA ENSAIBRADA, PARA A_x000D_
 PRATICA DE CAMINHADAS, AO REDOR DA PRACA DA COHAB I, LOCALIZADA ENTRE AS RUAS_x000D_
 CONDE AFONSO CELSO, MARQUES DE MARICA, GENERAL ABREU E TIRADENTES. REITERA_x000D_
 PROCESSO No 009 DE 02/01/2003</t>
   </si>
   <si>
     <t>28642</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28642/204.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28642/204.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE A PINTURA DE FAIXAS DE SEGURANCA PARA_x000D_
 PEDESTRES NA RUA GENERAL NETO COM SILVA PAES._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28158</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28158/205.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28158/205.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE ATRAVES DA SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA, TRANSPORTES E TRANSITO, VIABILIZE ESTUDOS PARA QUE SEJA DESTINADO NO_x000D_
 FINAL DAS PRINCIPAIS RUAS DO CENTRO DA CIDADE, LOCAL PARA ESTACIONAMENTO DE_x000D_
 MOTOCICLETAS. REITERANDO O PROC. 79122/01 E INDICACAO 387/2003.</t>
   </si>
   <si>
     <t>28159</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28159/206.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28159/206.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SERVICOS URBANOS, SOLICITAR A RIO GRANDE AMBIENTAL, A COLOCACAO DE UM CONTAINER_x000D_
 PARA RECOLHIMENTO DE LIXO NA RUA IVACY DE MATTOS GOMES (ENTRE FRANCISCO PASTORE_x000D_
 E MESTRE JERONIMO-VILA DIAS) EM FRENTE AO PARQUE RESIDENCIAL AURORA No 391.</t>
   </si>
   <si>
     <t>28165</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28165/207.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28165/207.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SMOV, REALIZAR A_x000D_
 CONCLUSAO DA PAVIMENTACAO DA AV. ARGENTINA NO TRECHO COMPREENDIDO ENTRE AV._x000D_
 PELOTAS E HENRIQUE PANCADA, REITERANDO A INDICACAO 326/2004.</t>
   </si>
   <si>
     <t>28166</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28166/208.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28166/208.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS POSSIBILIDADES REALIZAR AINDA NO CORRENTE ANO A COLOCACAO DE_x000D_
 EQUIPAMENTOS ESPORTIVOS NA AV. XV DE NOVEMBRO E AV. PORTUGAL, UMA VEZ QUE FORAM_x000D_
 INDICADOS RECURSOS PARA ESTE FIM, ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09),_x000D_
 CUJOS VALORES FORAM REPASSADOS POR ESTA CASA LEGISLATIVA.REITERA A INDICACAO No_x000D_
 87/05.</t>
   </si>
   <si>
     <t>28167</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28167/209.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28167/209.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL QUE, ATRAVES DA SMEC, VIABILIZE ES-TUDOS_x000D_
 PARA QUE SEJA DISPONIBILIZADO O ENSINO FUNDAMENTAL ATE 8a SERIE NA E.M.E.F._x000D_
 ZELLY F. ESMERALDO, NO BAIRRO CIDADE DE AGUEDA.</t>
   </si>
   <si>
     <t>28168</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28168/210.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28168/210.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL QUE, ATRAVES DA SMOV, ESTUDE A_x000D_
 POSSIBILIDADE DE REALIZAR O ASFALTAMENTO NA RUA VISCONDE DE MAUA, NO TRECHO_x000D_
 COMPREENDIDO EN-TRE AS RUAS MARECHAL DEODORO E CRISTOVAO COLOMBO.</t>
   </si>
   <si>
     <t>28643</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28643/211.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28643/211.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE A LIMPEZA DA RUA ILTON MACEDO_x000D_
 GONCALVES NO BAIRRO BERNADETH._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28169</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28169/212.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28169/212.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA COLOCADO_x000D_
 TUBULACAO NA AV.ITALIA, No 391, BAIRRO JARDIM HUMAITA</t>
   </si>
   <si>
     <t>28170</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28170/213.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28170/213.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DA SAUDE ATRAVES DO SETOR DE ZOONOSES UMA INSPECAO NAS ANTIGAS_x000D_
 COXEIRAS DO JOCKEY CLUB BEM COMO NAS AREAS ADJACENTES.</t>
   </si>
   <si>
     <t>28644</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28644/214.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28644/214.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO A SECRETARIA MUNICIPAL DE EDUCACAO QUE SEJA EXPEDIDO OS_x000D_
 COMPROVANTES DE MATRICULA DOS ALUNOS NO FINAL DO ANO LETIVO, PARA QUE OS MESMOS_x000D_
 POSSAM CONFECCIONAR AS CARTEIRAS DE PASSE ESCOLAR NO INICIO DO PROXIMO ANO_x000D_
 LETIVO._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28171</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28171/215.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28171/215.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE, ESTUDAR AS POSSIBILIDADES DE COLOCAR SONORIZADORES OU_x000D_
 REDUTORES DE VELOCIDADE E PLACAS INDICATIVAS, NA RUA AQUIDABAN COM RUA MORON,_x000D_
 OU AINDA, NAO OBSTANTE, NO CRUZAMENTO DA AQUIDABAN COM CANALETE, NO CENTRO.</t>
   </si>
   <si>
     <t>28687</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28687/216.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28687/216.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO IMPLANTACAO DE REDUTORES DE VELOCIDADE EM_x000D_
 FRENTE A EMEF MANOEL MARTINS MANO, NA RUA M, S/N, NO BAIRRO PARQUE SAO PEDRO._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28688</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28688/217.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28688/217.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO IMPLANTACAO DE PAVIMENTACAO DEFINITIVA NA RUA_x000D_
 COLOMBIA EM TODA SUA EXTENSAO NO BAIRRO AMERICA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28690</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28690/218.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28690/218.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO A REVISAO DA REDE PUBLICA DE ILUMINACAO NO_x000D_
 ENTORNO DA EMEF SANT'ANA, LOCALIZADA NA RUA COLOMBIA, 586, NO BAIRRO AMERICA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28175</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28175/219.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28175/219.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA COMPETENTE, DENTRO DAS POSSIBILIDADES,_x000D_
 REALIZAR AINDA NO CORRENTE ANO A IMPLANTACAO DE UMA PRACA COM PLAY GROUND EM_x000D_
 FRENTE A ESCOLA RIO BRANCO NA AV. DOS BANDEIRANTES, UMA VEZ QUE FORAM INDICADOS_x000D_
 RECURSOS PARA ESTA OBRA, ATRAVES DA EMENDA AGLUTINATIVA (PPA 2006/09) E CUJOS_x000D_
 VALORES FORAM REPASSADOS POR ESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>28178</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28178/220.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28178/220.pdf</t>
   </si>
   <si>
     <t>ESTUDAR A POSSIBILIDADE, ATRAVES DA SECRETARIA COMPETENTE, DE AUTORIZAR_x000D_
 EM LEI A PRORROGACAO DO PRAZO DO PROGRAMA RIO GRANDE REGULARIZADO, ALTERANDO O_x000D_
 CONSTANTE DO ARTIGO 1o DA LEI No 6429 DE 28/08/2007, PARA 31 DE DEZEMBRO DE_x000D_
 2008.</t>
   </si>
   <si>
     <t>28622</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28622/221.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28622/221.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO, PARA QUE A MESMA REALIZE A COLOCACAO_x000D_
 DE UM REDUTOR DE VELOCIDADE E UMA FAIXA DE SEGURANCA NA RUA ROBERTO SOCOOWSKI_x000D_
 PROXIMO A ENTRADA DA RUA IRMAO ISICIO (ANTIGA RUA"H") VIA ESTA QUE DA ACESSO A_x000D_
 ESCOLA MUNICIPAL JOAO DE OLIVEIRA MARTINS DO BAIRRO CASTELO BRANCO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28671</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28671/222.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28671/222.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL QUE AS RECEITAS FORNECIDAS AOS_x000D_
 PACIENTES DA ASORAN SEJAM ACEITAS PELO PAM._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28645</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28645/223.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28645/223.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE O ESTUDO DA COLOCACAO DE UMA_x000D_
 SINALEIRA NA RUA GENERAL VITORINO ESQUINA GENERAL CANABARRO._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28646</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28646/224.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28646/224.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE O ESTUDO DO ESTACIONAMENTO DA RUA_x000D_
 GENERAL VITORINO SER NO LADO DIREITO ENTRE AS 	RUAS MAJOR CARLOS PINTO E_x000D_
 GENERAL CANABARRO. TAL SOLICITACAO SE FAZ NECESSARIO DEVIDO A SEGURANCA DOS_x000D_
 CIDADAOS QUE UTILIZAM A REFERIDA RUA._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28647</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28647/225.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28647/225.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO CORRESPONDENCIA AO EXMO.SR. PREFEITO MUNICIPAL,_x000D_
 SOLICITANDO QUE ENCAMINHE A ESTA CASA LEGISLATIVA UM PROJETO DE LEI QUE CRIA O_x000D_
 SELO DE ACESSIBILIDADE. O REFERIDO SELO SERA COLOCADO EM PREDIOS PUBLICOS,_x000D_
 COMERCIAIS, CULTURAIS E DEMAIS QUE TENHAM EM SEU ESPACO FISICOS LOCAIS_x000D_
 ADAPTADOS PARA PORTADORES DE NECESSIDADES ESPECIAIS._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28180</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28180/226.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28180/226.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL UMA CANCHA DE_x000D_
 BOCHA ASFALTICA OFICIAL, NA AVENIDA ATLANTICA, BALNEARIO DO CASSINO.</t>
   </si>
   <si>
     <t>28182</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28182/227.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28182/227.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA REALIZADO O FECHAMENTO DOS BURACOS, NA RUA_x000D_
 06, MARCIANO ESPINDOLA, BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>28672</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28672/228.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28672/228.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE NA MEDIDA DO POSSIVEL SEJA_x000D_
 PROVIDENCIADO O CONSERTO DOS APARELHOS ODONTOLOGICOS DO POSTO 4 EM PARTICULAR A_x000D_
 CANETA DE AUTO ROTACAO QUE IMPEDE O PROCEDIMENTO DE RESTAURACAO, CONFORME_x000D_
 SOLICITACAO DE PACIENTES QUE USAM ESTE PROCEDIMENTO._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28691</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28691/229.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28691/229.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, A LIMPEZA E RECUPERACAO DOS CANTEIROS E SUAS RESPECTIVAS_x000D_
 CALCADAS NA RUA DUQUE DE CAXIAS._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28184</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28184/230.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28184/230.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL MUTIRAO NA PREVENCAO A DENGUE NA CIDADE_x000D_
 DO RIO GRANDE.</t>
   </si>
   <si>
     <t>28186</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28186/231.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28186/231.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL INFORMACOES DA SECRETARIA_x000D_
 MUNICIPAL DE SERVICOS URBANOS DE COMO ANDA O PROJETO QUE VISAVA INSTALAR UM_x000D_
 BANHEIRO NO LOGRADOURO PUBLICO, SITUADO NA CONFLUENCIA DA AVENIDA SANTOS DUMONT_x000D_
 COM A JOSE BONIFACIO.</t>
   </si>
   <si>
     <t>28188</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28188/232.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28188/232.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE OBRAS E VIACAO - SMOV REFACA COM SAIBRO O RECUO PARA OS TAXISTAS_x000D_
 NO LOGRADOURO PUBLICO, SITUADO NA CONFLUENCIA DA AVENIDA SANTOS DUMONT COM A_x000D_
 JOSE BONIFACIO.</t>
   </si>
   <si>
     <t>28673</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28673/233.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28673/233.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, A POSSIBILIDADE DE SER IMPLANTADA UMA_x000D_
 SINALIZACAO PARA REDUCAO DE VELOCIDADE NA RUA LINDOMAR RODRIGUES ESQUINA RUA_x000D_
 M DA ESCOLA JOAO DE OLIVEIRA NO BAIRRO CASTELO BRANCO, CONFORME SOLICITACAO DOS_x000D_
 MORADORES._x000D_
 _x000D_
 PROPONENTE: VER. DELANIR FREITAS (NINA) - 1° SECRETARIA DA MESA DIRETORA.</t>
   </si>
   <si>
     <t>28692</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28692/234.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28692/234.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES DA COMISSAO DE SAUDE, EDUCACAO, ASSISTENCIA SOCIAL,_x000D_
 TURISMO, MEIO AMBIENTE, PESCA E AGRICULTURA INFRA-ASSINADOS, NO USO DE SUAS_x000D_
 ATRIBUICOES LEGAIS, SUBMETE A APRECIACAO DA CAMARA MUNICIPAL DO RIO GRANDE A_x000D_
 SEGUINTE INDICACAO: PROPOSTA DE CRIACAO DO "COMPLEXO INDUSTRIAL DA SAUDE - CIS"_x000D_
 COM A FORMACAO DO "CONDOMINIO FARMACEUTICO", E REQUER QUE DEPOIS DE OUVIDA A_x000D_
 CASA, NA FORMA REGIMENTAL, SEJA OFICIADA AO EXCELENTISSIMO SENHOR PREFEITO_x000D_
 MUNICIPAL, SOLICITANDO SUA MANIFESTACAO SOBRE TAL PROPOSTA._x000D_
 SEGUE EM ANEXO DOCUMENTACOES DA REFERIDA PROPOSTA E SEU ESTUDO DA VIABILIDADE,_x000D_
 A QUAL JA POSSUIU EMENDA PARLAMENTAR._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28189</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28189/235.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28189/235.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO SOLICITANDO AO EXECUTIVO MUNICIPAL PARA QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE EDUCACAO - SMEC - SEJA ESTUDADA A_x000D_
 VIABILIDADE CONSTRUCAO DE UM GINASIO DE ESPORTES NA ESCOLA MUNICIPAL DE ENSINO_x000D_
 FUNDAMENTAL FREDERICO ERNESTO BUCHHOLZ.</t>
   </si>
   <si>
     <t>28693</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28693/236.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28693/236.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO A ELABORACAO DE ESTUDOS NO SENTIDO DE PROCEDER,_x000D_
 COM URGENCIA, A LIMPEZA DOS TERRENOS BALDIOS NA RUA JAMES DARCY, NA FRENTE DA_x000D_
 EMEF ASSIS BRASIL E TAMBEM NO SEU ENTORNO, NO BAIRRO SANTA ROSA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28694</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28694/237.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28694/237.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO QUE DETERMINE AS SECRETARIAS COMPETENTES AS_x000D_
 SEGUINTES INFORMACOES:_x000D_
 -	COMO E REALIZADA A COLETA DE LIXO NA AREA RURAL? (EMBALAGENS DE ADUBO, DE_x000D_
 INSETICIDAS)._x000D_
 -	QUEM FISCALIZA E QUEM ORIENTA A POPULACAO RURAL REFERENTE AO LIXO?_x000D_
 -	QUAL A CONDICAO DE SANEAMENTO NA AREA RURAL, PRINCIPALMENTE O ESGOTO?_x000D_
 -	COMO E REALIZADO O ABASTECIMENTO DE AGUA NO MEIO RURAL?_x000D_
 -	EXISTEM ESTATISTICAS REFERENTES AS DOENCAS EXISTENTES NA AREA RURAL? QUAIS_x000D_
 DOENCAS SAO LISTADAS?_x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28695</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28695/238.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28695/238.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO QUE DETERMINE AS SECRETARIAS COMPETENTES AS_x000D_
 SEGUINTES INFORMACOES SOBRE AS ATIVIDADES DE RECICLAGEM DO LIXO EM RIO GRANDE:_x000D_
 1. HA UMA REGULAMENTACAO E UMA POLITICA DE ACOMPANHAMENTO DAS ATIVIDADES DOS_x000D_
 CARRINHEIROS OU CATADORES/AGENTES AMBIENTAIS DE PAPEL EM RIO GRANDE? 2.	QUAL E_x000D_
 A SITUACAO DO CADASTRO DE CONTROLE DESSAS ATIVIDADES?_x000D_
 3. EXISTEM COOPERATIVAS, ASSOCIACOES OU RECICLADORAS DESSES TRABALHADORES?_x000D_
 4. OS VALORES PRATICADOS PELOS DEPOSITOS DE PAPEL NA AQUISICAO DO MATERIAL_x000D_
 COLETADO PELAS RUAS SAO DE CONHECIMENTO DESSA MUNICIPALIDADE? 5. HA UMA_x000D_
 REGULAMENTACAO FISCAL DAS ATIVIDADES DOS DEPOSITOS DE PAPEL/RECICLADORES DE RIO_x000D_
 GRANDE? 6. EXISTE ALGUMA CAMPANHA DE ESCLARECIMENTO, PROGRAMA, INFORMACAO OU_x000D_
 EDUCACAO SOBRE A DISPOSICAO DE RESIDUOS SOLIDOS URBANOS? 7. COMO E ESTABELECIDO_x000D_
 O CONSENSO ENTRE OS PROGRAMAS E OS CARRINHEIROS OU CATADORES/AGENTES AMBIENTAIS_x000D_
 DE PAPEL, SENDO QUE OS MESMOS ATUAM COM O MESMO OBJETIVO DE TRABALHO?_x000D_
 8.	EXISTE UMA PROGRAMACAO DE NOVAS CAMPANHAS DE CONSCIENTIZACAO SOBRE A_x000D_
 RECICLAGEM DO LIXO?_x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28696</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28696/239.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28696/239.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, A ELABORACAO DE ESTUDOS NO SENTIDO DE_x000D_
 PROCEDER A IMPLANTACAO DE MANILHAMENTO NAS RUAS JAMES DARCY E RUA SOLANO_x000D_
 RODRIGUES DE COIMBRA, SITUADAS EM FRENTE E ATRAS DA ESCOLA DA EMEF ASSIS_x000D_
 BRASIL, NO BAIRRO SANTA ROSA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28697</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28697/240.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28697/240.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO A MELHORIA DA ILUMINACAO PUBLICA NO ENTORNO DA_x000D_
 EMEF ASSIS BRASIL, NO BAIRRO SANTA ROSA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28698</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28698/241.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28698/241.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, SOLICITANDO A PODA DE ARVORES NA RUA JAMES DARCY E NAS_x000D_
 PROXIMIDADES DA EMEF ASSIS BRASIL NO BAIRRO SANTA ROSA._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28623</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28623/242.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28623/242.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA COLOCACAO DE LATOES DE LIXO NAS LOCALIDADES DO_x000D_
 INTERIOR DO MUNICIPIO, (TAIM, POVO NOVO, ENTRE OUTRAS) CONFORME OS EXISTENTES A_x000D_
 BEIRA MAR NO PERIODO DE VERANEIO._x000D_
 _x000D_
 PROPONENTE: VER. JURANDIR PEREIRA - LÍDER DA BANCADA DO PTB.</t>
   </si>
   <si>
     <t>28191</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28191/243.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28191/243.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL DE RIO_x000D_
 GRANDE PRIMEIRAMENTE QUESTIONANDO A MESMA EM, RELACAO A EXTINCAO DO USO DA_x000D_
 CARTERINHA DE TAXISTA, A QUAL ERA GRATUITA, E EM VEZ DESTA, ESTAO EXIGINDO_x000D_
 ALVARA O QUAL TEM UMA TAXA DE R$ 58,00 E UMA MENSALIDADE DE R$ 3,50, E EM_x000D_
 SEGUNDO LUGAR, SOLICITANDO A MESMA QUE RETORNE O SISTEMA ANTERIOR.</t>
   </si>
   <si>
     <t>28193</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28193/244.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28193/244.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA COMPETENTE SEJA INFORMADA QUAL AREA DISPONIVEL PARA QUE SEJA_x000D_
 VIABILIZADO UM PROJETO HABITACIONAL PARA POLICIAIS CIVIS E MILITARES DO_x000D_
 MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28195</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28195/245.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28195/245.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE, PARA QUE SEJA EFETUADA A LIMPEZA NOS LAGOS E_x000D_
 RESERVATORIOS, DA PRACA TAMANDARE.</t>
   </si>
   <si>
     <t>28648</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28648/246.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28648/246.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE A LIMPEZA DOS LAGOS ARTIFICIAIS_x000D_
 EXISTENTES NA PRACA TAMANDARE. TAL SOLICITACAO SE FAZ NECESSARIO DEVIDO A PRACA_x000D_
 SER UM CARTAO POSTAL DE NOSSA CIDADE E PELA IMPORTANCIA DA PREVENCAO CONTRA O_x000D_
 MOSQUITO DA DENGUE._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28197</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28197/247.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28197/247.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SMOV, SEJA REALIZADO O ASFALTAMENTO DA RUA DR._x000D_
 NASCIMENTO, NO TRECHO COMPREENDIDO ENTRE A RUA GEN. CANABARRO E MAJOR CARLOS_x000D_
 PINTO, EM RAZAO DAS MAS CONDICOES DE TRAFEGABI-LIDADE DA REFERIDA RUA E TAMBEM_x000D_
 POR SER UMA VIA DE INTENSO TRANSITO DE VEICULOS, REITERANDO A INDICACAO No_x000D_
 15/2005.REQUER URGENCIA</t>
   </si>
   <si>
     <t>28198</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28198/248.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28198/248.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, NA FORMA REGIMENTAL, APOS_x000D_
 OUVIDA A CASA, INDICAR AO EXECUTIVO MUNICIPAL QUE SOLICITE JUNTO A SMOV A_x000D_
 COLOCACAO DE SAIBRO OU CASCALHO DE ASFALTO NA ESTRADA DA ILHA DO LEONIDIO,_x000D_
 TRECHO QUE COMPREENDE A ANTIGA VENDA DO BARROCO ATE O FINAL DA LINHA DO ONIBUS.</t>
   </si>
   <si>
     <t>28649</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28649/249.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28649/249.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A SECRETARIA COMPETENTE A LIMPEZA E O ESTUDO SOBRE A_x000D_
 POSSIBILIDADE DE COLOCACAO DE SAIBRO NA RUA JORNALISTA MAURICIO SIROTSKY_x000D_
 SOBRINHO, BAIRRO HIDRAULICA._x000D_
 _x000D_
 PROPONENTE: VER. MOISÉS MARIMON - BANCADA DO PSDB.</t>
   </si>
   <si>
     <t>28699</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28699/250.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28699/250.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ABAIXO ASSINADA REQUER QUE DEPOIS DE OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO EXPEDIENTE AO EXCELENTISSIMO SENHOR_x000D_
 PREFEITO MUNICIPAL, NO SENTIDO QUE DETERMINE A SECRETARIA COMPETENTE,_x000D_
 SOLICITANDO ESTUDO DE VIABILIDADE PARA IMPLEMENTACAO DE UMA LINHA DE ONIBUS NA_x000D_
 ILHA DOS MARINHEIROS._x000D_
 _x000D_
 PROPONENTE: VER. SURAMA SANTOS - PSDB.</t>
   </si>
   <si>
     <t>28208</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28208/251.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28208/251.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO_x000D_
 QUE A MESMA DISPONIBILIZE GUARDAS MUNICIPAIS NOS PREDIOS HISTORICOS QUE FICAM_x000D_
 ABERTOS DURANTE O HORARIO COMERCIAL, ESPECIALMENTE DEFRONTE A IGREJA DO CARMO_x000D_
 E A CATEDRAL DE SAO PEDRO.</t>
   </si>
   <si>
     <t>28209</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28209/252.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28209/252.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA, DOS TRANSPORTES E DO TRANSITO - SMSTT QUE PROCEDA A_x000D_
 INSTALACAO DE DUAS VAGAS DE ESTACIONAMENTO DE VEICULOS PARA DEFICIENTES EM_x000D_
 FRENTE AOS HOSPITAIS DA SANTA CASA E UNIVERSITARIO.</t>
   </si>
   <si>
     <t>28210</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28210/253.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28210/253.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA, DOS TRANSPORTES E DO TRANSITO - SMSTT, 	QUE SOLICITE A_x000D_
 DIRECAO DA EMPRESA NOIVA DO MAR QUE DETERMINE A SEUS FUNCIONARIOS QUE PAREM OS_x000D_
 COLETIVOS DA LINHA CASSINO NA RS 734 EM FRENTE AO HARAS POTRA MORENA, ONDE_x000D_
 EXISTE UMA PARADA DE ONIBUS.</t>
   </si>
   <si>
     <t>28211</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28211/254.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28211/254.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA, DOS TRANSPORTES E DO TRANSITO - SMSTT QUE INFORME SE QUANDO DA_x000D_
 INSTALACAO DO ESTACIONAMENTO ROTATIVO FICOU PRESERVADA A AREA DOS FRETEIROS_x000D_
 SITUADA NA RUA REPUBLICA DO LIBANO ESQUINA BENJAMIN CONSTANTE.</t>
   </si>
   <si>
     <t>28213</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28213/255.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28213/255.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE, SMTT(SECRETARIA MUNICIPAL DOS TRANSPORTES E TRANSITO)_x000D_
 ESTUDAR AS POSSIBILIDADES DE COLOCAR REDUTORES DE VELOCIDADE NA RUA DOS_x000D_
 VELEIROS EM FRENTE AO No 399, E PLACAS INDICATIVAS DE PARE, NA RUA DOS_x000D_
 VELEIROS ESQUINA RUA DOS ROCHEDOS, PARQUE MARINHA.</t>
   </si>
   <si>
     <t>28214</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28214/256.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28214/256.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA JUNTAMENTE COM A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE, PARA QUE SEJA ESTUDADO A POSSIBILIDADE DE CONSTRUCAO DE_x000D_
 SAIDAS DE EMERGENCIAS NAS ESCOLAS MUNICIPAIS, ASSIM COMO, A FORMACAO DE EQUIPES_x000D_
 DE BRIGADA DE INCENDIO COM PROFESSORES E DIRIGENTES.</t>
   </si>
   <si>
     <t>28216</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28216/261.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28216/261.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA_x000D_
 PROVIDENCIADA A INSTALACAO DE UMA SINALEIRA NO CRUZAMENTO DAS AVENIDAS PRIMEIRO_x000D_
 DE MAIO E ARGENTINA.</t>
   </si>
   <si>
     <t>28218</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28218/265.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28218/265.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SUGERINDO QUE,_x000D_
 NOS PROXIMOS CONCURSOS PUBLICOS REALIZADOS PELO EXECUTIVO MUNICIPAL, PROCURE_x000D_
 EVITAR QUE A PROVA SEJA REALIZADA AOS SABADOS DURANTE O DIA.</t>
   </si>
   <si>
     <t>28221</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28221/266.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28221/266.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA PROVIDENCIADA_x000D_
 A INSTALACAO DE UMA SINALEIRA NO CRUZAMENTO DAS RUAS CARLOS GOMES COM A RUA_x000D_
 CANABARRO, PROXIMO A ESCOLA ESTADUAL DE ENSINO MEDIO BIBIANO DE ALMEIDA.</t>
   </si>
   <si>
     <t>28224</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28224/268.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28224/268.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA COLOCADO UM_x000D_
 "CAVALINHO" NO SISTEMA DE ESGOTO DA RUA RUI BARBOSA, PROXIMO AO No 68, BAIRRO_x000D_
 SANTA TEREZA.</t>
   </si>
   <si>
     <t>28225</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28225/269.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28225/269.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA COLOCADO_x000D_
 UM "CAVALINHO" NO SISTEMA DE ESGOTO DA RUA MARECHAL RONDON ESQUINA RUA LEAO_x000D_
 XIII, ASSIM COMO O CONSERTO DA REFERIDA BOCA DE LOBO, NO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>28226</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28226/271.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28226/271.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO A SECRETARIA_x000D_
 COMPETENTE, A CONSTRUCAO E COLOCACAO DE UM MONUMENTO, NO KILOMETRO ZERO DA BR_x000D_
 392, EM HOMENAGEM AOS CAMINHONEIROS.</t>
   </si>
   <si>
     <t>28229</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28229/272.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28229/272.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SECRETARIA COMPETENTE, SOLICITE A ADMINISTRACAO DO_x000D_
 FIGUEIRAS SHOPPING QUE SEJAM TOMADAS AS DEVIDAS PROVIDENCIAS NO SENTIDO DE_x000D_
 REALIZAR AS OBRAS NECESSARIAS NA CALCADA AO LADO DO ESTACIONAMENTO, NA RUA 3 DE_x000D_
 JULHO, EM RAZAO DAS MAS CONDICOES DA MESMA E POR SER UMA VIA DE GRANDE FLUXO DE_x000D_
 PESSOAS, POIS DA A-CESSO A ESCOLA BARAO DO CERRO LARGO.REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28235</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28235/275.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28235/275.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SUGERINDO QUE_x000D_
 SEJA REALIZADO UM CONCURSO PARA GEOGRAFOS, PARA ATUAR NAS SECRETARIAS_x000D_
 MUNICIPAIS DE MEIO AMBIENTE E DA COORDENACAO E PLANEJAMENTO.</t>
   </si>
   <si>
     <t>28236</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28236/276.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28236/276.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SUGERINDO QUE_x000D_
 OS GRUPOS DE ESCOTEIROS DO MUNICIPIO DE RIO GRANDE SEJAM ISENTOS DE PAGAR_x000D_
 PASSAGENS, A SEMELHANCA DO QUE OCORRE EM OUTROS MUNICIPIOS.</t>
   </si>
   <si>
     <t>28238</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28238/278.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28238/278.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE ATRAVES DA SECRETARIA COMPETENTE, DE_x000D_
 REALIZAR A SUBSTITUICAO DAS LAMPADAS DA RUA WALTER RAMOS LAJES POR DO TIPO_x000D_
 VAPOR DE SODIO, EM RAZAO DAS MAS CONDICOES DE ILUMINACAO DA REFERIDA RUA E_x000D_
 TAMBEM POR SER UMA REIVINDICACAO DA COMUNIDADE. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28240</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28240/279.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28240/279.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SMSTT PROVIDENCIAR A SUBSTITUICAO DO ABRIGO DA PARADA_x000D_
 DE ONIBUS LOCALIZADA NA RUA AQUIDABAN, EM FRENTE A PRACA SAO JOSE DO NORTE, POR_x000D_
 UM MAIOR E ADEQUADO, UMA VEZ QUE A REFERIDA PARADA E BASTANTE UTILIZADA_x000D_
 DIARIAMENTE PELAS PESSOAS QUE DEPENDEM DO TRANS-PORTE COLETIVO, PRINCIPALMENTE_x000D_
 AS QUE SE DESLOCAM DO HOSPITAL UNIVERSITARIO E SANTA CASA, FICANDO AS MESMAS_x000D_
 SUJEITAS A INTEMPERIE, PELO FATO DE QUE O ATUAL ABRIGO NAO OFERECE CONDICOES E_x000D_
 NEM COMPORTA O NUMERO DE USUARIOS. OUTROSSIM, SUGIRO QUE SEJA ESTUDADA A_x000D_
 POSSIBILIDADE DE CONVENIO COM EMPRESAS LOCALIZADAS NAS PROXIMIDADES, ENTRE_x000D_
 ELAS: AQUARELA TINTAS, FARMACIAS MANCHESTER E SUPERMERCADOS GUANABARA. REQUER_x000D_
 URGENCIA.</t>
   </si>
   <si>
     <t>28242</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28242/280.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28242/280.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA SOLICITANDO QUE SEJA_x000D_
 COLOCADO UM MICROCOMPUTADOR COM ACESSO A INTERNET NO TEATRO MUNICIPAL, A FIM DE_x000D_
 QUE OS FUNCIONARIOS POSSAM ENVIAR A PROGRAMACAO DE ATIVIDADES POR E-MAIL_x000D_
 AOS CLIENTES DO TEATRO. ALEM DE SUGERIR AO TEATRO QUE SEJA CRIADA UMA PAGINA NA_x000D_
 INTERNET CONTANDO A SUA HISTORIA.</t>
   </si>
   <si>
     <t>28245</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28245/281.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28245/281.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA E A ECOSUL SOLICITANDO_x000D_
 QUE SEJAM COLOCADAS PLACAS DE TURISMO INDICATIVAS PARA O RECANTO NOSSA SENHORA_x000D_
 DE LOURDES, LOCALIZADO NA ILHA DOS MARINHEIROS, TANTO PELO ACESSO PELA BR 392_x000D_
 QUANTO NAS OUTRAS VIAS DE ACESSO.</t>
   </si>
   <si>
     <t>28248</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28248/283.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28248/283.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE JUNTO A SMSU, DE SUBSTITUIR O ATUAL LOCAL DE_x000D_
 ATENDIMENTO DOS SERVICOS DE ENGRAXATE DA PRACA TAMANDARE POR UM QUIOSQUE_x000D_
 PADRONIZADO, EM RAZAO DE QUE HA MAIS DE 40 ANOS ESSE SERVICO E OFERECIDO A_x000D_
 COMUNIDADE, POREM O LOCAL SE ENCONTRA EM PESSIMAS CONDICOES DE CONSERVACAO, E_x000D_
 FICANDO EM DESIGUALDADE AOS DEMAIS QUIOSQUES.</t>
   </si>
   <si>
     <t>28250</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28250/284.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28250/284.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE, SMTT(SECRETARIA MUNICIPAL DOS TRANSPORTES E TRANSITO)_x000D_
 ESTUDAR AS POSSIBILIDADES DE COLOCAR REDUTORES DE VELOCIDADE, SINALIZACAO_x000D_
 PERTINENTE, NA RUA JOAO MANOEL PEREIRA, PROXIMIDADES DO POSTO DE SAUDE DO_x000D_
 PARQUE MARINHA.</t>
   </si>
   <si>
     <t>28252</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28252/285.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28252/285.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE TENHA A INICIATIVA DE SOLICITAR_x000D_
 A SOLIDA PARCERIA DA PETROBRAS-TRANSPETRO, POLICIA RODOVIARIA FEDERAL, BRIGADA_x000D_
 MILITAR, SUPERINTENDENCIA DO PORTO, AMERICA LATINA LOGISTICA, ECOSUL RODOVIAS,_x000D_
 CENTRO DAS INDUSTRIAS, PREFEITURA MUNICIPAL, DE A FIM DE CONSTRUIREM UM POSTO_x000D_
 DE REFERENCIA, NAS PROXIMIDADES DA VILA MANGUEIRA, AV. MAXIMILIANO DA FONSECA,_x000D_
 4a SECCAO DA BARRA, NESTA.</t>
   </si>
   <si>
     <t>28256</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28256/286.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28256/286.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE REALIZE ESFORCOS JUNTO A DIRECAO DA_x000D_
 AMERICA LATINA LOGISTICA - ALL PARA QUE SEJA CRIADA MAIS UMA PASSAGEM DE NIVEL_x000D_
 NO POVO NOVO , PRINCIPALMENTE NAS PROXIMIDADES DA RUA VEREADOR CARLOS MENDONCA MACHADO EM DIRECAO A ROCHA VELHA/JACARE E BOQUEIRAO.</t>
   </si>
   <si>
     <t>28258</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28258/287.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28258/287.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO, PARA QUE A EMPRESA COTISTA RETORNE AO_x000D_
 ANTIGO TRAJETO QUE ERA FEITO PELO ONIBUS QUE FAZ A LINHA DO TAIM.</t>
   </si>
   <si>
     <t>28260</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28260/288.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28260/288.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA COLOCADO_x000D_
 UM "CAVALINHO" NO SISTEMA DE ESGOTO DA RUA CARLOS VIGNOLI ESQUINA RUA SAO_x000D_
 FRANCISCO DE ASSIS, NO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>28263</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28263/289.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28263/289.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMMT, SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE E TRANSITO, PARA QUE ESTUDE A VIABILIDADE NA COLOCACAO_x000D_
 DE 01(UM) ABRIGO DE ONIBUS,EM FRENTE AO ASILO DE POBRES, NA RUA 24 DE MAIO,_x000D_
 CENTRO, ASSIM COM A PINTURA NA CALCADA DEMARCANDO O LOCAL DA PARADA DE ONIBUS.</t>
   </si>
   <si>
     <t>28264</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28264/290.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28264/290.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMTT, SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE E TRANSITO, PARA QUE SEJA EFETUADO O REPARO NO ABRIGO_x000D_
 DE ONIBUS, DA RUA MARECHAL RONDON, EM FRENTE AO No 253, BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>28266</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28266/291.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28266/291.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 ATRAVES DE PROJETO DE LEI A CRIACAO DO SISTEMA CICLOVIARIO NO MUNICIPIO DE RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>28270</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28270/293.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28270/293.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA_x000D_
 DISPONIBILIZADO AOS DOMINGOS E FERIADOS, DOIS HORARIOS ENTRE AS 06:15H E 07:38H_x000D_
 PARA AS LINHAS PARQUE SAO PEDRO E/OU BARRA, PARTINDO DO ABRIGO CENTRAL NA PRACA_x000D_
 TAMANDARE.</t>
   </si>
   <si>
     <t>28272</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28272/294.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28272/294.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMTT, SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE E TRANSITO, PARA QUE ESTUDE A POSSIBILIDADE NA_x000D_
 COLOCACAO DE 01(UM) SEMAFORO, NO CRUZAMENTO DA RUA VAL PORTO COM RUA HEITOR_x000D_
 AMARO BARCELLOS, PROXIMIDADES DA REFINARIA DE PETROLEO IPIRANGA.</t>
   </si>
   <si>
     <t>28277</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28277/295.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28277/295.pdf</t>
   </si>
   <si>
     <t>QUE ENVIE A ESTA CASA LEGISLATIVA, PROJETO DE LEI AMPLIANDO O PERIODO_x000D_
 DA LICENCA-MATERNIDADE DAS FUNCIONARIAS PUBLICAS DE 4 PARA 6 MESES, A EXEMPLO_x000D_
 DE 40 MUNICIPIOS EM TODO O PAIS, INCLUINDO AS PREFEITURAS DE SAO LEOPOLDO E_x000D_
 PORTO ALEGRE. A PRESENTE SOLICITACAO TEM POR OBJETIVO FORTALECER O VINCULO_x000D_
 AFETIVO ENTRE MAE E FILHO E ASSISTENCIA ADEQUADA AO RECEM-NASCIDO ATE OS SEIS_x000D_
 MESES. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28278</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28278/298.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28278/298.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REITERADA A INDICACAO No. 000311/2005, PROCESSO No._x000D_
 791, O QUAL SOLICITA AO EXECUTIVO MUNICIPAL QUE SEJA ADOTADA A LEI 10.867 QUE_x000D_
 DISPOE SOBRE A AUTORIZACAO DOS MUNICIPIOS DE POPULACAO ENTRE 50 (CINQUENTA) E_x000D_
 500 (QUINHENTOS) MIL HABITANTES A TEREM GUARDA MUNICIPAL COM PORTE DE ARMAS.</t>
   </si>
   <si>
     <t>28280</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28280/299.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28280/299.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REITERADA A INDICACAO No. 381/2007, PROCESSO No._x000D_
 1762/2007, O QUAL SOLICITAVA A RECUPERACAO DA CALCADA DA PRACA SETE E DO_x000D_
 CANTEIRO CENTRAL DA RUA DUQUE DE CAXIAS, TENDO EM VISTA QUE A PEDRA UTILIZADA_x000D_
 NOS REFERIDOS LOCAIS E O MESMO BASALTO QUE EXISTE NA CALCADA DO PALACIO_x000D_
 PIRATINI, LOCALIZADO NA CIDADE DE PORTO ALEGRE.</t>
   </si>
   <si>
     <t>28293</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28293/300.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28293/300.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO A_x000D_
 CRIACAO DE UM PROGRAMA PARA QUE SEJAM INSTALADOS BANHEIROS QUIMICOS OU DE_x000D_
 ALVENARIA EM TODOS OS PONTOS DE TAXI DO MUNICIPIO DE RIO GRANDE TENDO EM VISTA_x000D_
 QUE ESTES SERVIRAO TANTO PARA OS TAXISTAS QUANTO PARA OS TURISTAS.</t>
   </si>
   <si>
     <t>28296</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28296/301.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28296/301.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA PROVIDENCIADA_x000D_
 A COLOCACAO DE UM ABRIGO DE ONIBUS NA BR - 392, KM 10.</t>
   </si>
   <si>
     <t>28299</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28299/302.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28299/302.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 COPIA DE CONTRATO OU OUTRO DOCUMENTO QUE COMPROVE A ENCOMENDA DO MONUMENTO_x000D_
 ESCULTURAL EM HOMENAGEM A RAFAEL PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>28301</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28301/303.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28301/303.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, NA FORMA REGIMENTAL, APOS OUVIDA A_x000D_
 CASA, SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL QUE DESIGNE A_x000D_
 SECRETARIA COMPETENTE A COLOCACAO DE UM SEMAFORO NA ENTRADA DOS BAIRROS PARQUE_x000D_
 COELHO E BERNADETH.</t>
   </si>
   <si>
     <t>28305</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28305/304.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28305/304.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA PROVIDENCIADA_x000D_
 A RE-COLOCACAO DO ABRIGO DE ONIBUS NA FRENTE DA RUA HUMBERTO CAMPOS, NO_x000D_
 SENANDES, SENTIDO CASSINO/CENTRO.</t>
   </si>
   <si>
     <t>28307</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28307/305.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28307/305.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DA SEGURANCA, TRANSPORTES E_x000D_
 TRANSITO, VIABILIZE ESTUDOS PARA A IMPLANTACAO DE UM SEMAFORO PARA PEDESTRES NO_x000D_
 CRUZAMENTO DAS AVENIDAS MAJOR CARLOS PINTO E RHEINGANTZ. TAL MEDIDA SE FAZ_x000D_
 NECESSARIA PARA REDUZIR A VELOCIDA-DE DOS VEICULOS, UMA VEZ QUE HA GRANDE FLUXO_x000D_
 DESTES NO LOCAL, BEM COMO INTENSO TRANSITO DE PEDESTRES, DENTRE ELES MUITAS_x000D_
 CRIANCAS DOS BAIRROS ADJACENTES QUE FAZEM O TRAJETO ENTRE SUAS CASAS E ESCOLAS._x000D_
 REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28310</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28310/312.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28310/312.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTES E TRANSITO,SMTT, PARA QUE SEJA RECOLOCADA A PLACA DE_x000D_
 SINALIZACAO, ASSIM COMO FIRMAR FORTEMENTE A BARRA DE FERRO DE SUSTENTACAO DESSA_x000D_
 PLACA, QUE INDICA A SAIDA DE RIO GRANDE E PORTO DO RIO GRANDE, LOCALIZADA NA_x000D_
 RUA HEITOR BARCELOS, PROXIMIDADES DA REFINARIA DE PETROLEO IPIRANGA.</t>
   </si>
   <si>
     <t>28312</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28312/313.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28312/313.pdf</t>
   </si>
   <si>
     <t>REITERO A INDICACAO DE No 120/07, PROTOCOLADA SOB No 338/07, EM_x000D_
 05/03/2007, EM QUE REFERE-SE A EMPRESA DE TRANSPORTE COLETIVO NOIVA DO MAR,_x000D_
 ATRAVES DA LINHA BARRA, INCLUIR EM SEU TRAJETO O BAIRRO MANGUEIRA.</t>
   </si>
   <si>
     <t>28342</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28342/314.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28342/314.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA EFETUADO O REPARO NO CALCAMENTO DA RUA DUQUE_x000D_
 DE CAXIAS ENTRE RUA JOAO ALFREDO E RUA VICE-ALMIRANTE ABREU, NAS PROXIMIDADES_x000D_
 DA IGREJA DO BONFIM, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>28343</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28343/315.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28343/315.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMTT, SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE E TRANSITO, PARA QUE ESTUDE A VIABILIDADE DE AVANCAR_x000D_
 CERCA DE 30 METROS, A PARADA DE ONIBUS LOCALIZADA NA RUA DOM BOSCO COM COLOMBO,_x000D_
 SENTIDO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>28344</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28344/316.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28344/316.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DO MEIO AMBIENTE, A PODA DE ARVORES DO BAIRRO SANTA TEREZA E DO_x000D_
 BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>28345</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28345/317.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28345/317.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA EFETUADO A LIMPEZA DE VALETAS, DA RUA BARAO_x000D_
 DE SANTO ANGELO, BAIRRO SAO MIGUEL.</t>
   </si>
   <si>
     <t>28346</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28346/318.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28346/318.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO, QUE A EMPRESA NOIVA DO MAR FACA MAIS_x000D_
 DOIS HORARIOS PARA A VILA NOVA QUINTA, AS 10H15MIN E 13H42.</t>
   </si>
   <si>
     <t>28347</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28347/319.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28347/319.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE REALIZE ESTUDOS VISANDO IMPLANTAR A_x000D_
 GRATIFICACAO DE RISCO DE VIDA PARA OS SERVIDORES MUNICIPAIS QUE ATUAM NA_x000D_
 UNIDADE DE USINAGEM ASFALTICA DA SMOV.</t>
   </si>
   <si>
     <t>28349</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28349/321.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28349/321.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA_x000D_
 PROVIDENCIADA A INSTALACAO DE UMA SINALEIRA OU DE UMA FAIXA DE SEGURANCA COM_x000D_
 REDUTORES DE VELOCIDADE NO CRUZAMENTO DA RUA PINTO BANDEIRA COM AV. ARGENTINA.</t>
   </si>
   <si>
     <t>28350</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28350/329.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28350/329.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA COMPETENTE, DENTRO DAS POSSIBILIDADES_x000D_
 REALIZAR AINDA NO CORRENTE ANO O ASFAL-TAMENTO E ESCOAMENTO PLUVIAL DA RUA_x000D_
 MODESTO REY DORNELES, NO BAIRRO NAVEGANTES, UMA VEZ QUE A REFERIDA OBRA CONSTA_x000D_
 NO PPA 2006/2009 E E UMA ANTIGA REIVINDICACAO DOS MORADORES. REITERA INDICACAO_x000D_
 No 296/2005.</t>
   </si>
   <si>
     <t>28353</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28353/330.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28353/330.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SECRETARIA COMPETENTE PROVIDENCIE A RECUPERACAO DO_x000D_
 PASSEIO PUBLICO DO CANALETE DA AV. MAJOR CARLOS PINTO, EM RAZAO DAS PESSIMAS_x000D_
 CONDICOES DE CONSERVACAO DO MESMO E TAMBEM POR SER UM LOCAL DE INTENSO FLUXO DE_x000D_
 PESSOAS, VISTO QUE E UTILIZADO DIARIAMENTE PARA CAMINHADAS. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28356</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28356/331.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28356/331.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SECRETARIA COMPETENTE, PROVIDENCIE A INSTALACAO DE UM_x000D_
 REDUTOR DE VELOCIDADE NA RUA DOM BOSCO, EM FRENTE AO SUPERMERCADO GUANABARA_x000D_
 (ESQUINA COM TEIXEIRA JUNIOR), UMA VEZ QUE NO REFERIDO LOCAL O TRANSITO DE_x000D_
 VEICULOS E TRAVESSIA DE PEDESTRES SAO INTENSOS. A INSTALACAO DO REDUTOR DARA_x000D_
 MAIS SEGURANCA A TODOS USUARIOS DESTA VIA.</t>
   </si>
   <si>
     <t>28357</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28357/333.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28357/333.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO QUE_x000D_
 SEJA FEITO UM ESTUDO PARA A CRIACAO DE UM HOSPITAL MUNICIPAL DE PRONTO SOCORRO.</t>
   </si>
   <si>
     <t>28358</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28358/334.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28358/334.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SUGERINDO QUE,_x000D_
 O PROJETO QUE SE ENCONTRA EM ANEXO SEJA IMPLANTADO NO MUNICIPIO. (LICENCA_x000D_
 ELETRONICA PARA ABRIR NEGOCIO)</t>
   </si>
   <si>
     <t>28359</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28359/349.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28359/349.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO A_x000D_
 CRIACAO DE UMA COORDENADORIA VOLTADA A POLITICAS PUBLICAS DE COMBATE AS_x000D_
 DESIGUALDADES RACIAIS.</t>
   </si>
   <si>
     <t>28360</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28360/350.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28360/350.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO QUE_x000D_
 O POSTO DE SAUDE DA VILA DA QUINTA SEJA TRANSFORMADO EM POSTO DE SAUDE 24 HORAS.</t>
   </si>
   <si>
     <t>28361</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28361/351.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28361/351.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE SOLICITE A SECRETARIA MUNICIPAL DE_x000D_
 SAUDE, SMS, INFORMACOES SOBRE O ATENDIMENTO MEDICO NO POSTO DO TAIM, VEM SENDO_x000D_
 REALIZADO POR AGENDAMENTO.</t>
   </si>
   <si>
     <t>28362</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28362/352.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28362/352.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE ATRAVES DA SECRETARIA MUNICIPAL DA SAUDE - SMS - SEJA_x000D_
 REGULAMENTO O ART. 4o DA RESOLUCAO 69/2000 - CIB/RS, QUE TRATA DA CONCESSAO DE_x000D_
 AUXILIO PARA DO TRATAMENTO FORA DE DOMICILIO - TFD.</t>
   </si>
   <si>
     <t>28363</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28363/353.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28363/353.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA PROVIDENCIADA_x000D_
 A RE-COLOCACAO DO ABRIGO DE ONIBUS NA RUA BOLIVIA ENTRE AV. ARGENTINA E_x000D_
 NICARAGUA.</t>
   </si>
   <si>
     <t>28364</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28364/354.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28364/354.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE, PARA QUE SEJA CONSTRUIDO UM NOVO HEMOCENTRO(CENTRO DE_x000D_
 ATENDIMENTO A DOACAO DE SANGUE) EM RIO GRANDE.</t>
   </si>
   <si>
     <t>28365</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28365/355.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28365/355.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL PARA QUE DETERMINE A SMSTT, SECRETARIA_x000D_
 MUNCIPAL DE SEGURANCA E TRANSPORTE E TRANSITO, PARA QUE ESTUDE A VIABILIDADE NA_x000D_
 IMPLANTACAO DE 01(UMA) FAIXA DE SEGURANCA, ENTRE OS DOIS QUEBRA-MOLAS,_x000D_
 LOCALIZADOS EM FRENTE DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL SAO MIGUEL, NO_x000D_
 BAIRRO SAO MIGUEL.</t>
   </si>
   <si>
     <t>28366</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28366/356.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28366/356.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMSTT, PARA QUE SEJA CONSTRUIDO UM ABRIGO DE ALVENARIA, AO LADO_x000D_
 DA BIBLIOTECA RIOGRANDENSE, PARA OS PASSAGEIROS DA ILHA DA TOROTAMA, QUINTA,_x000D_
 SENDO ASSIM TRANSFERINDO A ANTIGA PARADA DA GEN. NETTO.</t>
   </si>
   <si>
     <t>28367</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28367/357.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28367/357.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA COLOCADA ILUMINACAO PRELIMINAR DEFRONTE A ESCOLA MUNICIPAL DE ENSINO_x000D_
 INFANTIL LIONS CLUBE.</t>
   </si>
   <si>
     <t>28368</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28368/358.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28368/358.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA, DOS TRANSPORTES E DO TRANSITO - SMSTT, 	QUE FISCALIZE O CUMPRIMENTO_x000D_
 DO ESTATUTO DO IDOSO, NO SENTIDO DE QUE OS ASSENTOS PARA AS PESSOAS IDOSAS_x000D_
 SEJAM RESPEITADOS, PRINCIPALMENTE NA LINHA DO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>28369</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28369/359.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28369/359.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE ESTUDE A POSSIBILIDADE DE_x000D_
 CONSTRUIR UM CENTRO DE EVENTOS, NO CASSINO.</t>
   </si>
   <si>
     <t>28372</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28372/360.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28372/360.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJAM COLOCADOS_x000D_
 10 TUBOS DE 60 CM NO SISTEMA DE ESGOTO(ESCOAMENTO), NA RUA BARAO DO LADARIO,_x000D_
 PROXIMIDADES DO No 101, AO LADO DA ESCOLA RUI POESTER PEIXOTO, NO BAIRRO SAO_x000D_
 MIGUEL.</t>
   </si>
   <si>
     <t>28373</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28373/361.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28373/361.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE ESTUDE A POSSIBILIDADE DE CRIAR_x000D_
 O PROJETO RONDA DA CIDADANIA, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE SAUDE,_x000D_
 TRIBUNAL DE JUSTICA DO RS, TRIBUNAL DO TRABALHO, CREA E DEMAIS INTERESSADOS,_x000D_
 ONDE O ALVO E A REDE DE ENSINO ESCOLAR. SEGUE EM ANEXO, UMA REPORTAGEM_x000D_
 ILUSTRANDO UMA PARTE DO PROJETO EM PELOTAS.</t>
   </si>
   <si>
     <t>28375</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28375/362.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28375/362.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJAM COLOCADOS_x000D_
 TUBOS E BOCAS DE LOBO, ASSIM COMO A PAVIMENTACAO, EM TODA EXTENSAO DA RUA_x000D_
 REPUBLICA DO HAITI, BAIRRO ERNESTO BULLCHOLZ. SEGUE EM ANEXO COPIA DE UM ABAIXO_x000D_
 ASSINADO DOS MORADORES.</t>
   </si>
   <si>
     <t>28376</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28376/363.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28376/363.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA REALIZADA UMA DOACAO DE UM TERRENO PARA A ESCOLA DE SAMBA CAPIVARA.</t>
   </si>
   <si>
     <t>28377</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28377/364.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28377/364.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO, PARA QUE SEJA TRANSFERIDA A PARADA DE_x000D_
 ONIBUS INSTALADA NA AVENIDA SANTOS DUMONT EM FRENTE AO No 732, QUE ESTA_x000D_
 PREJUDICANDO O TRAFEGO DE COLETIVOS NAQUELE LOCAL, EM VISTA DE SE LOCALIZAR NAS_x000D_
 PROXIMIDADES DE UM POSTE DE SINALIZACAO DO DAER.</t>
   </si>
   <si>
     <t>28378</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28378/365.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28378/365.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL QUE ESTUDE A_x000D_
 POSSIBILIDADE DE PROMOVER ATRAVES DOS ORGANISMOS MUNICIPAIS COMPETENTES, O_x000D_
 ENCONTRO DE CENTROS TRADICIONALISTAS, DTGS E PIQUETES DESTA REGIAO TENDO COMO_x000D_
 PALCO O CENTRO MUNICIPAL DE EVENTOS.</t>
   </si>
   <si>
     <t>28379</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28379/366.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28379/366.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO UM_x000D_
 ESTUDO PARA QUE, SE POSSIVEL, SEJA REALIZADO UM PROJETO A FIM DE QUE A SEDE DA_x000D_
 ESCOLA DE SAMBA ACADEMICOS DA P1, LOCALIZADA NO BAIRRO PROFILURB I SEJA_x000D_
 CONTEMPLADA COM MATERIAIS DE CONSTRUCAO, MAIS ESPECIFICAMENTE, 12 (DOZE) TUBOS.</t>
   </si>
   <si>
     <t>28380</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28380/367.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28380/367.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A VIACAO NOIVA DO MAR SOLICITANDO QUE_x000D_
 O VALOR DA PASSAGEM SEJA AFIXADO NOS ONIBUS DA REFERIDA EMPRESA.</t>
   </si>
   <si>
     <t>28381</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28381/368.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28381/368.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMTT, SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE E TRANSITO, PARA QUE ESTUDE A VIABILIDADE DE COLOCAR A_x000D_
 PARADA DE ONIBUS, QUE ESTA LOCALIZADA NA RUA ALIPIO CADAVAL ESQUINA RUA DOS_x000D_
 TUPIS, BAIRRO SANTA TEREZA, MAIS NAS PROXIMIDADES DO POSTO POLICIAL DA BRIGADA_x000D_
 MILITAR.</t>
   </si>
   <si>
     <t>28382</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28382/370.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28382/370.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO QUE_x000D_
 NAS LIXEIRAS UTILIZADAS PARA A COLETA DE MATERIAIS RECICLAVEIS SEJAM_x000D_
 ESPECIFICADOS OS NOMES DESTES MATERIAIS NAS PROPRIAS LIXEIRAS.</t>
   </si>
   <si>
     <t>28383</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28383/371.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28383/371.pdf</t>
   </si>
   <si>
     <t>INDICA APOS OUVIDA A CASA QUE SEJA ENVIADO UM OFICIO A PREFEITURA_x000D_
 MUNICIPAL SOLICITANDO QUE SEJAM COMBATIDAS AS ERVAS DE PASSARINHO NAS PRACAS DE_x000D_
 RIO GRANDE, ESPECIALMENTE NA PRACA TAMANDARE.</t>
   </si>
   <si>
     <t>28384</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28384/372.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28384/372.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA CONSTRUIDA UMA BOCA DE LOBO NA ESQUINA DA ESCOLA MUNICIPAL NAVEGANTES.</t>
   </si>
   <si>
     <t>28385</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28385/373.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28385/373.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVES DA SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E_x000D_
 TRANSPORTE SEJA PROVIDENCIADA URGENTEMENTE A INSTALACAO DE UMA SINALEIRA NO_x000D_
 CRUZAMENTO DAS AVENIDAS ARGENTINA E URUGUAI.</t>
   </si>
   <si>
     <t>28386</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28386/374.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28386/374.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO A SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - OBRAS_x000D_
 DE SANEAMENTO E PAVIMENTACAO NAS RUAS REPUBLICA DO SALVADOR E REPUBLICA DO_x000D_
 HAITI.</t>
   </si>
   <si>
     <t>28387</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28387/375.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28387/375.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO A SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - OBRAS_x000D_
 DE SANEAMENTO E PAVIMENTACAO NAS RUAS REPUBLICA DOS E.U.A. E NICARAGUA.</t>
   </si>
   <si>
     <t>28388</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28388/376.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28388/376.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO A SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - OBRAS_x000D_
 DE SANEAMENTO E PAVIMENTACAO NAS RUAS REPUBLICA DOMINICANA E AMAPA.</t>
   </si>
   <si>
     <t>28389</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28389/377.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28389/377.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO_x000D_
 QUE SEJAM DISPONIBILIZADOS MATERIAIS E EQUIPAMENTOS PARA O USO DOS DENTISTAS E_x000D_
 ENFERMEIROS NO POSTO DE SAUDE DO CASSINO.</t>
   </si>
   <si>
     <t>28390</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28390/378.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28390/378.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO_x000D_
 QUE SEJAM COLOCADOS MAIS PROFISSIONAIS, TAIS COMO CLINICOS GERAIS, ENFERMEIROS,_x000D_
 DENTISTAS E FUNCIONARIOS NO POSTO DE SAUDE DO CASSINO, ALEM DE SOLICITAR QUE_x000D_
 SEJA REALIZADO UM ESTUDO PARA UM POSSIVEL PROJETO DE EXPANSAO DO REFERIDO_x000D_
 POSTO, COMO POR EXEMPLO, A CONSTRUCAO DE UM SEGUNDO PISO</t>
   </si>
   <si>
     <t>28391</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28391/379.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28391/379.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A COLOCACAO DE TUBOS DE CONCRETO NA VALA DA AVENIDA_x000D_
 URUGUAI EM FRENTE A ESCOLA ESTADUAL EMILIO MALLET, ENTRE AS RUAS PERU E PANAMA_x000D_
 NA VILA RURAL.</t>
   </si>
   <si>
     <t>28392</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28392/385.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28392/385.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO A SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - A_x000D_
 CANALIZACAO DA VALA DA RUA PANAMA, NA VILA RURAL.</t>
   </si>
   <si>
     <t>28393</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28393/386.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28393/386.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO A SECRETARIA COMPETENTE_x000D_
 QUE SEJA PASSADO A PATROLA NA TRAVESSA CHARRUA, NO BAIRRO SAO MIGUEL QUE SE_x000D_
 ENCONTRA EM DESNIVEL CAUSANDO UM ENORME ALAGAMENTO IMPOSSIBILITANDO A SAIDA DOS_x000D_
 MORADORES DE SUAS CASAS E A PASSAGEM DE PEDESTRES QUE PRECISAM UTILIZAR PEDRAS_x000D_
 E MADEIRAS PARA ATRAVESSAR A MESMA .</t>
   </si>
   <si>
     <t>28394</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28394/387.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28394/387.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL QUE ESTUDE JUNTO_x000D_
 AOS DOS ORGAOS MUNICIPAIS COMPETENTES A POSSIBILIDADE DA CONSTRUCAO DE UMA_x000D_
 PRACA NA E.M.E.F ANTONIO CARLOS LOPES, NO SITIO SANTA CRUZ, NA LOCALIDADE DA_x000D_
 VILA DA QUINTA.</t>
   </si>
   <si>
     <t>28396</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28396/388.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28396/388.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO O_x000D_
 CALCAMENTO DO CRUZAMENTO DA RUA DR. AUGUSTO DUPRAT COM AV. CIDADE DE PELOTAS.</t>
   </si>
   <si>
     <t>28397</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28397/391.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28397/391.pdf</t>
   </si>
   <si>
     <t>SOLICITA, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS - SMSU -_x000D_
 A CONSTRUCAO DE UMA PRACA COM PLAY-GROUND E CANCHAS DE ESPORTES, ENTRE AS RUAS_x000D_
 ALBUQUERQUE LIBORIO E RUA CONDE LUIS DE CARVALHO, NA AREA PUBLICA LOCALIZADA NA_x000D_
 VILA LEONIDAS.</t>
   </si>
   <si>
     <t>28398</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28398/392.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28398/392.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO (SMOV), O_x000D_
 VALETEAMENTO NAS RUAS ERICO GAMA E JOAO JULIANO BEM COMO O DESENTUPIMENTO DOS_x000D_
 TUBOS NOS CRUZAMENTOS COM A RUA PROFo. ALBERTO DE SA, NA VILA MARIA.</t>
   </si>
   <si>
     <t>28399</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28399/393.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28399/393.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SECRETARIA COMPETENTE PROVIDENCIE AS OBRAS DE CONCLUSAO_x000D_
 DO CALCAMENTO DA RUA DRa RITA LOBATO, NO BAIRRO LAR GAUCHO, EM RAZAO DAS MAS_x000D_
 CONDICOES DA ULTIMA QUADRA DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>28400</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28400/394.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28400/394.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SECRETARIA COMPETENTE PROVIDENCIE A CONSTRUCAO DE UM_x000D_
 TRAPICHE NO FINAL DA RUA PADRE FEIJO (CANAL NORTE), UMA VEZ QUE O REFERIDO_x000D_
 LOCAL E BASTANTE UTILIZADO POR PESCADORES QUE RESIDEM NAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>28401</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28401/396.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28401/396.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO SMOV, PARA QUE DENTRO DE SUAS POSSIBILIDADES POSSA ATENDER A_x000D_
 REIVINDICACAO DOS MORADORES DA RUA MAUA ONDE OS MESMOS SOLICITAM A COLOCACAO_x000D_
 DE 60 METROS DE TUBULACAO, TRECHO COMPREENDIDO PROXIMO O NUMERO 971 NO BAIRRO_x000D_
 MUNICIPAL.</t>
   </si>
   <si>
     <t>28403</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28403/397.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28403/397.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADA A_x000D_
 LIMPEZA DA BOCA DE LOBO NO CRUZAMENTO DAS RUAS TIRADENTES COM MARQUES DE_x000D_
 MARICA, QUE ESTA TOTALMENTE ENTUPIDA PROVOCANDO ALAGAMENTO DAS RUAS_x000D_
 PRINCIPALMENTE NOS DIAS DE CHUVA.</t>
   </si>
   <si>
     <t>28404</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28404/398.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28404/398.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 ESPECIAL DO CASSINO QUE PROCEDA A LIMPEZA DE UMA AREA ONDE SE FORMOU UM LIXAO_x000D_
 NA RUA SAO LEOPOLDO, NO BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>28405</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28405/399.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28405/399.pdf</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO A SECRETARIA_x000D_
 COMPETENTE, QUE SEJA PASSADA PATROLA E REALIZADA BENFEITORIAS NA RUA MARIA_x000D_
 FRANCISCA, VILA MANGUEIRA, POIS ENCONTRAM-SE INTRANSITAVEL, IMPOSSIBILITANDO_x000D_
 INCLUSIVE O ACESSO, NOS DIAS DE CHUVA, DOS ALUNOS A ESCOLA RAMIS GALVAO.</t>
   </si>
   <si>
     <t>28406</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28406/400.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28406/400.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SUGERINDO A_x000D_
 CONSTRUCAO DE UM ABRIGO DE ONIBUS NO PONTO LOCALIZADO FRENTE A INDUSTRIA DE_x000D_
 FERTILIZANTES PIRATINI QUE ESTA EM CONSTRUCAO NA BARRA.</t>
   </si>
   <si>
     <t>28407</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28407/401.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28407/401.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SUGERINDO QUE_x000D_
 SEJA DESAPROPRIADA A ANTIGA AREA DO HIPODROMO DO JOCKEY CLUB PARA QUE NESTE_x000D_
 MESMO LOCAL SEJAM CONSTRUIDAS UNIDADES HABITACIONAIS PARA A POPULACAO QUE_x000D_
 RESIDE EM AREA DE RISCO, POR EXEMPLO, OS OCUPANTES DA RUA HENRIQUE PANCADA.</t>
   </si>
   <si>
     <t>28408</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28408/402.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28408/402.pdf</t>
   </si>
   <si>
     <t>REITERO AO EXECUTIVO MUNICIPAL, A INDICACAO DE No 212/08, A QUAL_x000D_
 SOLICITA A COLOCACAO DE TUBULACAO NA AV. ITALIA, No 391, CONDOMINIO PENHA._x000D_
 SEGUE EM ANEXO FOTOS DO LOCAL.</t>
   </si>
   <si>
     <t>28409</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28409/403.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28409/403.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCUTIVO MUNICIPAL INCLUSAO NO PPA 2006/2009, PARA A_x000D_
 COLOCACAO DE SAIBRO SEGUIDO DE ASFALTO, BEM A IMPLANTACAO DE TODA A_x000D_
 INFRA-ESTRUTURA DE TUBULACAO, NA RUA BERNARDO TAVERA, NO BAIRRO SAO JOAO.</t>
   </si>
   <si>
     <t>28410</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28410/404.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28410/404.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO A PREFEITURA MUNICIPAL SOLICITANDO O_x000D_
 ENVIO DO PROJETO DE LEI O QUAL CRIAVA O CARGO DE COORDENADORIA VOLTADO AS_x000D_
 POLITICAS DE COMBATE AS DESIGUALDADES RACIAIS, A SEMELHANCA DA COORDENADORIA DE_x000D_
 POLITICAS PARA A JUVENTUDE E PARA AS MULHERES.</t>
   </si>
   <si>
     <t>28413</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28413/405.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28413/405.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA COLOCADO SAIBRO NA LOCALIDADE DA MARAMBAIA ATE O TRAPICHE, NA ILHA DOS_x000D_
 MARINHEIROS.</t>
   </si>
   <si>
     <t>28416</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28416/406.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28416/406.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 SEJA NIVELADA A RUA FELIPE CAMARAO.</t>
   </si>
   <si>
     <t>28417</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28417/407.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28417/407.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), APOS OUVIDA A_x000D_
 CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO A_x000D_
 SECRETARIA COMPETENTE, QUE SEJA PASSADA PATROLA E REALIZADAS BENFEITORIAS NAS_x000D_
 RUAS DO BAIRRO JARDIM HUMAITA: RUA VERa.GUARACIABA DA SILVA, RUA VER. MANUEL_x000D_
 RECHIA, RUA VER. ANTONIO RECHIA, RUA PAULO ROCHA GUIMARAES, RUA DR. AVELINE,_x000D_
 RUA 7, RUA 8, RUA 9, RUA 11, RUA IRMAO ROQUE MARIA, NAS QUAIS ENCONTRAN-SE_x000D_
 INTRANSITAVEL E EM ESTADO DE ABANDONO. REQUER TAMBEM LIMPEZA NO VALETAO DA RUA_x000D_
 11(ENCOSTADA A CERCA DO AEROPORTO).</t>
   </si>
   <si>
     <t>28418</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28418/408.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28418/408.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INCLUIDO NO ORCAMENTO DO MUNICIPIO PARA O EXERCICIO_x000D_
 2009, A CANALIZACAO DA RUA PEDRO DE SA FREITAS.</t>
   </si>
   <si>
     <t>28419</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28419/409.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28419/409.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE ESTUDE A POSSIBILIDADE DE_x000D_
 CONSTRUIR UM POSTO DE SAUDE 24H, QUE ATENDA AS COMUNIDADES DO BAIRRO SANTA_x000D_
 TEREZA, GETULIO VARGAS, SALGADO FILHO E VILA MANGUEIRA.</t>
   </si>
   <si>
     <t>28420</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28420/410.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28420/410.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVES DO EXECUTIVO MUNICIPAL, INCLUA NO PPA EXERCICIO_x000D_
 2009 O SANEAMENTO E PAVIMENTACAO DA RUA RAUL PILLA NO BAIRRO BERNADETH.</t>
   </si>
   <si>
     <t>28421</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28421/411.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28421/411.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADA A_x000D_
 LIMPEZA DA BOCA DE LOBO NA RUA SENADOR CORREA ENTRE AS RUAS GENERAL NETO E 24_x000D_
 DE MAIO, QUE ESTA TOTALMENTE ENTUPIDA PROVOCANDO ALAGAMENTO DAS RUAS_x000D_
 PRINCIPALMENTE NOS DIAS DE CHUVA.</t>
   </si>
   <si>
     <t>28422</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28422/412.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28422/412.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, A INCLUSAO NO PPA 2006/2009, PARA QUE_x000D_
 SEJA EFETUADO O SERVICO DE TUBULACAO, E APLICACAO DE ASFALTO, NA RUA REPUBLICA_x000D_
 DO HAITI, BAIRRO BULCHOZ.</t>
   </si>
   <si>
     <t>28423</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28423/413.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28423/413.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDENCIADA A CONSTRUCAO DE UMA PRACA COM_x000D_
 INFRA-ESTRUTURA COMPLETA PARA A PRATICA DE ESPORTES, PRINCIPALMENTE COM UM_x000D_
 LOCAL APROPRIADO PARA A PISTA DE SKATE NO BAIRRO PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>28424</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28424/414.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28424/414.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO,_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO (SMOV), A TROCA DA TUBULACAO_x000D_
 DA RUA CHILE, ESQUINA EQUADOR, NA VILA RURAL, OS MESMOS ESTAO QUEBRADOS E_x000D_
 ENTUPIDOS, IMPEDINDO O ESCOAMENTO DA AGUA.</t>
   </si>
   <si>
     <t>28425</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28425/415.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28425/415.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - SEJA PROVIDENCIADA A_x000D_
 CANALIZACAO DA RUA GUSTAVO SAMPAIO, ENTRE AS RUAS CORDILHEIRA DOS ANDES E_x000D_
 URUGUAI.REITERA PROCESSOS NoS 09/2004 E 151/2006.</t>
   </si>
   <si>
     <t>28426</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28426/416.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28426/416.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDENCIADO COM URGENCIA, JUNTO A SECRETARIA_x000D_
 MUNICIPAL DE OBRAS E VIACAO - SMOV - A COLOCACAO DE ATERRO NA RUA ROSA CRUZ,_x000D_
 ENTRE AS RUAS CASTRO ALVES E MAURICIO SIROTSKY SOBRINHO, NO BAIRRO HIDRAULICA.</t>
   </si>
   <si>
     <t>28428</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28428/417.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28428/417.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA NIVELADA A RUA "P", FRENTE AO NUMERO 177, LOCALIZADA NO BAIRRO CASTELO_x000D_
 BRANCO I.</t>
   </si>
   <si>
     <t>28429</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28429/418.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28429/418.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DA SEGURANCA, DO TRANSPORTE E DO TRANSITO -_x000D_
 SMSTT, SEJA PROVIDENCIADA A INSTALACAO DE REDUTORES DE VELOCIDADE "TACHOES",_x000D_
 COM FAIXA DE SEGURANCA NO CRUZAMENTO DAS RUAS DOM BOSCO E TEIXEIRA JUNIOR, NO_x000D_
 LOCAL HA UM TRANSITO INTENSO DE PEDESTRES BEM COMO DE VEICULOS, ONDE VARIAS_x000D_
 PESSOAS JA FORAM ATROPELADAS PRINCIPALMENTE IDOSOS, POIS NESTA ESQUINA HA UM_x000D_
 SUPERMERCADO.</t>
   </si>
   <si>
     <t>28430</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28430/419.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28430/419.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROVIDENCIE ILUMINACAO PUBLICA NA CICLOVIA DA RUA ROBERTO_x000D_
 SOCOOWSKI.</t>
   </si>
   <si>
     <t>28431</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28431/420.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28431/420.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV -_x000D_
 SEJA PROVIDENCIADA A COLOCACAO DE BOCAS DE LOBO NO CRUZAMENTO DA RUA CARLOS_x000D_
 GOMES ESQUINA RUA GENERAL PORTINHO.</t>
   </si>
   <si>
     <t>28435</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28435/421.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28435/421.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO O_x000D_
 CONSERTO DO TUBO DE ESGOTO PLUVIAL LOCALIZADO NA RUA BELLO BRUM, LOCALIZADA NO_x000D_
 BAIRRO SANTA ROSA, ESQUINA DO POSTO DE SAUDE.</t>
   </si>
   <si>
     <t>28436</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28436/422.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28436/422.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJAM COLOCADOS DOIS BRACOS DE ILUMINACAO PUBLICA DE 220 WATTS NA RUA 13_x000D_
 (TREZE), BAIRRO GETULIO VARGAS, NA ESQUINA DOS TRILHOS.</t>
   </si>
   <si>
     <t>28437</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28437/423.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28437/423.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO A_x000D_
 LIMPEZA DAS BOCAS DE LOBO RUA AMAPA, No. 488.</t>
   </si>
   <si>
     <t>28438</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28438/424.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28438/424.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA ENVIANDO A ESTA CASA LEGISLATIVA UM PROJETO DE LEI PARA QUE OS CLUBES_x000D_
 DO MUNICIPIO QUE RECEBEM AUXILIO OU SUBVENCOES PUBLICAS DESENVOLVAM ESPORTES_x000D_
 PARA PORTADORES DE NECESSIDADES ESPECIAIS, INCLUSIVE, NO MINIMO, 03 (TRES)_x000D_
 ESPORTES OLIMPICOS.</t>
   </si>
   <si>
     <t>28439</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28439/425.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28439/425.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE SOLICITE A RIO GRANDE_x000D_
 AMBIENTAL, UM SISTEMA DE RECOLHIMETO DE LIXO RESIDENCIAL NOS BAIRRO, EM QUE O_x000D_
 LIXO NAO FIQUE ACUMULADO POR MUITO TEMPO NAS ESQUINAS DOS BAIRROS. SEGUE FOTO_x000D_
 EM ANEXO PARA ILUSTRAR A SITUACAO ATUAL.</t>
   </si>
   <si>
     <t>28440</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28440/426.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28440/426.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJAM TOMADAS PROVIDENCIAS EM RELACAO AO ESGOTO QUE SE ENCONTRA NO_x000D_
 CRUZAMENTO DAS RUAS AUGUSTO DUPRAT COM PARAIBA.</t>
   </si>
   <si>
     <t>28441</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28441/427.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28441/427.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE SEJA REFEITA A VALETA LOCALIZADA ENTRE OS FUNDOS DAS CASAS DA RUA "B", NO_x000D_
 BAIRRO CIBRAZEM, AO LADO DO CAMPO DA REDE.</t>
   </si>
   <si>
     <t>28443</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28443/428.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28443/428.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 MELHORIAS NA RUA ERICO GAMMA NA VILA MARIA.</t>
   </si>
   <si>
     <t>28444</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28444/429.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28444/429.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL QUESTIONANDO_x000D_
 SE A RUA ILHA DE MARICA ESTA INCLUIDA NO CRONOGRAMA DE ASFALTAMENTO DE RUAS DO_x000D_
 ANO DE 2008.</t>
   </si>
   <si>
     <t>28445</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28445/430.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28445/430.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL QUESTIONANDO_x000D_
 SE HA UM PROJETO PARA ESCOAMENTO PLUVIAL DA AGUA QUE VEM DO CAMPUS CARREIROS DA_x000D_
 FUNDACAO UNIVERSIDADE FEDERAL DO RIO GRANDE (FURG) E SE DESLOCA ATE O BAIRRO_x000D_
 PROFILURB.</t>
   </si>
   <si>
     <t>28446</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28446/431.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28446/431.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 QUE O CAMINHAO QUE REALIZA A COLETA DE LIXO NA ILHA DOS MARINHEIROS SE DESLOQUE_x000D_
 ATE O TRAPICHE DA MARAMBAIA.</t>
   </si>
   <si>
     <t>28447</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28447/432.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28447/432.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE EDUCACAO E CULTURA, CONVENIO ENTRE FUNDACAO NACIONAL_x000D_
 DO DESENVOLVIMENTO DA EDUCACAO (FNDE) DO MINISTERIO DA EDUCACAO.</t>
   </si>
   <si>
     <t>28448</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28448/433.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28448/433.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO JUNTO A_x000D_
 SECRETARIA MUNICIPAL DE OBRAS E VIACAO - SMOV - PROVIDENCIE OBRAS DE SANEAMENTO_x000D_
 E PAVIMENTACAO NA RUA 1 VELHA, ENTRE AS RUAS 6 ATE A DOM PEDRO II.</t>
   </si>
   <si>
     <t>28449</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28449/434.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28449/434.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE ESTUDE A POSSIBILIDADE DE_x000D_
 RECONSTRUIR O TELHADO DA RESIDENCIA HISTORICA, COM EXISTENCIA DESDE_x000D_
 1806,LOCALIZADA ENTRE A ESTRADA REGIONAL 470 E ESTRADA MENDONCA, No 36, 3o_x000D_
 DISTRITO DO POVO NOVO.</t>
   </si>
   <si>
     <t>28450</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28450/439.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28450/439.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA, DOS TRANSPORTES E DO TRANSITO - SMSTT, 	QUE INSTALE UMA PARADA DE_x000D_
 ONIBUS NA RUA CRISTOVAO COLOMBO ENTRE BUARQUE DE MACEDO E A RUA TIRADENTES..</t>
   </si>
   <si>
     <t>28451</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28451/440.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28451/440.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SMOV, PARA QUE CONSTRUA 11_x000D_
 (ONZE) MATA-BURROS AO LONGO DO CORREDOR NILO CORREA DA FONSECA, NO SENANDES.</t>
   </si>
   <si>
     <t>28460</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28460/443.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28460/443.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA TRANSPORTES E TRANSITO, DENTRO DAS DEVIDAS_x000D_
 POSSIBILIDADES, PARA QUE SEJA CONSERTADA A PARADA DE ONIBUS DA RUA MARECHAL_x000D_
 RONDON, No 253, BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>28461</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28461/444.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28461/444.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA COLOCADA_x000D_
 TUBULACAO NO SISTEMA DE ESCOAMENTO DE AGUA NA RUA 15 ENTRE 14 E BR 392,_x000D_
 MEDIACOES DOS TRILHOS, NO BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>28462</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28462/445.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28462/445.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE SERVICOS URBANOS A RECOLOCACAO DA PLACA QUE CONTINHA A CARTA_x000D_
 TESTAMENTO DE GETULIO VARGAS, QUE ESTAVA NA PRACA XAVIER FERREIRA.</t>
   </si>
   <si>
     <t>28463</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28463/446.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28463/446.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, PARA QUE SEJA REALIZADO O REPARO NO TRAPICHE DOS PESCADORES,_x000D_
 LOCALIZADO NA RUA VEREADOR NILO CORREA DA FONSECA, DO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>28464</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28464/447.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28464/447.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, NA FORMA REGIMENTAL, APOS OUVIDA A_x000D_
 CASA, SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL QUE ESTUDE JUNTO_x000D_
 AOS ORGAOS COMPETENTES A POSSIBILIDADE DA CONSTRUCAO DE UMA RAMPA PARA_x000D_
 DEFICIENTES EM FRENTE AO POSTO POLICIAL DO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>28465</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28465/448.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28465/448.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA COMPETENTE PARA, DENTRO DAS POSSIBILIDADES,_x000D_
 DEMARCAR UM ESTACIONAMENTO PARA MOTOS EM FRENTE A CAMARA MUNICIPAL, INCLUSIVE_x000D_
 COM COLOCACAO DE ARGOLAS DE SEGURANCA.</t>
   </si>
   <si>
     <t>28466</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28466/449.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28466/449.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO EXCELENTISSIMO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA DOS TRANSPORTES E DO TRANSITO, QUE INTERCEDA JUNTO A_x000D_
 EMPRESA NOIVA DO MAR PARA QUE A MESMA ALTERE O ATUAL TRAJETO DA LINHA QUINTA.</t>
   </si>
   <si>
     <t>28467</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28467/450.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28467/450.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO A_x000D_
 COLOCACAO DE BOCAS DE LOBO NO CRUZAMENTO DA RUA 1o DE MAIO COM TRAVESSA SERGIPE.</t>
   </si>
   <si>
     <t>28468</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28468/451.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28468/451.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, NA FORMA REGIMENTAL, APOS OUVIDA A_x000D_
 CASA, SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL A COLOCACAO DE UM_x000D_
 SEMAFORO NO CRUZAMENTO ENTRE AS RUAS DOM BOSCO E MINAS GERAIS, NA ESQUINA DA_x000D_
 E.M.E.F FRANCA PINTO.</t>
   </si>
   <si>
     <t>28469</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28469/453.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28469/453.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO UM OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO_x000D_
 MELHORIAS NA PRACA SETE.</t>
   </si>
   <si>
     <t>28470</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28470/454.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28470/454.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA REATIVADO O CENTRO DE_x000D_
 TRATAMENTO DE LIXO, DECHANTERRI, NA RUA ALMIRANTE BARROSO.</t>
   </si>
   <si>
     <t>28471</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28471/455.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28471/455.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA COLOCADO_x000D_
 ASFALTO, NA RUA RADIALISTA GLENIO DE FREITAS. .</t>
   </si>
   <si>
     <t>28472</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28472/456.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28472/456.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, NA FORMA REGIMENTAL, JUNTAMENTE COM A_x000D_
 SECRETARIA MUNICIPAL COMPETENTE, PARA QUE ESTUDE A POSSIBILIDADE DE COLOCAR UM_x000D_
 DENTISTA NO POSTO DE SAUDE DO BAIRRO SAO MIGUEL.</t>
   </si>
   <si>
     <t>28474</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28474/457.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28474/457.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, NA FORMA REGIMENTAL, JUNTAMENTE COM A_x000D_
 SECRETARIA MUNICIPAL DA COORDENACAO E PLANEJAMENTO, PARA QUE ESTUDE A_x000D_
 POSSIBILIDADE DE REGULARIZAR OS TERRENOS* DO BAIRRO SANTA TEREZA</t>
   </si>
   <si>
     <t>28475</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28475/458.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28475/458.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DA_x000D_
 SAUDE, PARA QUE ESTUDE A POSSIBILIDADE DE COMBATER O SURTO DE CARRAPATOS QUE_x000D_
 ESTA OCORRENDO NOS BAIRROS DA CIDADE.</t>
   </si>
   <si>
     <t>28476</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28476/459.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28476/459.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA CONSTRUIDO UMA GUARITA PARA OS_x000D_
 TAXISTAS, DO PONTO DA CHURRASCARIA RIOS, NA RUA DUQUE DE CAXIAS COM RUA VAL_x000D_
 PORTO.</t>
   </si>
   <si>
     <t>28477</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28477/460.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28477/460.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), APOS_x000D_
 OUVIDA A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL,_x000D_
 JUNTO A SECRETARIA COMPETENTE, O ESTUDO E VIABILIZACAO DE TORNAR A RUA JULIO DE_x000D_
 CASTILHO, PREFERENCIAL EM TODA A SUA EXTENSAO.</t>
   </si>
   <si>
     <t>28478</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28478/461.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28478/461.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA TRANSPORTE E TRANSITO, DENTRO DAS DEVIDAS_x000D_
 POSSIBILIDADES, COLOCAR UMA FAIXA DE SEGURANCA, NA RUA HEITOR AMARO BARCELLOS_x000D_
 EM FRENTE A METALURGICA BRASMAQUI, QUASE CRUZAMENTO COM A BR 392.</t>
   </si>
   <si>
     <t>28479</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28479/462.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28479/462.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE DISPONIBILIZADO UM GUARDA_x000D_
 MUNICIPAL, NA RODOVIARIA DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28481</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28481/463.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28481/463.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PARA QUE ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS_x000D_
 E VIACAO - SMOV - PROVIDENCIE A CANALIZACAO DA VALA EM TORNO DA ESCOLA_x000D_
 FREDERICO ERNESTO BUCHHOLZ, NAS RUAS NICARAGUA E GROELANDIA, QUE SE ENCONTRAM_x000D_
 INFESTADAS POR RATAZANAS E ESTAS ESTAO INVADINDO AS DEPENDENCIAS DA ESCOLA EM_x000D_
 BUSCA DE ALIMENTO.</t>
   </si>
   <si>
     <t>28483</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28483/464.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28483/464.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, A SECRETARIA_x000D_
 ESPECIAL DE PORTOS DA PRESIDENCIA DA REPUBLICA E A SECRETARIA ESTADUAL DE_x000D_
 INFRA-ESTRUTURA E LOGISTICA AFIM DE PROCEDER ESTUDOS PARA MUNICIPALIZACAO DO_x000D_
 PORTO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>28484</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28484/465.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28484/465.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO QUE ATRAVES_x000D_
 DA SECRETARIA ESPECIAL DO CASSINO - SEJA PROVIDENCIADA A CONSTRUCAO DE RAMPAS_x000D_
 PARA PORTADORES DE NECESSIDADES ESPECIAL, PRINCIPALMENTE PARA OS CADEIRANTES NO_x000D_
 TERMINAL RODOVIARIO DO CASSINO, TENDO EM VISTA AS ENORMES DIFICULDADES QUE_x000D_
 ENFRENTAM PARA SUBIR E DESCER AS CALCADAS.</t>
   </si>
   <si>
     <t>28486</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28486/466.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28486/466.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO A SECRETARIA_x000D_
 COMPETENTE, QUE SEJA COLOCADA FAIXAS DE SEGURANCA NA RUA VICE ALMIRANTE ABREU_x000D_
 PROXIMO A RUA GENERAL GURJAO E NA RUA VICE ALMIRANTE ABREU EM FRENTE AO_x000D_
 D.A.T.C. O PEDIDO SE FAZ NECESSARIO DEVIDO AO FLUXO ELEVADO DE VEICULOS_x000D_
 DIFICULTANDO A PASSAGEM DE PEDESTRES E CRIANCAS QUE FREQUENTAM UMA ESCOLINHA_x000D_
 (MATERNAL) EM FRENTE A RODOVIARIA.</t>
   </si>
   <si>
     <t>28487</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28487/467.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28487/467.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDENCIADA A CONSTRUCAO DE UM POSTO DE SAUDE NA_x000D_
 AREA LOCALIZADA ENTRE AVENIDA ARGENTINA, NICARAGUA E BOLIVIA, BAIRRO FREDERICO_x000D_
 ERNESTO BUCHHOLZ.</t>
   </si>
   <si>
     <t>28488</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28488/468.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28488/468.pdf</t>
   </si>
   <si>
     <t>QUE VIABILIZE ESTUDOS PARA A IMPLANTACAO DE UM POSTO DE SAUDE COM_x000D_
 ATENDIMENTO 24H NAS PROXIMIDADES DA SUPERINTENDENCIA DO PORTO DO RIO GRANDE,_x000D_
 PARA QUE OS TRABALHADORES PORTUARIOS E SUAS FAMILIAS TENHAM ASSISTENCIA MEDICA_x000D_
 NECESSARIA. REQUER URGENCIA.</t>
   </si>
   <si>
     <t>28489</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28489/471.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28489/471.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE SEJA ESTUDADO A POSSIBILIDADE_x000D_
 DO EXECUTIVO REALIZAR POR SUA INICIATIVA O PROJETO DO TESTE DA ORELINHA. SEGUE_x000D_
 EM ANEXO COPIA SUGESTIVA DO MODELO DO REFERIDO PROJETO.</t>
   </si>
   <si>
     <t>28490</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28490/472.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28490/472.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE,_x000D_
 DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA CONSTRUIDO UMA PRACA_x000D_
 RECREATIVA E LAZER, NA AREA DISPONIVEL, NA RUA ROBERTO KENNEDY, EM FRENTE A_x000D_
 LAGOA MANGUEIRA, BAIRRO LAR GAUCHO, SEGUE FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>28491</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28491/473.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28491/473.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO ATRAVES_x000D_
 DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS - SMSU - A AQUISICAO DE MAIS_x000D_
 CAMINHOES PARA O RECOLHIMENTO DO LIXO RECICLADO, INCENTIVANDO A COMUNIDADE A_x000D_
 PARTICIPAR DESSE PROJETO EDUCATIVO.</t>
   </si>
   <si>
     <t>28492</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28492/474.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28492/474.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO ATRAVES DA_x000D_
 SECRETARIA MUNICIPAL DE SEGURANCA, TRANSITO E TRANSPORTE SEJA DISPONIBILIZADO_x000D_
 MAIS UM HORARIO NA LINHA DE TRANSPORTE COLETIVO DO CASSINO NO TURNO DA NOITE,_x000D_
 ALTERANDO A TABELA E INCLUINDO O HORARIO DA 01:15, PARA ATENDER A DEMANDA DE_x000D_
 CENTENAS DE TRABALHADORES QUE SAEM DO TRABALHO A 1HORA.</t>
   </si>
   <si>
     <t>29915</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/29915/emenda_61.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/29915/emenda_61.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL NO 3.514, DE 24 DE JUNHO DE 1980._x000D_
 _x000D_
 PROPONENTES:  CLAUDIO JOSE CARDOSO COSTA, JÚLIO CEZAR JORGE MARTINS, JÚLIO CÉSAR PEREIRA DA SILVA, JURANDIR PEREIRA, PAULO RENATO MATTOS GOMES, SURAMA EZEDIM MACHADO, WILSON BATISTA DUARTE DA SILVA, CARLOS FIALHO MATTOS E FRANCISCO CARLOS PAES DA COSTA - DR. FRANCISCO.</t>
   </si>
   <si>
     <t>31783</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31783/emendas_aprovadas_ple_100.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31783/emendas_aprovadas_ple_100.pdf</t>
   </si>
   <si>
     <t>EMENDAS APROVADAS DO PLE N° 100/2006.</t>
   </si>
   <si>
     <t>31785</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31785/emenda_substitutiva_aprovada_n_34.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31785/emenda_substitutiva_aprovada_n_34.pdf</t>
   </si>
   <si>
     <t>EMENDA SUBSTITUTIVA N° 34/2008 AO PLE 100/2006 (PROCESSO 1770/2006)</t>
   </si>
   <si>
     <t>31788</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31788/emendas__n_35_a_59.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31788/emendas__n_35_a_59.pdf</t>
   </si>
   <si>
     <t>EMENDA SUBSTITUTIVA N° 35/2008 A 59/2008 AO PLE 100/2006 (PROCESSO 1770/2006)</t>
   </si>
   <si>
     <t>31782</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31782/emendas_rejeitadas_ple_100.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31782/emendas_rejeitadas_ple_100.pdf</t>
   </si>
   <si>
     <t>EMENDAS REJEITADAS DO PLE N° 100/2006.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -10157,68 +10157,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30180/21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30172/47.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28338/1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28337/2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28336/3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28335/8.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28334/9.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28333/10.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28332/11.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28331/12.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28604/13.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28330/16.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28329/18.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28328/19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28326/20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28327/21.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28530/23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28325/24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28324/26.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28323/27.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28322/28.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28321/29.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28320/30.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28319/31.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28318/32.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28528/33.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28527/34.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28317/35.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28316/36.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28525/37.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28315/39.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28314/40.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28313/41.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28311/42.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28309/43.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28308/44.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28306/45.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28574/46.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28304/47.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28303/48.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28302/49.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28300/50.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28298/51.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28297/52.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28295/53.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28294/54.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28292/55.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28291/56.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28290/57.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28289/58.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28288/59.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28287/60.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28286/61.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28285/62.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28556/63.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28554/64.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28552/66.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28551/67.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28549/68.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28558/69.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28284/70.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28283/71.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28282/72.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28281/74.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28523/75.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28279/76.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28276/77.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28275/78.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28522/79.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28532/80.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28274/81.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28273/82.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28271/83.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28269/84.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28268/85.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28601/86.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28591/87.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28267/88.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28265/89.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28261/90.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28259/91.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28590/93.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28559/94.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28257/95.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28255/96.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28254/97.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28253/98.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28589/99.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28588/100.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28587/101.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28586/102.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28251/103.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28249/104.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28585/105.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28247/106.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28584/107.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28246/108.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28244/109.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28583/112.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28609/113.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28243/114.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28241/115.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28239/116.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28237/117.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28581/119.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28592/120.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28234/121.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28233/122.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28232/123.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28578/124.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28231/125.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28230/126.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28228/127.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28227/128.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28223/129.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28222/130.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28220/131.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28219/132.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28217/134.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28575/135.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28215/136.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28212/137.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27952/138.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28534/139.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27951/140.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27950/141.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27949/142.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27948/143.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27947/144.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27946/145.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28595/146.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27945/147.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28547/148.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28545/149.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27943/151.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28544/153.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28542/154.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27941/157.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27940/158.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28540/159.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27939/160.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27938/161.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27937/162.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27936/163.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27935/164.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28566/165.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27933/166.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27934/167.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28565/168.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27932/169.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28538/170.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28563/171.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27931/172.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27930/174.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27929/175.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27928/176.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27927/177.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27926/178.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28593/179.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27925/180.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28561/181.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28204/182.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28207/183.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28206/184.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28203/186.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28205/187.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28202/188.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28201/189.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28200/191.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28199/193.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28196/194.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28194/195.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28192/196.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28190/197.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28187/198.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28185/199.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28183/200.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28181/201.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28179/202.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28177/203.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28176/205.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28174/207.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28173/208.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28521/209.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28172/210.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28162/211.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28161/213.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28156/215.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28154/216.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28153/217.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28152/218.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28151/219.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28150/220.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28148/221.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28147/223.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28145/224.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28144/225.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28142/226.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28140/227.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28138/228.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28137/229.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28136/230.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28135/231.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28134/232.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28133/233.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28119/234.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28114/235.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28113/236.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28111/237.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28599/238.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28079/239.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28078/240.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28077/241.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28066/243.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28062/246.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28057/247.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28573/248.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28056/249.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28055/250.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28053/251.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28052/252.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28051/253.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28050/254.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28049/255.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28048/256.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28572/257.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28597/258.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28046/259.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28044/260.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28042/261.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28041/262.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28570/263.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28569/264.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28040/265.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28038/266.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28037/267.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28033/268.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28032/271.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28030/272.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28008/273.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27987/274.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27986/275.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28568/276.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27985/277.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28567/278.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27984/279.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27983/280.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27982/281.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27981/282.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27980/283.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27979/284.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27978/285.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27976/286.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27975/287.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27974/288.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27973/289.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27972/290.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27971/291.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27970/293.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27968/294.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27967/295.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27965/296.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27964/297.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27963/298.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27962/299.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27961/300.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27960/302.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27955/304.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27953/305.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27942/156.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27944/150.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27991/01.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27992/02.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27993/03.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27994/04.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27995/05.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27996/06.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27997/07.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27998/08.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28000/09.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28001/10.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28003/11.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28004/12.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28005/13.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28007/14.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28493/15.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28494/16.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28496/17.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28497/18.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28498/19.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28499/20.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28500/21.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28501/22.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28502/23.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28503/24.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28504/25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28505/26.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28009/27.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28506/28.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28507/29.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28508/30.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28509/31.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28510/32.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28511/33.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28512/34.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28513/35.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28514/36.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28010/37.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28011/38.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28012/39.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28013/40.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28014/41.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28515/42.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28516/43.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28517/44.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28518/45.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28519/46.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28520/47.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28524/48.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28526/49.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28529/50.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28531/51.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28533/52.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28535/53.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28536/54.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28537/55.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28015/56.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28016/57.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28017/58.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28018/59.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28020/60.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28021/61.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28022/62.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28023/63.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28024/64.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28025/65.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28630/66.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28026/67.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28027/68.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28028/69.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28029/70.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28031/71.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28035/72.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28036/73.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28539/74.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28541/75.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28543/76.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28546/77.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28548/78.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28043/79.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28058/80.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28059/81.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28060/82.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28061/83.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28550/84.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28650/85.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28065/86.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28067/87.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28069/88.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28651/89.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28652/90.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28070/91.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28072/92.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28073/93.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28075/94.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28085/95.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28086/96.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28087/97.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28553/98.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28555/99.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28557/100.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28560/101.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28562/102.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28564/103.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28571/104.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28576/105.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28577/106.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28579/107.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28580/108.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28582/109.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28594/110.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28596/111.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28598/112.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28602/113.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28606/114.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28612/115.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28613/116.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28614/117.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28615/118.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28616/119.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28653/120.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28088/121.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28629/122.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28089/123.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28674/124.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28676/125.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28677/126.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28654/127.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28655/128.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28656/129.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28657/130.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28658/131.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28659/132.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28660/133.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28661/134.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28663/135.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28664/136.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28665/137.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28666/138.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28678/139.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28090/140.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28093/141.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28094/142.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28095/143.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28096/144.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28097/145.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28098/146.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28099/147.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28100/148.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28101/149.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28106/150.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28667/151.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28668/152.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28107/153.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28108/154.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28631/155.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28632/156.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28679/157.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28109/158.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28110/159.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28112/160.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28680/161.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28681/162.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28633/163.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28682/164.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28115/165.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28116/166.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28117/167.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28118/168.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28120/169.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28121/170.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28122/171.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28123/172.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28124/173.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28634/174.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28635/175.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28636/176.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28637/177.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28638/178.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28639/179.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28669/180.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28670/181.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28125/182.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28126/183.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28684/184.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28685/185.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28617/186.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28618/187.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28619/188.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28127/189.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28128/190.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28640/191.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28129/192.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28620/193.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28130/194.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28132/195.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28139/196.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28141/197.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28143/198.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28146/199.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28149/200.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28641/201.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28621/202.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28155/203.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28642/204.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28158/205.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28159/206.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28165/207.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28166/208.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28167/209.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28168/210.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28643/211.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28169/212.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28170/213.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28644/214.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28171/215.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28687/216.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28688/217.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28690/218.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28175/219.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28178/220.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28622/221.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28671/222.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28645/223.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28646/224.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28647/225.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28180/226.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28182/227.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28672/228.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28691/229.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28184/230.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28186/231.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28188/232.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28673/233.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28692/234.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28189/235.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28693/236.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28694/237.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28695/238.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28696/239.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28697/240.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28698/241.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28623/242.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28191/243.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28193/244.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28195/245.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28648/246.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28197/247.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28198/248.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28649/249.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28699/250.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28208/251.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28209/252.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28210/253.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28211/254.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28213/255.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28214/256.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28216/261.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28218/265.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28221/266.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28224/268.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28225/269.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28226/271.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28229/272.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28235/275.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28236/276.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28238/278.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28240/279.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28242/280.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28245/281.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28248/283.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28250/284.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28252/285.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28256/286.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28258/287.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28260/288.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28263/289.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28264/290.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28266/291.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28270/293.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28272/294.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28277/295.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28278/298.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28280/299.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28293/300.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28296/301.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28299/302.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28301/303.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28305/304.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28307/305.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28310/312.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28312/313.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28342/314.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28343/315.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28344/316.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28345/317.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28346/318.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28347/319.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28349/321.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28350/329.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28353/330.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28356/331.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28357/333.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28358/334.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28359/349.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28360/350.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28361/351.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28362/352.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28363/353.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28364/354.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28365/355.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28366/356.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28367/357.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28368/358.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28369/359.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28372/360.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28373/361.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28375/362.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28376/363.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28377/364.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28378/365.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28379/366.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28380/367.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28381/368.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28382/370.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28383/371.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28384/372.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28385/373.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28386/374.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28387/375.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28388/376.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28389/377.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28390/378.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28391/379.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28392/385.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28393/386.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28394/387.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28396/388.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28397/391.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28398/392.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28399/393.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28400/394.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28401/396.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28403/397.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28404/398.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28405/399.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28406/400.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28407/401.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28408/402.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28409/403.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28410/404.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28413/405.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28416/406.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28417/407.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28418/408.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28419/409.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28420/410.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28421/411.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28422/412.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28423/413.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28424/414.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28425/415.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28426/416.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28428/417.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28429/418.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28430/419.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28431/420.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28435/421.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28436/422.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28437/423.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28438/424.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28439/425.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28440/426.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28441/427.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28443/428.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28444/429.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28445/430.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28446/431.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28447/432.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28448/433.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28449/434.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28450/439.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28451/440.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28460/443.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28461/444.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28462/445.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28463/446.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28464/447.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28465/448.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28466/449.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28467/450.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28468/451.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28469/453.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28470/454.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28471/455.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28472/456.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28474/457.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28475/458.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28476/459.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28477/460.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28478/461.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28479/462.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28481/463.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28483/464.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28484/465.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28486/466.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28487/467.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28488/468.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28489/471.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28490/472.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28491/473.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28492/474.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/29915/emenda_61.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31783/emendas_aprovadas_ple_100.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31785/emenda_substitutiva_aprovada_n_34.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31788/emendas__n_35_a_59.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31782/emendas_rejeitadas_ple_100.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30180/21.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/30172/47.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28338/1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28337/2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28336/3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28335/8.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28334/9.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28333/10.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28332/11.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28331/12.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28604/13.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28330/16.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28329/18.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28328/19.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28326/20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28327/21.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28530/23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28325/24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28324/26.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28323/27.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28322/28.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28321/29.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28320/30.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28319/31.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28318/32.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28528/33.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28527/34.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28317/35.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28316/36.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28525/37.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28315/39.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28314/40.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28313/41.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28311/42.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28309/43.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28308/44.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28306/45.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28574/46.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28304/47.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28303/48.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28302/49.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28300/50.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28298/51.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28297/52.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28295/53.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28294/54.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28292/55.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28291/56.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28290/57.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28289/58.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28288/59.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28287/60.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28286/61.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28285/62.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28556/63.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28554/64.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28552/66.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28551/67.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28549/68.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28558/69.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28284/70.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28283/71.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28282/72.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28281/74.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28523/75.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28279/76.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28276/77.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28275/78.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28522/79.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28532/80.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28274/81.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28273/82.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28271/83.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28269/84.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28268/85.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28601/86.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28591/87.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28267/88.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28265/89.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28261/90.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28259/91.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28590/93.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28559/94.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28257/95.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28255/96.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28254/97.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28253/98.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28589/99.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28588/100.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28587/101.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28586/102.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28251/103.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28249/104.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28585/105.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28247/106.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28584/107.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28246/108.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28244/109.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28583/112.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28609/113.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28243/114.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28241/115.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28239/116.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28237/117.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28581/119.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28592/120.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28234/121.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28233/122.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28232/123.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28578/124.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28231/125.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28230/126.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28228/127.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28227/128.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28223/129.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28222/130.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28220/131.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28219/132.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28217/134.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28575/135.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28215/136.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28212/137.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27952/138.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28534/139.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27951/140.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27950/141.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27949/142.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27948/143.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27947/144.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27946/145.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28595/146.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27945/147.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28547/148.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28545/149.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27943/151.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28544/153.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28542/154.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27941/157.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27940/158.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28540/159.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27939/160.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27938/161.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27937/162.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27936/163.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27935/164.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28566/165.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27933/166.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27934/167.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28565/168.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27932/169.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28538/170.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28563/171.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27931/172.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27930/174.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27929/175.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27928/176.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27927/177.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27926/178.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28593/179.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27925/180.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28561/181.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28204/182.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28207/183.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28206/184.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28203/186.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28205/187.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28202/188.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28201/189.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28200/191.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28199/193.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28196/194.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28194/195.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28192/196.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28190/197.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28187/198.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28185/199.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28183/200.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28181/201.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28179/202.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28177/203.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28176/205.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28174/207.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28173/208.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28521/209.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28172/210.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28162/211.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28161/213.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28156/215.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28154/216.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28153/217.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28152/218.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28151/219.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28150/220.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28148/221.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28147/223.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28145/224.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28144/225.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28142/226.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28140/227.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28138/228.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28137/229.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28136/230.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28135/231.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28134/232.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28133/233.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28119/234.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28114/235.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28113/236.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28111/237.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28599/238.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28079/239.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28078/240.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28077/241.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28066/243.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28062/246.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28057/247.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28573/248.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28056/249.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28055/250.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28053/251.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28052/252.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28051/253.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28050/254.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28049/255.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28048/256.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28572/257.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28597/258.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28046/259.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28044/260.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28042/261.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28041/262.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28570/263.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28569/264.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28040/265.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28038/266.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28037/267.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28033/268.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28032/271.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28030/272.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28008/273.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27987/274.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27986/275.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28568/276.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27985/277.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28567/278.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27984/279.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27983/280.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27982/281.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27981/282.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27980/283.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27979/284.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27978/285.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27976/286.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27975/287.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27974/288.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27973/289.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27972/290.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27971/291.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27970/293.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27968/294.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27967/295.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27965/296.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27964/297.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27963/298.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27962/299.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27961/300.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27960/302.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27955/304.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27953/305.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27942/156.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2009/27944/150.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27991/01.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27992/02.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27993/03.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27994/04.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27995/05.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27996/06.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27997/07.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/27998/08.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28000/09.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28001/10.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28003/11.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28004/12.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28005/13.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28007/14.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28493/15.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28494/16.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28496/17.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28497/18.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28498/19.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28499/20.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28500/21.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28501/22.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28502/23.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28503/24.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28504/25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28505/26.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28009/27.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28506/28.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28507/29.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28508/30.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28509/31.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28510/32.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28511/33.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28512/34.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28513/35.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28514/36.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28010/37.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28011/38.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28012/39.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28013/40.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28014/41.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28515/42.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28516/43.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28517/44.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28518/45.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28519/46.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28520/47.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28524/48.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28526/49.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28529/50.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28531/51.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28533/52.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28535/53.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28536/54.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28537/55.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28015/56.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28016/57.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28017/58.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28018/59.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28020/60.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28021/61.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28022/62.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28023/63.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28024/64.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28025/65.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28630/66.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28026/67.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28027/68.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28028/69.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28029/70.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28031/71.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28035/72.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28036/73.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28539/74.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28541/75.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28543/76.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28546/77.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28548/78.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28043/79.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28058/80.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28059/81.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28060/82.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28061/83.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28550/84.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28650/85.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28065/86.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28067/87.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28069/88.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28651/89.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28652/90.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28070/91.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28072/92.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28073/93.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28075/94.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28085/95.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28086/96.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28087/97.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28553/98.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28555/99.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28557/100.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28560/101.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28562/102.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28564/103.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28571/104.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28576/105.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28577/106.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28579/107.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28580/108.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28582/109.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28594/110.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28596/111.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28598/112.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28602/113.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28606/114.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28612/115.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28613/116.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28614/117.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28615/118.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28616/119.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28653/120.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28088/121.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28629/122.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28089/123.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28674/124.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28676/125.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28677/126.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28654/127.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28655/128.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28656/129.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28657/130.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28658/131.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28659/132.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28660/133.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28661/134.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28663/135.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28664/136.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28665/137.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28666/138.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28678/139.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28090/140.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28093/141.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28094/142.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28095/143.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28096/144.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28097/145.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28098/146.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28099/147.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28100/148.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28101/149.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28106/150.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28667/151.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28668/152.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28107/153.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28108/154.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28631/155.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28632/156.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28679/157.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28109/158.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28110/159.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28112/160.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28680/161.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28681/162.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28633/163.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28682/164.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28115/165.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28116/166.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28117/167.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28118/168.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28120/169.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28121/170.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28122/171.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28123/172.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28124/173.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28634/174.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28635/175.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28636/176.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28637/177.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28638/178.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28639/179.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28669/180.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28670/181.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28125/182.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28126/183.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28684/184.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28685/185.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28617/186.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28618/187.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28619/188.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28127/189.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28128/190.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28640/191.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28129/192.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28620/193.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28130/194.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28132/195.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28139/196.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28141/197.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28143/198.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28146/199.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28149/200.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28641/201.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28621/202.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28155/203.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28642/204.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28158/205.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28159/206.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28165/207.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28166/208.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28167/209.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28168/210.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28643/211.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28169/212.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28170/213.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28644/214.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28171/215.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28687/216.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28688/217.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28690/218.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28175/219.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28178/220.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28622/221.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28671/222.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28645/223.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28646/224.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28647/225.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28180/226.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28182/227.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28672/228.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28691/229.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28184/230.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28186/231.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28188/232.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28673/233.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28692/234.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28189/235.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28693/236.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28694/237.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28695/238.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28696/239.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28697/240.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28698/241.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28623/242.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28191/243.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28193/244.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28195/245.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28648/246.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28197/247.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28198/248.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28649/249.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28699/250.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28208/251.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28209/252.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28210/253.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28211/254.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28213/255.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28214/256.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28216/261.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28218/265.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28221/266.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28224/268.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28225/269.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28226/271.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28229/272.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28235/275.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28236/276.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28238/278.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28240/279.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28242/280.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28245/281.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28248/283.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28250/284.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28252/285.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28256/286.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28258/287.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28260/288.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28263/289.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28264/290.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28266/291.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28270/293.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28272/294.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28277/295.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28278/298.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28280/299.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28293/300.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28296/301.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28299/302.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28301/303.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28305/304.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28307/305.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28310/312.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28312/313.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28342/314.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28343/315.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28344/316.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28345/317.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28346/318.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28347/319.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28349/321.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28350/329.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28353/330.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28356/331.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28357/333.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28358/334.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28359/349.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28360/350.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28361/351.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28362/352.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28363/353.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28364/354.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28365/355.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28366/356.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28367/357.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28368/358.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28369/359.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28372/360.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28373/361.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28375/362.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28376/363.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28377/364.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28378/365.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28379/366.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28380/367.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28381/368.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28382/370.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28383/371.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28384/372.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28385/373.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28386/374.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28387/375.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28388/376.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28389/377.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28390/378.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28391/379.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28392/385.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28393/386.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28394/387.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28396/388.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28397/391.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28398/392.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28399/393.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28400/394.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28401/396.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28403/397.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28404/398.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28405/399.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28406/400.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28407/401.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28408/402.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28409/403.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28410/404.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28413/405.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28416/406.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28417/407.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28418/408.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28419/409.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28420/410.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28421/411.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28422/412.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28423/413.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28424/414.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28425/415.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28426/416.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28428/417.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28429/418.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28430/419.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28431/420.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28435/421.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28436/422.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28437/423.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28438/424.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28439/425.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28440/426.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28441/427.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28443/428.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28444/429.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28445/430.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28446/431.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28447/432.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28448/433.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28449/434.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28450/439.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28451/440.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28460/443.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28461/444.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28462/445.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28463/446.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28464/447.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28465/448.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28466/449.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28467/450.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28468/451.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28469/453.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28470/454.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28471/455.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28472/456.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28474/457.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28475/458.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28476/459.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28477/460.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28478/461.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28479/462.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28481/463.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28483/464.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28484/465.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28486/466.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28487/467.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28488/468.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28489/471.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28490/472.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28491/473.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/28492/474.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/29915/emenda_61.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31783/emendas_aprovadas_ple_100.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31785/emenda_substitutiva_aprovada_n_34.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31788/emendas__n_35_a_59.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2008/31782/emendas_rejeitadas_ple_100.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H688"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>