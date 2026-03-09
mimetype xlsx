--- v0 (2026-01-14)
+++ v1 (2026-03-09)
@@ -54,9872 +54,9872 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28804</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28804/64.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28804/64.pdf</t>
   </si>
   <si>
     <t>CRIA 05 (CINCO) CARGOS DE PSICOLOGO.</t>
   </si>
   <si>
     <t>28802</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28802/65.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28802/65.pdf</t>
   </si>
   <si>
     <t>CRIA CINCO CARGOS DE EDUCADOR FISICO, ALTERA O ENQUADRAMENTO E AS ATRIBUICOES DESSE CARGO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>28801</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28801/67.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28801/67.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER SOB A FORMA DE DACAO EM PAGAMENTO OS IMOVEIS DA COMPANHIA DE HABITACAO DO ESTADO DO RIO GRANDE DO SUL-COHAB-RS CONFORME O DISPOSTO NA LEI ESTADUAL No 13.286 DE 12 DE NOVEMBRO DE 2009.</t>
   </si>
   <si>
     <t>28800</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28800/68.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28800/68.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDACAO DO ARTIGO 3o, CAPUT, DA LEI No 6.794/2009, COM A REDACAO DADA PELA LEI No 6.885/2.010.</t>
   </si>
   <si>
     <t>28890</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28890/92.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28890/92.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O TEMPO DE ESPERA NAS FILAS DOS CAIXAS DE SUPERMERCADOS E HIPERMERCADOS NO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>28999</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLV</t>
   </si>
   <si>
     <t>Projeto de Lei de Vereador</t>
   </si>
   <si>
     <t>Vereador Giovani Moralles</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28999/12.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28999/12.pdf</t>
   </si>
   <si>
     <t>DA DENOMINACAO A UMA VIA PUBLICA DO MUNICIPIO.</t>
   </si>
   <si>
     <t>29047</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Vereador Francisco Spotorno</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29047/31.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29047/31.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ALTERACAO DO PARAGRAFO UNICO DO ARTIGO 1o DA LEI No 4994 DE 08 DE JUNHO DE 1995, QUE DISCIPLINA A FUNCAO DE AUXILIAR DE CONDUTOR AUTONOMO DE VEICULO RODOVIARIO (TAXI) NO MUNICIPIO DE RIO GRANDE._x000D_
 _x000D_
 ASSINADO POR MAIS AUTORES: VER. ALEXANDRE LINDENMEYER E VER. CLAUDIO COSTA.</t>
   </si>
   <si>
     <t>29000</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Vereadora Lu Compiani Branco</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29000/33.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29000/33.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ALEXANDRE MOLON NETO UMA RUA DO BALNEARIO CASSINO, NO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>29045</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Vereador Cláudio Costa</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29045/53.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29045/53.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O TEMPO DE ESPERA POR ATENDIMENTO EM FILAS DOS CAIXAS NAS REDES DE SUPERMERCADOS E HIPERMERCADOS AOS CLIENTES CONSUMIDORES NO MUNICIPIO DE RIO GRANDE E DA OUTRAS PROVIDENCIAS._x000D_
 _x000D_
 ASSINADO POR MAIS AUTORES: VER. ALEXANDRE LINDENMEYER E VER. LUIZ FRANCISCO SPOTORNO.</t>
   </si>
   <si>
     <t>26326</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26326/01.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26326/01.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE TRANSPORTES E_x000D_
 SEGURANCA NO TRANSITO, DISPONIBILIZE PLACAS DE SINALIZACAO NO CRUZAMENTO ENTRE_x000D_
 AS RUAS JOAO OLIVEIRA E SAVEIROS, NO BAIRRO PARQUE MARINHA (NA RUA DO POSTO DE_x000D_
 SAUDE).</t>
   </si>
   <si>
     <t>26324</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26324/02.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26324/02.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA NA FORMA REGIMENTAL, QUE SEJA_x000D_
 ENCAMINHADO OFICIO A GERENCIA DA ECOSUL, SOLICITANDO COLOCACAO DE_x000D_
 REDUTORES DE VELOCIDADE EM FRENTE AO BAIRRO PARQUE MARINHA, NOS MESMOS_x000D_
 MOLDES DOS EXISTENTES NA VILA DA QUINTA E NO POVO NOVO.</t>
   </si>
   <si>
     <t>26323</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vereador Renatinho</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26323/03.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26323/03.pdf</t>
   </si>
   <si>
     <t>QUE SEJA QUESTIONADO AO PRESIDENTE DO SINDICATO DOS COMERCIARIOS, SR._x000D_
 PAULO ARRUDA, SOBRE AS CONDICOES DE TRABALHO OFERECIDAS PELOS COMERCIANTES AOS_x000D_
 SEUS FUNCIONARIOS, NO QUE DIZ RESPEITO A DISPONIBILIZACAO DE LOCAL APROPRIADO_x000D_
 PARA REALIZACAO DE LANCHE E AINDA, COM RELACAO AOS HORARIOS DE FECHAMENTO, SE_x000D_
 ESTAO EM CONFORMIDADE COM A LEGISLACAO VIGENTE E DE QUE FORMA E FEITA A_x000D_
 FISCALIZACAO.</t>
   </si>
   <si>
     <t>26322</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26322/04.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26322/04.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE AUDIENCIA PUBLICA,_x000D_
 PARA TRATAR DA DESTINACAO DE PROFISSIONAIS DO INSTITUTO GERAL DE PERICIAS_x000D_
 (FOTOGRAFO E PERITO CRIMINAL) PARA RIO GRANDE. OUTROSSIM, SOLICITAMOS QUE SEJAM_x000D_
 ENVIADOS CONVITES AS SEGUINTES AUTORIDADES:_x000D_
 " EXMA. SRa.YEDA CRUSIUS - GOVERNADORA DO ESTADO DO RIO GRANDE DO SUL;_x000D_
 " EXMO. SR. FABIO BRANCO - PREFEITO MUNICIPAL;_x000D_
 " ILMO. SR. AUREO LUIZ FIGUEIREDO MARTINS - DIRETOR GERAL DO INSTITUTO GERAL DE_x000D_
 PERICIAS-IGP;_x000D_
 " DR. MARCIO SCHLEE GOMES -PROMOTOR DE JUSTICA CRIMINAL DE RIO GRANDE_x000D_
 " EXMO. SR. DEPUTADO ESTADUAL SANDRO OLIVEIRA;_x000D_
 " EXMO. SR DEPUTADO ESTADUAL ADILSON TROCA;_x000D_
 " EXMO. SR. DEPUTADO FEDERAL CLAUDIO DIAZ;_x000D_
 " SR. CARLOS WYSE - DIRETOR VOLUNTARIO DA CAMARA DE SEGURANCA NO TRANSITO DA_x000D_
 ASSOCIACAO COMERCIAL DOS VAREJISTAS;_x000D_
 " DEMAIS AUTORIDADES E SINDICATOS LIGADOS AO TEMA.</t>
   </si>
   <si>
     <t>26320</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26320/05.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26320/05.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORMADA UMA COMISSAO ESPECIAL PARA TRATAR DE ASSUNTOS_x000D_
 RELACIONADOS AO TRANSITO NO MUNICIPIO. REITERA REQUERIMENTOS 218/08 E 22/09.</t>
   </si>
   <si>
     <t>26319</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26319/06.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26319/06.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO SECRETARIO ESTADUAL DE EDUCACAO, SR. ERVINO_x000D_
 DEON E AO SECRETARIO DE ESTADO DE OBRAS PUBLICAS, SR. JOSE CARLOS BREDA,_x000D_
 SOLICITANDO A LIBERACAO DE RECURSOS PARA A CONCLUSAO DA 2a ETAPA DE OBRAS DO_x000D_
 GINASIO DE ESPORTES DO COLEGIO ESTADUAL LEMOS JR, UMA VEZ QUE A REFERIDA OBRA_x000D_
 FOI ELENCADA NAS PRIORIDADES DE 2009, CONFORME OFICIO No 292/09 ENCAMINHADO_x000D_
 PELA ENTAO SECRETARIA DE EDUCACAO, MARIZA ABREU, POREM ATE A PRESENTE DATA A_x000D_
 REFERIDA OBRA NAO TEVE INICIO. REITERA REQUERIMENTO 09/2009.</t>
   </si>
   <si>
     <t>26318</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26318/07.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26318/07.pdf</t>
   </si>
   <si>
     <t>que seja formada uma comissao Especial para acompanhar e fiscalizar as_x000D_
 obras de duplicacao da BR-392, conforme lotes (2 e 3) ja contratados e_x000D_
 autorizados, nos quais serao investidos em torno de R$ 270 milhoes e ainda a_x000D_
 elaboracao e aprovacao dos projetos referente aos lotes 1 e 4 .</t>
   </si>
   <si>
     <t>26317</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vereador Thiago Gonçalves - Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26317/08.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26317/08.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA OFICIADO O MINISTRO DO TRABALHO SR CARLOS LUPI, COM_x000D_
 COPIA A GERENTE DA GERENCIA REGIONAL DO TRABALHO DE RIO GRANDE SRA. MARIA_x000D_
 HELENA SPOTORNO DE OLIVEIRA, SOLICITANDO IMEDIATAS PROVIDENCIAS NA AGILIZACAO_x000D_
 DA EXPEDICAO DA CARTEIRA DE TRABALHO, EIS QUE, ATUALMENTE ESTAO SENDO EXPEDIDAS_x000D_
 APENAS 10 CARTEIRAS POR DIA.</t>
   </si>
   <si>
     <t>26316</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26316/09.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26316/09.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL SEJA REALIZADA UMA SESSAO SOLENE COMEMORATIVA AO DIA INTERNACIONAL_x000D_
 DA MULHER.</t>
   </si>
   <si>
     <t>26315</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26315/10.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26315/10.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO QUE_x000D_
 INDIQUE AO SETOR COMPETENTE ESTUDOS NO SENTIDO DE VIABILIZAR UM PLANO DE_x000D_
 ARBORIZACAO NA PRACA SARAIVA.</t>
   </si>
   <si>
     <t>26314</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26314/11.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26314/11.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORMADA UMA COMISSAO ESPECIAL PARA CONTINUAR TRATANDO SOBRE A PROBLEMATICA DO USO INDEVIDO DE DROGAS, ESPECIALMENTE O CRACK, NO MUNICIPIO DO_x000D_
 RIO GRANDE.</t>
   </si>
   <si>
     <t>26313</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26313/12.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26313/12.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A SUPERINTENDENCIA DO PORTO DO RIO GRANDE E A_x000D_
 EMPRESA WTORRE, SOLICITANDO QUE SEJA ESTUDADA A POSSIBILIDADE DE REPASSAR O_x000D_
 ATERRO QUE ESTA SENDO RETIRADO DESSA EMPRESA AO DNIT, PARA QUE SEJA DESTINADO_x000D_
 AS EMPRESAS VENCEDORAS DA LICITACAO DAS OBRAS DE DUPLICACAO DA BR-392, PARA_x000D_
 UTILIZACAO NA OBRA. OUTROSSIM, SUGERIMOS QUE ESSE ATERRO SEJA COLOCADO PROXIMO_x000D_
 A LOCALIDADE DO CAPAO SECO (PEDAGIO).</t>
   </si>
   <si>
     <t>26312</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26312/13.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26312/13.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AOS GERENTES DO BANCO DO BRASIL, SR. ANTENOR_x000D_
 JOSE REICHERT E DO BANRISUL, SR. MARCUS RICALDI, SOLICITANDO QUE SEJA_x000D_
 PROVIDENCIADA A IMPLANTACAO DE UM POSTO DE ATENDIMENTO DESSAS AGENCIAS NO_x000D_
 PARQUE MARINHA, PARA ATENDER OS MORADORES DESSE BAIRRO E ADJACENTES COMO JARDIM_x000D_
 DO SOL E PARQUE SAO PEDRO. COM A IMPLANTACAO DESSE POSTO, A COMUNIDADE PODERA_x000D_
 EFETUAR PAGAMENTOS COMO IPTU, ALVARAS, ISSQN, AGUA, LUZ ENTRE OUTROS. REITERA_x000D_
 SOLICITACAO ENCAMINHADA EM 2005.</t>
   </si>
   <si>
     <t>26311</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Vereador Patola</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26311/14.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26311/14.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A CEEE(COMPANHIA DE ENERGIA ELETRICA_x000D_
 ESTADUAL), A INSTALACAO DE UM TRANSFORMADOR NA RUA LUIZ LOREA ENTRE AS RUAS_x000D_
 DUQUE DE CAXIAS E GENERAL NETTO, CENTRO.</t>
   </si>
   <si>
     <t>26310</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26310/15.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26310/15.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A OI, EMPRESA DE TELEFONIA, O REPARO NO_x000D_
 TELEFONE PUBLICO DA RUA B, No 140, BAIRRO CASTELO BRANCO II.</t>
   </si>
   <si>
     <t>26207</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26207/16.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26207/16.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A EMPRESA ECOSUL RODOVIAS, A COLOCACAO DE_x000D_
 UMA PLACA INDICATIVA NA BR 392, NAS PROXIMIDADES DA BALANCA, SENTIDO_x000D_
 PELOTAS-RIO GRANDE E OUTRA PLACA NO SENTIDO INVERSO, A FIM DE INDICAR A_x000D_
 LOCALIDADE DO PESQUEIRO.</t>
   </si>
   <si>
     <t>26210</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26210/17.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26210/17.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, SOLICITAR A EMPRESA RIO GRANDE AMBIENTAL QUE SEJA PROVIDENCIADO A_x000D_
 COLOCACAO DE COLETORES DE LIXO AO LONGO DA AVENIDA ALBERTO MIRANDA, LOCALIZADA_x000D_
 NO BAIRRO COHAB IV.</t>
   </si>
   <si>
     <t>26212</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26212/18.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26212/18.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO DETERMINE AS EMPRESAS DE TRANSPORTE COLETIVO PUBLICO A_x000D_
 FIXACAO DO VALOR DA PASSAGEM DO TRANSPORTE COLETIVO NOS PARA-BRISAS E NA PARTE_x000D_
 INTERNA DOS VEICULOS DE TRANSPORTE COLETIVO PUBLICO.</t>
   </si>
   <si>
     <t>26217</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26217/19.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26217/19.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO DNIT(DEPARTAMENTO NACIONAL DE_x000D_
 INFRA-ESTRUTURA DE TRANSPORTES), A CONSTRUCAO DE UMA PASSARELA EM FRENTE AO_x000D_
 DIQUE SECO, NA AV. MAXIMILIANO DA FONSECA, 4a SECCAO DA BARRA.</t>
   </si>
   <si>
     <t>26218</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26218/20.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26218/20.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, requerem, apos ouvida a Casa na forma_x000D_
 regimental seja realizada uma SESSAO SOLENE alusiva a Campanha da_x000D_
 Fraternidade que este tem como tema: ECONOMIA E VIDA e tem com lema: "VOCES_x000D_
 NAO PODEM SERVIR A DEUS E AO DINHEIRO."</t>
   </si>
   <si>
     <t>26219</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26219/21.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26219/21.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA HOMENAGEM AO FOTOGRAFO JOAO PAULO CASANOVA CEGLINSKI_x000D_
 PELO TRANSCURSO DE 40 ANOS DE TRABALHO NA CIDADE DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26220</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26220/22.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26220/22.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE UMA SESSAO SOLENE EM_x000D_
 HOMENAGEM AOS 15 ANOS DE FUNDACAO DA SOCIEDADE ESPORTIVA RECREATIVA UNIDOS DO_x000D_
 ME, COMEMORADOS NESSE ANO. OUTROSSIM, SOLICITAMOS QUE SEJAM ENVIADOS CONVITES A_x000D_
 DIRECAO E COMPONENTES DA ENTIDADE E DEMAIS ENTIDADES CARNAVALESCAS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>26221</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26221/23.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26221/23.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE UMA SESSAO SOLENE EM_x000D_
 HOMENAGEM AOS 35 ANOS DE FUNDACAO JORNAL AGORA, COMEMORADOS NESSE ANO._x000D_
 OUTROSSIM, SOLICITAMOS QUE SEJAM ENVIADOS CONVITES A DIRECAO, FUNCIONARIOS E_x000D_
 DEMAIS VEICULOS DE COMUNICACAO DO MUNICIPIO.</t>
   </si>
   <si>
     <t>26222</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26222/24.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26222/24.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORMADA UMA COMISSAO ESPECIAL PARA SE DESLOCAR ATE AS CIDADES_x000D_
 DO RIO GRANDE DO SUL QUE POSSUEM ATERROS SANITARIOS, COMO POR EXEMPLO: SANTA_x000D_
 MARIA, FARROUPILHA, SAO LEOPOLDO E MINAS DO LEAO, COM O OBJETIVO DE ACOMPANHAR_x000D_
 O FUNCIONAMENTO DOS MESMOS E BUSCAR SUBSIDIOS PARA O MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26223</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26223/25.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26223/25.pdf</t>
   </si>
   <si>
     <t>QUE SEJA EFETIVADO CONVITE PARA COMPARECER NESTA CASA LEGISLATIVA O_x000D_
 INTERVENTOR DA UNIDADE DA CORSAN NO MUNICIPIO, ENGENHEIRO HUMBERTO SORIO PARA_x000D_
 PRESTAR INFORMACOES SOBRE A COMPANHIA EM RIO GRANDE.</t>
   </si>
   <si>
     <t>26224</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26224/26.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26224/26.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO DISPONIBILIZE INFORMACOES E CITE OS CRITERIOS_x000D_
 REFERENTES AO PAGAMENTO PARA AS PESSOAS QUE AUXILIARAM NA CONFECCAO DE ENFEITES_x000D_
 DE NATAL NA PRAIA DO CASSINO.</t>
   </si>
   <si>
     <t>26225</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26225/27.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26225/27.pdf</t>
   </si>
   <si>
     <t>seja encaminhado oficio ao DAER-RS solicitando alteracao nas placas_x000D_
 existentes ao longo da RS 734, que indicam de forma equivocada a direcao ao_x000D_
 centro da cidade como sendo "Rio Grande", conforme fotografias anexadas. Na_x000D_
 verdade, Rio Grande abrange o Municipio como um todo e nao somente o centro da_x000D_
 cidade.</t>
   </si>
   <si>
     <t>26226</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Vereador Delamar Mirapalheta</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26226/28.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26226/28.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO RQUER APOS OUVIDA A CASA , SEJA MARCADA AUDIENCIA_x000D_
 PUBLICA PARA DISCUTIR A QUESTAO DO LIXO NO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26227</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26227/29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26227/29.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORMADA UMA COMISSAO ESPECIAL PARA ACOMPANHAR AS OBRAS E_x000D_
 INVESTIMENTOS REALIZADOS PELA COMPANHIA RIOGRANDENSE DE SANEAMENTO-CORSAN, NO_x000D_
 MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26228</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26228/30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26228/30.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR-PRESIDENTE DA CORSAN, SR. LUIZ_x000D_
 ZAFFALON, SOLICITANDO QUE SEJAM ADOTADAS AS MEDIDAS NECESSARIAS, PARA QUE AS_x000D_
 TARIFAS REFERENTES AO SERVICO DE AGUA E ESGOTO SEJAM DE RESPONSABILIDADE DO_x000D_
 ATUAL OCUPANTE DO IMOVEL. O SOLICITADO SE FAZ NECESSARIO, UMA VEZ QUE HA_x000D_
 TRANSTORNOS QUANDO OCORRE, A VENDA OU LOCACAO DO IMOVEL, POIS EXISTINDO DEBITOS_x000D_
 DO PROPRIETARIO, NAO E POSSIVEL REALIZAR UMA NOVA LIGACAO E DEMAIS_x000D_
 PROCEDIMENTOS.</t>
   </si>
   <si>
     <t>26229</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26229/31.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26229/31.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL_x000D_
 SOLICITANDO QUE INFORME A ESTA CASA LEGISLATIVA O SEGUINTE:_x000D_
 QUANTOS DOS CHAMADOS GUARDADORES DE CARROS ESTAVAM EM ATUACAO NA AREA CENTRAL_x000D_
 DA CIDADE ANTES DA IMPLANTACAO DO ESTACIONAMENTO ROTATIVO?_x000D_
 QUAL O ENCAMINHAMENTO QUE ESTA SENDO FEITO COM ESTAS PESSOAS QUE ESTAO_x000D_
 IMPOSSIBILITADAS DE ATUAREM NESTA FUNCAO?_x000D_
 SE ALGUM DOS GUARDADORES ESTAO ATUANDO NO ESTACIONAMENTO ROTATIVO E EM CASO_x000D_
 POSITIVO OS CRITERIOS QUE FORAM USADOS NA ESCOLHA?</t>
   </si>
   <si>
     <t>26232</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26232/32.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26232/32.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AO DIA DO MUSICO_x000D_
 QUE E COMEMORADO NO DIA 22 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>26236</t>
   </si>
   <si>
     <t>Vereador Julio Martins</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26236/33.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26236/33.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL INFORMACOES E QUE SEJA FORNECIDO COPIAS_x000D_
 DO PROJETO ORLA, INCLUSIVE, ESTUDOS URBANISTICOS, PLANTAS, DESENHOS E SLIDES.</t>
   </si>
   <si>
     <t>26239</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26239/34.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26239/34.pdf</t>
   </si>
   <si>
     <t>REQUEREREM QUE SEJA ENCAMINHADO A SECRETARIA MUNICIPAL COMPETENTE_x000D_
 PEDIDO DE RESTAURACAO DA PRACA LOCALIZADA NO PARQUE MARINHA, ENTRE AS RUAS_x000D_
 SAVEIROS, ILHA DO HAVAI E AVENIDA DOS OCEANOS, CONSIDERANDO O ABANDONO EM QUE A_x000D_
 MESMA SE ENCONTRA, NAO OPORTUNIZANDO UTILIZACAO DO REFERIDO ESPACO PUBLICO_x000D_
 DESTINADO AO LAZER E PRATICA DE ESPORTES, POR PARTE DA COMUNIDADE. PARA TANTO,_x000D_
 ALEM DA LIMPEZA, CORTE DE GRAMA E COLOCACAO DE EQUIPAMENTOS INFANTIS, REQUEREM_x000D_
 A COLOCACAO DE CONTAINERES PARA RECOLHIMENTO DE LIXO, VISANDO O ASSEIO E_x000D_
 CONSERVACAO DO REFERIDO LOCAL.(FOTOS EM ANEXAS)_x000D_
 SEGUE ANEXO AO PRESENTE REQUERIMENTO, ABAIXO ASSINADO FIRMADO POR DEZENAS DE_x000D_
 MORADORES DA LOCALIDADE, BEM COMO CARTAS FIRMADAS POR CRIANCAS, AS QUAIS_x000D_
 SOLICITAM PROVIDENCIAS.</t>
   </si>
   <si>
     <t>26244</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26244/35.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26244/35.pdf</t>
   </si>
   <si>
     <t>REQUEREM AO EXMO. SENHOR PRESIDENTE RENATO ALBUQUERQUE, QUE SEJA_x000D_
 FORMADO UMA COMISSAO DE VEREADORES PARA TRATAR JUNTO AO SECRETARIO ESTADUAL DE_x000D_
 SAUDE, SR. OSMAR TERRA, A IMPLANTACAO DE UMA UPA 24 HORAS - UNIDADE DE PRONTO_x000D_
 ATENDIMENTO NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26247</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26247/36.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26247/36.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA DATA PARA REALIZACAO DE UMA AUDIENCIA PUBLICA, COM_x000D_
 O OBJETIVO DE DEBATER A EXTINCAO DO FATOR PREVIDENCIARIO, VINCULACAO DA_x000D_
 CORRECAO DOS BENEFICIOS DE APOSENTADORIAS E PENSOES NOS INDICES DO SALARIO_x000D_
 MINIMO, BEM COMO ALTERNATIVAS PARA ACABAR COM AS PERDAS NO VALOR DAS_x000D_
 APOSENTADORIAS PAGAS PELA PREVIDENCIA SOCIAL, REITERANDO O REQUERIMENTO No_x000D_
 104/09. OUTROSSIM, SOLICITAMOS QUE SEJAM CONVIDADAS AS SEGUINTES_x000D_
 AUTORIDADES:PREFEITO MUNICIPAL -EXMO.SR. FABIO BRANCO_x000D_
 MINISTRO DA PREVIDENCIA - SR. JOSE PIMENTEL_x000D_
 SENADOR PAULO PAIM_x000D_
 ASSOCIACAO DOS TRABALHADORES APOSENTADOS E PENSIONISTAS DE RIO GRANDE_x000D_
 PRESIDENTE DA ASSOCIACAO DE ADVOGADOS PREVIDENCIARIOS_x000D_
 PROMOTORIA PUBLICA_x000D_
 JUSTICA FEDERAL_x000D_
 ADVOGADOS PREVIDENCIARIOS_x000D_
 REPRESENTANTE DA PREVIDENCIA SOCIAL-INSS_x000D_
 DEMAIS AUTORIDADES E SINDICATOS LIGADOS AO TEMA.</t>
   </si>
   <si>
     <t>26264</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26264/37.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26264/37.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA NA FORMA REGIMENTAL, SEJA REALIZADA_x000D_
 NESTA CASA UMA AUDIENCIA PUBLICA COM A INTENCAO DE TRATAR ASSUNTOS_x000D_
 RELATIVOS A ADEQUACAO DA ATIVIDADE DE MOTOBOY E MOTOTAXISTAS EM NOSSA_x000D_
 CIDADE, TENDO EM VISTA A LEI No 12.009 DE 29 DE JULHO DE 2009, QUE REGULAMENTA_x000D_
 O EXERCICIO DA ATIVIDADE.</t>
   </si>
   <si>
     <t>26267</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26267/38.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26267/38.pdf</t>
   </si>
   <si>
     <t>QUE ENCAMINHE OFICIO AO MINISTRO DA PESCA, ALTEMIR GREGOLIN SOLICITANDO_x000D_
 QUE ESTUDE A VIABILIDADE DE AUTORIZAR RECURSOS DE FORMA EMERGENCIAL, VISANDO_x000D_
 ESTENDER O SEGURO-DEFESO DOS PESCADORES ARTESANAIS, TENDO EM VISTA A FRUSTRACAO_x000D_
 DA SAFRA. COM ESTA MEDIDA SERIAM BENEFICIADOS OS TRABALHADORES DO MUNICIPIO E_x000D_
 REGIAO, PROMOVENDO A ASSISTENCIA FINANCEIRA TEMPORARIA NO PERIODO EM QUE SE_x000D_
 ENCONTRAM IMPEDIDOS DE EXERCER SUAS ATIVIDADES, POR MOTIVO DE ALTERACOES_x000D_
 CLIMATICAS.</t>
   </si>
   <si>
     <t>26289</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26289/39.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26289/39.pdf</t>
   </si>
   <si>
     <t>QUE ENCAMINHE OFICIO AO MINISTRO DA PESCA, ALTEMIR GREGOLIN SOLICITANDO_x000D_
 QUE, ATRAVES DAS SECRETARIAS COMPETENTES, SEJA REALIZADO UM LEVANTAMENTO DO_x000D_
 NUMERO DE PESCADORES ARTESANAIS CADASTRADOS NO MUNICIPIO DO RIO GRANDE, VISANDO_x000D_
 A DOACAO DE CESTAS BASICAS NOS TRES MESES QUE ANTECEDEM O SEGURO-DEFESO, UMA_x000D_
 VEZ QUE A SAFRA FOI PREJUDICADA EM RAZAO DAS MUDANCAS CLIMATICAS.</t>
   </si>
   <si>
     <t>26291</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26291/40.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26291/40.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA PARA A REALIZACAO DE UMA SESSAO SOLENE_x000D_
 ESPECIAL, EM HOMENAGEM A REVOLUCAO FARROUPILHA, A SER COMEMORADO NO DIA 20 DE_x000D_
 SETEMBRO; SOLICITAMOS QUE SEJAM CONVIDADOS AS SEGUINTES AUTORIDADES:_x000D_
 PREFEITO MUNICIPAL - EXMO. SR. FABIO DE OLIVEIRA BRANCO;_x000D_
 SECRETARIO MUNICIPAL DE EDUCACAO E CULTURA - ILMO. SR. CLAUDIO OMAR NUNES;_x000D_
 COORDENADOR DA 6° REGIAO TRADICIONALISTA - SR. ALFREDO GROSS;_x000D_
 PRESIDENTE DO MOVIMENTO TRADICIONALISTA GAUCHO - ILMO. SR. OSCAR GRESS;_x000D_
 CTGS QUE COMPOEM A 6° REGIAO TRADICIONALISTA E DEMAIS AUTORIDADES LIGADAS AO_x000D_
 TEMA.</t>
   </si>
   <si>
     <t>26294</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Vereador Repolhinho</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26294/41.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26294/41.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO A ALL-AMERICA LATINA LOGISTICA,_x000D_
 SOLICITANDO QUE A MESMA FISCALIZE A VELOCIDADE QUE OS TRENS QUE TRANSPORTAM_x000D_
 CARGAS PARA O PORTO DE RIO GRANDE CIRCULAM NOS BAIRROS VILA DA QUINTA, DOMINGOS_x000D_
 PETROLINE E POVO NOVO. A SOLICITACAO E BASEADA NO ALTO RISCO QUE ESTES TRENS_x000D_
 PODEM CAUSAR AOS MORADORES DESTES BAIRROS, INCLUSIVE COM DESCARRILHAMENTO DE_x000D_
 VAGOES COMO O QUE ACONTECEU RECENTEMENTE NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26297</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26297/42.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26297/42.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL QUE SEJA ENCAMINHADO A ESTA CASA A_x000D_
 COPIA DO CONTRATO FIRMADO COM A EMPRESA RECK PARKING, QUE E RESPONSAVEL PELO_x000D_
 ESTACIONAMENTO ROTATIVO NA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>26300</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26300/43.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26300/43.pdf</t>
   </si>
   <si>
     <t>NA FORMA REGIMENTAL SEJA FORMA REGIMENTAL SEJA ENCAMINHADA_x000D_
 CORRESPONDENCIA AO DELEGADO REGIONAL DE POLICIA SOLICITANDO INFORMACOES SOBRE O_x000D_
 NUMERO DE OCORRENCIAS EM NOSSO MUNICIPIO, FRUTO DA APLICACAO DA LEI 11. 34(LEI_x000D_
 MARIA DA PENHA).</t>
   </si>
   <si>
     <t>26303</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26303/44.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26303/44.pdf</t>
   </si>
   <si>
     <t>NA FORMA REGIMENTAL SEJA ENCAMINHADA CORRESPONDENCIA AO DELEGADO_x000D_
 REGIONAL DE POLICIA SOLICITANDO INFORMACOES SOBRE A EFETIVA IMPLANTACAO DA_x000D_
 DELEGACIA DA MULHER EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>26306</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26306/45.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26306/45.pdf</t>
   </si>
   <si>
     <t>COORDENADORA DO SINE EM RIO GRANDE, SENHORA DALVA AREJANO SOLICITANDO_x000D_
 INFORMACOES SOBRE O NUMERO DE VAGAS OFERTADAS AS MULHERES E O INDICE DE_x000D_
 OCUPACAO DAS MESMAS, NO ULTIMO PERIODO.</t>
   </si>
   <si>
     <t>26308</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26308/46.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26308/46.pdf</t>
   </si>
   <si>
     <t>seja realizada uma AUDIENCIA PUBLICA para discutir o carnaval_x000D_
 riograndino._x000D_
 Para a ocasiao sejam convidados a representacao das entidades carnavalescas, as_x000D_
 entidades afins.</t>
   </si>
   <si>
     <t>26309</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26309/47.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26309/47.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, SEJAM CONVIDADOS OS ABAIXO RELACIONADOS PARA QUE COMPARECAM A ESTA_x000D_
 CASA A FIM DE PRESTAR ESCLARECIMENTOS SOBRE O PROGRAMA MINHA CASA MINHA VIDA NO_x000D_
 MUNICIPIO DE RIO GRANDE._x000D_
 - JAIR RIZZO - SECRETARIO MUNICIPAL DE HABITACAO E DESENVOLVIMENTO URBANO._x000D_
 - DIETER HAROLD BODER - GERENTE GERAL CAIXA ECONOMICA FEDERAL.</t>
   </si>
   <si>
     <t>26260</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26260/48.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26260/48.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA E APROVADO NA_x000D_
 FORMA REGIMENTAL, QUE SEJA REALIZADA SESSAO SOLENE EM HOMENAGEM AO DIA DO_x000D_
 TRABALHADOR E AOS TRABALHADORES MORTOS NA LINHA DO PARQUE NO 1o DE MAIO DE 1950.</t>
   </si>
   <si>
     <t>26072</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26072/49.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26072/49.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS 50 ANOS DA_x000D_
 ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL NAVEGANTES QUE SERA COMEMORADO NO DIA 12_x000D_
 DE MAIO DE 2010.</t>
   </si>
   <si>
     <t>26073</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26073/50.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26073/50.pdf</t>
   </si>
   <si>
     <t>requerem apos ouvida a Casa, na forma regimental, que seja em aprovada_x000D_
 em regime de urgencia neste legislativo, a realizacao de AUDIENCIA PUBLICA para_x000D_
 tratar do tema; PERDAS SALARIAIS E REDUCAO DA JORNADA DE TRABALHO dos_x000D_
 Trabalhadores Avulsos da Orla Portuaria de Rio Grande.</t>
   </si>
   <si>
     <t>26074</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Vereador Renato Albuquerque</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26074/51.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26074/51.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA CRIADA A COMISSAO DE ASSUNTOS PORTUARIOS.</t>
   </si>
   <si>
     <t>26256</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26256/52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26256/52.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA E APROVADO NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENCAMINHADO AO EXECUTIVO MUNICIPAL OFICIO_x000D_
 SOLICITANDO AUTORIZACAO PARA QUE SEJA COLOCADA UMA PLACA, EM VIA PUBLICA,_x000D_
 ALUSIVA A DATA DE 1o DE MAIO DE 1950, EM NOME DO PARTIDO COMUNISTA DO BRASIL.</t>
   </si>
   <si>
     <t>26075</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26075/54.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26075/54.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO_x000D_
 QUE INFORME A ESTA CASA LEGISLATIVA COMO E REALIZADA A MEDICAO DIARIA DO LIXO_x000D_
 DOMICILIAR COLETADO, QUAL A MEDIA DIARIA DE PESAGEM , QUAL O ORGAO RESPONSAVEL_x000D_
 PELA FISCALIZACAO E QUAL O NUMERO DE FISCAIS DO MUNICIPIO QUE FAZEM ESTE_x000D_
 ACOMPANHAMENTO.</t>
   </si>
   <si>
     <t>26077</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26077/55.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26077/55.pdf</t>
   </si>
   <si>
     <t>REQUEREM APOS OUVIDA A CASA, NA FORMA REGIMENTAL, QUE O EXECUTIVO_x000D_
 MUNICIPAL ENVIE A ESTE LEGISLATIVO E DIVULGUE NOS VEICULOS DE COMUNICACAO O_x000D_
 CRONOGRAMA DE OBRAS E MELHORIAS QUE SERAO IMPLEMENTADAS A PARTIR DA LIBERACAO_x000D_
 E USO DA PRIMEIRA ETAPA DE RECURSOS FINANCEIROS LIBERADOS PELO RECENTE CONTRATO_x000D_
 ASSINADO COM O BANCO MUNDIAL.</t>
   </si>
   <si>
     <t>26081</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26081/56.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26081/56.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA DATA PARA REALIZACAO DE UMA AUDIENCIA PUBLICA, COM_x000D_
 O OBJETIVO DE DEBATER A SISTEMATICA DE CONFECCAO E PRAZOS DE ENTREGA DAS_x000D_
 CARTEIRAS DE TRABALHO E PREVIDENCIA SOCIAL, UMA VEZ QUE ESTAO OCORRENDO ATRASOS_x000D_
 NA EMISSAO E ENTREGA DAS MESMAS, PELO FATO DE QUE SAO CONFECCIONADAS NA CIDADE_x000D_
 DE PELOTAS, O QUE CAUSA PREJUIZOS A COMUNIDADE RIO-GRANDINA. OUTROSSIM,_x000D_
 SOLICITAMOS QUE, ENTRE AS AUTORIDADES CONVIDADAS, ESTEJAM O MINISTRO DO_x000D_
 TRABALHO E EMPREGO, SR. CARLOS LUPI, A GERENTE REGIONAL DO TRABALHO EM RIO_x000D_
 GRANDE, SRa. MARIA HELENA SPOTORNO DE OLIVEIRA, DEPUTADOS ESTADUAIS ADILSON_x000D_
 TROCA E SANDRO OLIVEIRA E DEPUTADO FEDERAL CLAUDIO DIAZ.</t>
   </si>
   <si>
     <t>26085</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26085/57.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26085/57.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA NA FORMA REGIMENTAL, QUE SEJA_x000D_
 SOLICITADO A GERENCIA DA OI/BRASIL TELECOM A COLOCACAO DE UM TELEFONE_x000D_
 PUBLICO NA RUA KARLO HARAZIN NA VILA SAO JORGE, NAS PROXIMIDADES DO CONDOMINIO_x000D_
 LOCALIZADO NAQUELA RUA, TENDO EM VISTA OS VARIOS PEDIDOS VINDOS DAQUELA_x000D_
 COMUNIDADE.</t>
   </si>
   <si>
     <t>26087</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26087/58.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26087/58.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS 50 ANOS DA_x000D_
 ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL SANT'ANA QUE SERA COMEMORADO NO DIA 06_x000D_
 DE MAIO DE 2010.</t>
   </si>
   <si>
     <t>26090</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26090/59.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26090/59.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERADO O REQUERIMENTO No.320, PROCESSO SOB No._x000D_
 1653/2009, QUE TRATA DO ENCAMINHAMENTO AO DIRETOR-PRESIDENTE DA COMPANHIA_x000D_
 ESTADUAL DE ENERGIA ELETRICA-CEEE, SR. SERGIO CAMPS DE MORAIS, SOLICITANDO A_x000D_
 REABERTURA DO POSTO DE ATENDIMENTO DA EMPRESA NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26091</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26091/60.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26091/60.pdf</t>
   </si>
   <si>
     <t>REGIMENTAL SEJA REALIZADA UMA SESSAO SOLENE ALUSIVA AO DIA MUNDIAL DO_x000D_
 TEATRO E DO CIRCO QUE E COMEMORADA NO DIA 27 DE MARCO._x000D_
 PARA A OCASIAO SEJAM CONVIDADAS AS AUTORIDADES, ENTIDADES E PESSOAS ENVOLVIDAS_x000D_
 NA AREA.</t>
   </si>
   <si>
     <t>26094</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26094/61.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26094/61.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO A FUNDACAO UNIVERSIDADE DO RIO GRANDE_x000D_
 SOLICITANDO ESTUDOS SOBRE OS COMPONENTES EXISTENTES NA LAMA DA PRAIA DO_x000D_
 CASSINO, SALIENTANDO QUE O REQUERIMENTO No 372/2009, PROTOCOLADO EM 06/10/2009,_x000D_
 FOI RECEBIDO POR ESTA INSTITUICAO EM 03/12/2009 E QUE JA DECORRERAM 101 (CENTO_x000D_
 E UM) DIAS SEM RESPOSTA.</t>
   </si>
   <si>
     <t>26096</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26096/62.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26096/62.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO_x000D_
 QUE INFORME A ESTA CASA LEGISLATIVA O SEGUINTE:_x000D_
 QUAIS OS MOTIVOS DE AINDA NA TEREM SIDOS ADQUIRIDOS OS VEICULOS NOVOS PARA A_x000D_
 AMPLIACAO DA FROTA RODOVIARIA DO DATC (DEPARTAMENTO AUTARQUICO DE TRANSPORTES_x000D_
 COLETIVO) AUTORIZADA PELA LEI 6.739 DE 23 DE AGOSTO DE 2009?_x000D_
 QUAL O VALOR DO ALUGUEL DO PREDIO DA RODOVIARIA E QUE SEJA ENVIADO O CONTRATO_x000D_
 DE LOCACAO NA SUA INTEGRA?_x000D_
 QUAL E O VALOR MES DE COMISSAO QUE O DATC REPASSA A RODOVIARIA PELA VENDA DAS_x000D_
 PASSAGENS?_x000D_
 POR QUE SO E DISPONIBILIZADA A COMPRA DE PASSAGENS COM CARTAO DE CREDITO SE FOR_x000D_
 PARA VIAJAR COM A EMPRESA PLANALTO?</t>
   </si>
   <si>
     <t>26099</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26099/63.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26099/63.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO_x000D_
 QUE ENCAMINHE A ESTA CASA LEGISTIVA COPIA(AS) DO(OS) DECRETO(OS) DE_x000D_
 REGULAMENTACAO DA LEI 5. 356 DE 11 DE OUTUBRO DE 1999 QUE "DISPOE SOBRE A_x000D_
 CRIACAO DE AREAS ESPECIAIS DE ESTACIONAMENTO DE VEICULOS AUTOMOTORES NAS VIAS E_x000D_
 LOGRADOUROS PUBLICOS E DA OUTRAS PROVIDENCIAS" E A COPIA DO CONTRATO ENTRE O_x000D_
 MUNICIPIO E A EMPRESA ADMINISTRADORA DAS AREAS DE ESTACIONAMENTO PAGO DE_x000D_
 VEICULOS AUTOMOTORES.</t>
   </si>
   <si>
     <t>26101</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26101/64.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26101/64.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR DE OPERACOES DOS CORREIOS EM_x000D_
 BRASILIA, SR. MARCO ANTONIO MARQUES DE OLIVEIRA E AO DIRETOR REGIONAL, SR._x000D_
 LARRY MANOEL MEDEIROS DE ALMEIDA, SOLICITANDO QUE SEJAM TOMADAS AS DEVIDAS_x000D_
 PROVIDENCIAS NO SENTIDO DE AGILIZAR A DESTINACAO DE MAIS EFETIVO PARA O_x000D_
 MUNICIPIO DO RIO GRANDE, UMA VEZ QUE ESTAO ACONTECENDO ATRASOS NA ENTREGA DE_x000D_
 CORRESPONDENCIAS EM DIVERSOS BAIRROS DA CIDADE, CAUSANDO TRANSTORNOS A_x000D_
 COMUNIDADE, PRINCIPALMENTE QUANDO SE TRATA DE FATURAS QUE CHEGAM AO SEU DESTINO_x000D_
 APOS A DATA DO VENCIMENTO.</t>
   </si>
   <si>
     <t>26103</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26103/65.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26103/65.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT A COLOCACAO DE REDUTOR DE VELOCIDADE NA AV._x000D_
 ARGENTINA, AO LADO DA PRACA.</t>
   </si>
   <si>
     <t>26105</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26105/66.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26105/66.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A TERCEIRA COMPANHIA DA BRIGADA MILITAR, OPERACOES NO_x000D_
 SENTIDO DE COMBATER A PERTURBACAO AO SOSSEGO NO PARQUE MARLUZ.</t>
   </si>
   <si>
     <t>26107</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26107/67.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26107/67.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO A EMPRESA NOIVA DO MAR, SOLICITANDO IMPLANTACAO_x000D_
 NOVOS HORARIOS PARA O TRANSPORTE COLETIVO NA LINHA PROFILURB/FURG CARREIROS,_x000D_
 SENDO ESTES 07H10MIN, 13H, 18H30MIN COM SAIDA DO BAIRRO PROFILURB E COM DESTINO_x000D_
 A FURG CAMPUS CARREIROS, E 12H15MIN, 18H50MIN E 23H15MIN SAINDO DA FURG CAMPUS_x000D_
 CARREIROS COM DESTINO AO BAIRRO PROFILURB.</t>
   </si>
   <si>
     <t>26109</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26109/68.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26109/68.pdf</t>
   </si>
   <si>
     <t>QUE ENCAMINHE OFICIO A GOVERNADORA DO ESTADO, SRa YEDA CRUSIUS, E AO_x000D_
 MINISTRO DA SAUDE, SR. JOSE GOMES TEMPORAO, SOLICITANDO QUE SEJA ESTUDADA A_x000D_
 VIABILIDADE DE REALIZAR UM CONVENIO ENTRE OS GOVERNOS MUNICIPAL, ESTADUAL E_x000D_
 FEDERAL, COM O OBJETIVO DE LIBERAR RECURSOS PARA A IMPLANTACAO DE UM NOVO_x000D_
 HOSPITAL NA CIDADE DO RIO GRANDE, CONFORME SOLICITACAO ENCAMINHADA ATRAVES DO_x000D_
 OFICIO No 011/2008 ENTREGUE A SECRETARIA GERAL DO GOVERNO DA PRESIDENCIA DA_x000D_
 REPUBLICA EM 03/04/2008, DURANTE A VISITA DO PRESIDENTE LUIZ INACIO LULA DA_x000D_
 SILVA AO MUNICIPIO. OUTROSSIM, SOLICITAMOS QUE SEJA ENVIADA COPIA A SECRETARIA_x000D_
 MUNICIPAL DE SAUDE.</t>
   </si>
   <si>
     <t>26112</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26112/69.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26112/69.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A SECRETARIA ESTADUAL DE SEGURANCA_x000D_
 PUBLICA, PARA QUE ESTUDE A POSSIBILIDADE DE CONSTRUIR UM PLAYGROUND, NO ESPACO_x000D_
 DAS MEDIACOES DA PENITENCIARIA DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26115</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26115/70.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26115/70.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A SEP(SECRETARIA ESPECIAL DOS PORTOS), A_x000D_
 COLOCACAO DE 01(UM) TETRAPODE, JUNTAMENTE COM UMA PLACA INDICATIVA, NA_x000D_
 LOCALIDADE DO PESQUEIRO</t>
   </si>
   <si>
     <t>26116</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26116/71.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26116/71.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A GOVERNO FEDERAL, PARA QUE O MESMO ESTUDE_x000D_
 A POSSIBILIDADE DE INVESTIMENTO DE COMPRA DO HOSPITAL BENEFICENCIA PORTUGUESA,_x000D_
 LOCALIZADO NA RUA GENERAL VITORINO, CENTRO. SEGUE EM ANEXO, MATERIA DO ZERO_x000D_
 HORA ABORDANDO A CONSTRUCAO DE UM HOSPITAL EM SANTA MARIA COM INCENTIVOS DO_x000D_
 GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>26118</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26118/72.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26118/72.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A SUPRG(SUPERINTENDENCIA DO PORTO DE RIO_x000D_
 GRANDE) A CONSTRUCAO DE UMA VAGONEVIARIA, PLATAFORMA DE EMBARQUE E DESEMBARQUE_x000D_
 PARA OS VAGONETEIROS, NOS MOLHES DA 4a SECCAO DA BARRA, NOS MESMOS MOLDES DE_x000D_
 UMA ESTACAO FERROVIARIA.</t>
   </si>
   <si>
     <t>26120</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26120/73.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26120/73.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A GOVERNADORA DO ESTADO, SRA. YEDA RORATO_x000D_
 CRUSIUS, PARA QUE O GOVERNO ESTUDE A POSSIBILIDADE DE INVESTIMENTO DE COMPRA DO_x000D_
 HOSPITAL BENEFICENCIA PORTUGUESA, LOCALIZADO NA RUA GENERAL VITORINO, CENTRO._x000D_
 SEGUE EM ANEXO, MATERIA DO ZERO HORA ABORDANDO A CONSTRUCAO DE UM HOSPITAL EM_x000D_
 SANTA MARIA COM INCENTIVOS DO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>26124</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26124/75.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26124/75.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SUAS SECRETARIAS DE COMPETENCIA,_x000D_
 PROVIDENCIE O RESTABELECIMENTO DOS PONTOS DE ILUMINACAO E TAMBEM A SINALIZACAO_x000D_
 DE TRANSITO REFERENTE AOS LIMITES LATERAIS E MEIO DA PISTA DO TRECHO DE RODOVIA_x000D_
  EXISTENTE ENTRE O TERMINO DA RUA VALPORTO E CURVA EM DIRECAO A AVENIDA_x000D_
 IPIRANGA E BR-392.</t>
   </si>
   <si>
     <t>26126</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26126/76.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26126/76.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL ENCAMINHEM OFICIO A BANCADA DE DEPUTADOS_x000D_
 FEDERAIS DO RIO GRANDE DO SUL, SOLICITANDO INTERVENCAO JUNTO AO MINISTERIODOS_x000D_
 TRANSPORTES-DNIT, PARA QUE SEJA INCORPORADA AO PLANO NACIONAL DE RODOVIAS, O_x000D_
 TRECHO EXISTENTE ENTRE O TREVO DA BR-392 DE ACESSO AOS TERMINAIS GRANELEIROS,_x000D_
 ATE A ROTULA DE ACESSO DA RAIZ DOS MOLHES OESTE BARRA/CASSINO, O QUAL POSSUI_x000D_
 UMA EXTENSAO DE APROXIMADAMENTE 6,2KM.</t>
   </si>
   <si>
     <t>26128</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26128/77.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26128/77.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO ATRAVES DO GOVERNO DO ESTADO, UM_x000D_
 ENCAMINHAMENTO COM TEOR DE SOLICITACAO A CASA CIVIL, PARA A INCLUSAO DO PROJETO_x000D_
 TREM PASSAGEIRO RIO GRANDE A PELOTAS, NO PAC 2. SEGUE EM ANEXO, ABORDAGEM DO_x000D_
 JORNAL AGORA COM REFERENCIA SIMILAR DESSA SOLICITACAO.</t>
   </si>
   <si>
     <t>26130</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26130/78.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26130/78.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA ENVIADO UM OFICIO AO DEPUTADO FEDERAL SR. NELSON_x000D_
 PROENCA, BANCADA DO PPS, COM A FINALIDADE DO MESMO INCLUIR EM SUA EMENDA_x000D_
 ORCAMENTARIA DA UNIAO, UMA VERBA PARA A CONSTRUCAO DO GINASIO DE ESPORTES DA_x000D_
 ESCOLA ESTADUAL ALCIDES BARCELLOS, NO BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>26132</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26132/79.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26132/79.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO COMANDANTE NEI HUMBERTO FAGUNDES MEDEIROS, DO PRIMEIRO_x000D_
 SGCI ( SUB GRUPAMENTO DE COMBATE A INCENDIO), INFORMACOES SOB QUAL E O_x000D_
 PROCEDIMENTO NA RETIRADA DE ENXAMES DE ABELHAS E CAMOTIM E QUAL O SEU DESTINO_x000D_
 EM NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>26135</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26135/80.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26135/80.pdf</t>
   </si>
   <si>
     <t>QUE SEJA APROVADA EM REGIME DE URGENCIA NESTE LEGISLATIVO, A_x000D_
 REALIZACAO DE AUDIENCIA PUBLICA PARA TRATAR DO TEMA; RENOVACAO DO CONTRATO DE_x000D_
 CONCESSAO QUE TRATA DO FORNECIMENTO DE AGUA E TRATAMENTPO DE ESGOTOS COM A_x000D_
 CORSAN EM RIO GRANDE.</t>
   </si>
   <si>
     <t>26139</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26139/81.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26139/81.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR A SITUACAO DA SAUDE_x000D_
  NO MUNICIPIO, SUA FORMA E REALIDADE DE GESTAO E ALTERNATIVA DE UMA RAPIDA_x000D_
 RESOLUTIVIDADE DO SISTEMA._x000D_
 PARA A OCASIAO SEJAM CONVIDADOS A SECRETARIA MUNICIPAL DA SAUDE, A COORDENACAO_x000D_
 DO CONSELHO MUNICIPAL DE SAUDE, O MINISTERIO PUBLICO ESTADUAL E FEDERAL,_x000D_
 DIRECAO DA ASSOCIACAO DE CARIDADE SANTA CASA DO RIO GRANDE, A DIRECAO DO_x000D_
 HOSPITAL UNIVERSITARIO (HU) E A 3a COORDENADORIA REGIONAL DE SAUDE (CRS).</t>
   </si>
   <si>
     <t>26142</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26142/82.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26142/82.pdf</t>
   </si>
   <si>
     <t>QUE SEJA EM APROVADA EM REGIME DE URGENCIA NESTE LEGISLATIVO, A_x000D_
 REALIZACAO DE AUDIENCIA PUBLICA PARA TRATAR DO TEMA; PISO SALARIAL PROFISSIONAL_x000D_
 NACIONAL(PSPN) E PLANO DE CARREIRA DO MAGISTERIO PUBLICO MUNICIPAL DOS_x000D_
 TRABALHADORES MUNICIPAIS EM EDUCACAO.</t>
   </si>
   <si>
     <t>26147</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26147/83.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26147/83.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA E APROVADO NA_x000D_
 FORMA REGIMENTAL, QUE A REUNIAO PUBLICA MARCADA PARA O DIA 12 DE ABRIL, AS_x000D_
 19:00 HORAS SEJA CONJUNTA ENTRE ESSA CASA LEGISLATIVA E A ASSEMBLEIA_x000D_
 LEGISLATIVA DO ESTADO.</t>
   </si>
   <si>
     <t>26150</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26150/84.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26150/84.pdf</t>
   </si>
   <si>
     <t>AO MUNICIPIO, ATRAVES DA SECRETARIA COMPETENTE QUE GESTIONE JUNTO A_x000D_
 CORSAN, REPARO NO ESCOAMENTO DO ESGOTO NA RUA HERNANI FORNARI PROXIMO AO NUMERO_x000D_
 142, O QUAL ESTA A CEU ABERTO POR ENTUPIMENTOS NOS CANOS.</t>
   </si>
   <si>
     <t>26157</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26157/85.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26157/85.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A SECRETARIA MUNICIPAL COMPETENTE PEDIDO DE_x000D_
 REPAROS NA PAVIMENTACAO DA RUA JOAO DE OLIVEIRA PROXIMO AO NUMERO 162 NO BAIRRO_x000D_
 JARDIM DO SOL. (FOTO EM ANEXO)</t>
   </si>
   <si>
     <t>26158</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26158/86.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26158/86.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A SECRETARIA MUNICIPAL COMPETENTE PEDIDO DE_x000D_
 REPAROS NA FAIXA DE SEGURANCA E NOS REDUTORES DE VELOCIDADE DA RUA SILVA PAES_x000D_
 AO LADO DA ESCOLA JUVENAL MULLER, POIS EXISTE UM GRANDE FLUXO DE ALUNOS QUE_x000D_
 UTILIZAM ESTA FAIXA DE SEGURANCA. (FOTO EM ANEXO)</t>
   </si>
   <si>
     <t>26162</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26162/87.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26162/87.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A SECRETARIA MUNICIPAL COMPETENTE PEDIDO DE_x000D_
 REPAROS NO CALCAMENTO DA RUA HERNANI FORNARI PROXIMO AO NUMERO 142, DEVIDO AOS_x000D_
 TRANSTORNOS CAUSADOS AOS MORADORES DESTA RUA. LEMBRAMOS QUE FORAM OS MORADORES_x000D_
 QUE REQUERERAM ESTAS PROVIDENCIAS E ALEGAM ESTAREM A SEIS ANOS PASSANDO POR_x000D_
 ESTE PROBLEMA.</t>
   </si>
   <si>
     <t>26165</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26165/88.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26165/88.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA UMA AUDIENCIA PUBLICA COM A PRESENCA DO SR. PREFEITO OU_x000D_
 REPRESENTANTE, PARA EXPLANAR E DEBATER COM OS SENHORES VEREADORES, CATEGORIA_x000D_
 DOS SERVIDORES E COMUNIDADE A SITUACAO DE INADIMPLENCIA POR PARTE DO MUNICIPIO_x000D_
 DO RIO GRANDE. NO PAGAMENTO DE PRECATORIOS . ._x000D_
 PARA A OCASIAO SEJAM CONVIDADAS AS ENTIDADES DE CLASSE DOS SERVIDORES_x000D_
 MUNICIPAIS, OAB E REPRESENTANTES DA JUSTICA DO TRABALHO E ESTADUAL_x000D_
 CORRESPONDENTE A ANO DE 2005 E SEGUINTES, ACUMULANDO MAIS DE 14 MILHOES DE_x000D_
 REAIS DE DIVIDA.</t>
   </si>
   <si>
     <t>26167</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26167/89.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26167/89.pdf</t>
   </si>
   <si>
     <t>SEJA FORMADA COMISSAO DE VEREADORES COM OBJETIVO DE IR A INTERMODAL_x000D_
 2010, QUE SE REALIZARA NA CIDADE DE SAO PAULO, DE 06 A 08 DE ABRIL DE 2010_x000D_
 (CONVITE ANEXO).</t>
   </si>
   <si>
     <t>26170</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26170/90.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26170/90.pdf</t>
   </si>
   <si>
     <t>QUE SEJA APROVADA EM REGIME DE URGENCIA NESTE LEGISLATIVO, A_x000D_
 REALIZACAO DE AUDIENCIA PUBLICA PARA TRATAR DO TEMA; PISO SALARIAL PROFISSIONAL_x000D_
 NACIONAL(PSPN) E PLANO DE CARREIRA DO MAGISTERIO PUBLICO MUNICIPAL DOS_x000D_
 TRABALHADORES MUNICIPAIS EM EDUCACAO.</t>
   </si>
   <si>
     <t>26172</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26172/91.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26172/91.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA SESSAO SOLENE EM HOMENAGEM AOS 120 ANOS DA BANDA_x000D_
 ROSSINI, QUE TRANSCORRERA NO DIA 30 DE NOVEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>26175</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26175/93.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26175/93.pdf</t>
   </si>
   <si>
     <t>REQUEREM APOS OUVIDA A CASA, NA FORMA REGIMENTAL, QUE O EXECUTIVO, POR_x000D_
 MEIO DA SECRETARIA MUNICIPAL DE TRANSPORTES E SEGURANCA NO TRANSITO,_x000D_
 DISPONIBILIZE INFORMACOES AO LEGISLATIVO SOBRE COMO OCORRE O PROCESSO DE_x000D_
 AUTORIZACAO PARA AQUISICAO DE PLACAS VERMELHAS EM VEICULOS DE ALUGUEL TAIS_x000D_
 COMO ONIBUS, CAMINHOES, TAXIS, MICRO-ONIBUS E VANS DE LOTACAO.</t>
   </si>
   <si>
     <t>26179</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26179/94.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26179/94.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA REMETIDO_x000D_
 OFICIO AO DIRETOR PRESIDENTE DA LIMPURB - EMPRESA DE LIMPEZA URBANA DE SALVADOR_x000D_
 - BA, SR. ALVARO DA SILVEIRA FILHO,SOLICITANDO AS SEGUINTES INFORMACOES ACERCA_x000D_
 DA USINA TERMELETRICA A BIOGAS DO MUNICIPIO BAIANO:_x000D_
 I.LOCALIZACAO DO ATERRO SANITARIO;_x000D_
 II.MEDIA DE RESIDUOS URBANOS DEPOSITADA NO ATERRO;_x000D_
 III.CAPACIDADE DE PRODUCAO ENERGETICA DA USINA;_x000D_
 IV.VOLUME DE BIOGAS GERADO POR DIA.</t>
   </si>
   <si>
     <t>26182</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26182/95.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26182/95.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO DNIT(DEPARTAMENTO NACIONAL DE_x000D_
 INFRA-ESTRUTURA DE TRANSPORTES), A CONSTRUCAO DE UMA ROTULA NA ENTRADA DO_x000D_
 BAIRRO SANTA TEREZA, NA BR 392 KM 01.</t>
   </si>
   <si>
     <t>26185</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26185/97.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26185/97.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO A SENHORA ALINE AVILA, COORDENADORA DO CCMAR,_x000D_
 SOLICITANDO A REALIZACAO DE CURSOS DESTINADOS AS PESSOAS PORTADORAS DE_x000D_
 NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>26187</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26187/98.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26187/98.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO REQUERIMENTO A SENHORA DALVA AREJANO, COORDENADORA DO SINE_x000D_
 - SISTEMA NACIONAL DE EMPREGOS, SOLICITANDO A REALIZACAO DE ESTUDOS PARA A_x000D_
 IMPLANTACAO DE PAINEIS NO CENTRO DA CIDADE, DEVIDAMENTE AUTORIZADOS PELO PODER_x000D_
 PUBLICO MUNICIPAL, CONTENDO INFORMACOES SOBRE AS VAGAS DE EMPREGOS OFERECIDAS_x000D_
 POR ESTE ORGAO.</t>
   </si>
   <si>
     <t>26398</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Vereador Charles Saraiva</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26398/99.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26398/99.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO GOVERNO DO ESTADO DO RIO GRANDE DO SUL,_x000D_
 CONFORME SOLICITACOES DE ANOS ANTERIORES E PROJETO JA APROVADO PELO DAER, PARA_x000D_
 A INSTALACAO DE UM SEMAFORO, OU A CRIACAO DE UMA ROTULA NO ENTRONCAMENTO DA_x000D_
 AVENIDA ITALIA, AVENIDA SANTOS DUMONT E RUA OLAVO BILAC, BAIRRO JUNCAO.</t>
   </si>
   <si>
     <t>26493</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26493/100.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26493/100.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO GOVERNO DO ESTADO DO RIO GRANDE DO SUL,_x000D_
 SOLICITANDO QUE SEJA CUMPRIDO A INDICACAO DO CONSELHO DA AUTORIDADE PORTUARIA -_x000D_
 CAP, CONFORME ATA DA 107a REUNIAO ORDINARIA, ANEXA, PARA QUE SEJA CEDIDA A AREA_x000D_
 CONHECIDA COMO ARROIO DOS MACACOS, NA PONTA NORTE DO TECON, PARA A TRAVESSIA DE_x000D_
 VEICULOS, E, NO MUNICIPIO DE SAO JOSE DO NORTE A AREA CONHECIDA COMO PONTA DOS_x000D_
 PESCADORES.</t>
   </si>
   <si>
     <t>26494</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26494/101.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26494/101.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ADILSON TROCA - PSDB,_x000D_
 LIDER DO GOVERNO NA ASSEMBLEIA, PARA QUE ESTE, DENTRO DAS POSSIBILIDADES,_x000D_
 INTERCEDA JUNTO AO GOVERNO DO ESTADO DO RIO GRANDE DO SUL, SOLICITANDO QUE SEJA_x000D_
 CUMPRIDO A INDICACAO DO CONSELHO DA AUTORIDADE PORTUARIA - CAP, CONFORME ATA DA_x000D_
 107a REUNIAO ORDINARIA, ANEXA, PARA QUE SEJA CEDIDA A AREA CONHECIDA COMO_x000D_
 ARROIO DOS MACACOS, NA PONTA NORTE DO TECON, PARA A TRAVESSIA DE VEICULOS, E,_x000D_
 NO MUNICIPIO DE SAO JOSE DO NORTE A AREA CONHECIDA COMO PONTA DOS PESCADORES.</t>
   </si>
   <si>
     <t>26495</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26495/102.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26495/102.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL CLAUDIO DIAZ, PARA QUE_x000D_
 ESTE, DENTRO DAS POSSIBILIDADES, INTERCEDA JUNTO AO GOVERNO DO ESTADO DO RIO_x000D_
 GRANDE DO SUL, SOLICITANDO QUE SEJA CUMPRIDO A INDICACAO DO CONSELHO DA_x000D_
 AUTORIDADE PORTUARIA - CAP, CONFORME ATA DA 107a REUNIAO ORDINARIA, ANEXA, PARA_x000D_
 QUE SEJA CEDIDA A AREA CONHECIDA COMO ARROIO DOS MACACOS, NA PONTA NORTE DO_x000D_
 TECON, PARA A TRAVESSIA DE VEICULOS, E, NO MUNICIPIO DE SAO JOSE DO NORTE A_x000D_
 AREA CONHECIDA COMO PONTA DOS PESCADORES.</t>
   </si>
   <si>
     <t>26496</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26496/103.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26496/103.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO GOVERNO DO ESTADO DO RIO GRANDE DO SUL,_x000D_
 SOLICITANDO QUE O DAER - RS DEPARTAMENTO AUTONOMO DE ESTRADAS DE RODAGEM,_x000D_
 AGILIZE O PROJETO PARA A CONSTRUCAO DE PASSARELAS NA FRENTE DOS CONDOMINIOS_x000D_
 WALDEMAR DUARTE, MARIA CARMEM E CELMAR GONCALVES.</t>
   </si>
   <si>
     <t>26497</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26497/104.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26497/104.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL CLAUDIO DIAZ - PSDB,_x000D_
 SOLICITANDO A ESTE QUE, DENTRO DAS POSSIBILIDADES, AGILIZE JUNTO AO GOVERNO DO_x000D_
 ESTADO DO RIO GRANDE DO SUL, PARA QUE ESTE INTERCEDA JUNTO AO DAER - RS_x000D_
 DEPARTAMENTO AUTONOMO DE ESTRADAS DE RODAGEM, PARA A EXECUCAO DO PROJETO PARA A_x000D_
 CONSTRUCAO DE PASSARELAS NA FRENTE DOS CONDOMINIOS WALDEMAR DUARTE, MARIA_x000D_
 CARMEM E CELMAR GONCALVES.</t>
   </si>
   <si>
     <t>26498</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26498/105.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26498/105.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ADILSON TROCA - PSDB,_x000D_
 LIDER DO GOVERNO NA ASSEMBLEIA, SOLICITANDO A ESTE QUE, DENTRO DAS_x000D_
 POSSIBILIDADES, AGILIZE JUNTO AO GOVERNO DO ESTADO DO RIO GRANDE DO SUL, PARA_x000D_
 QUE ESTE INTERCEDA JUNTO AO DAER - RS DEPARTAMENTO AUTONOMO DE ESTRADAS DE_x000D_
 RODAGEM, PARA A EXECUCAO DO PROJETO PARA A CONSTRUCAO DE PASSARELAS NA FRENTE_x000D_
 DOS CONDOMINIOS WALDEMAR DUARTE, MARIA CARMEM E CELMAR GONCALVES.</t>
   </si>
   <si>
     <t>26499</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26499/106.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26499/106.pdf</t>
   </si>
   <si>
     <t>QUE COM BASE NA MENSAGEM 088 ENVIADA AO LEGISLATIVO EM 11/03/2010,_x000D_
 SOLICITAM AO EXECUTIVO MUNICIPAL QUE ENVIE COPIA DOS SEGUINTES DOCUMENTOS:_x000D_
 TERMO DE COOPERACAO FIRMADO ENTRE O MUNICIPIO E A INCORPORADORA ONGARATTO -_x000D_
 TOTAL DO VOLUME DE MATERIAL (AREIA) DIRECIONADO A EMPRESA E RELACAO DO MATERIAL_x000D_
  TROCADO COM SEUS RESPECTIVOS CUSTOS.</t>
   </si>
   <si>
     <t>26500</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26500/107.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26500/107.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A MINUTA DE PROJETO DE LEI ANEXA, QUE TORNA_x000D_
 OBRIGATORIA A INSTALACAO DE GUARDA-MOCHILAS NAS ESCOLAS SITUADAS NO MUNICIPIO_x000D_
 DO RIO GRANDE. AO EXECUTIVO MUNICIPAL, PARA QUE ESTE ESTUDE A POSSIBILIDADE DE_x000D_
 IMPLANTA-LO.</t>
   </si>
   <si>
     <t>26501</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26501/108.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26501/108.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE AO COMANDO DO 6o BPM SOLICITANDO_x000D_
 DESTACAMENTO DE EFETIVO PARA ATUAR NAS RUAS E AVENIDAS DO BAIRRO PARQUE SAO_x000D_
 PEDRO COM O OBJETIVO DE COIBIR OS CONSTANTES RACHAS DE MOTOQUEIROS, REQUEREM_x000D_
 TAMBEM QUE SEJA OFICIADA A SECRETARIA MUNICIPAL DE TRANSPORTES E SEGURANCA NO_x000D_
 TRANSITO, PEDINDO QUE A MESMA REALIZE FISCALIZACAO DE SEGURANCA NO TRANSITO_x000D_
 DESTE BAIRRO PARA PREVENCAO CONTRA ACIDENTES E POSSIVEIS INFRACOES.</t>
   </si>
   <si>
     <t>26502</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26502/109.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26502/109.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA COMPETENTE ENVIE AO_x000D_
 LEGISLATIVO MUNICIPAL COPIAS DAS FATURAS COM DISCRIMINACAO DAS TAREFAS E_x000D_
 RESPECTIVOS VALORES PAGOS A EMPRESA RIO GRANDE AMBIENTAL POR OCASIAO DOS_x000D_
 SERVICOS PRESTADOS NOS MESES DE JANEIRO, FEVEREIRO E MARCO DO ANO CORRENTE.</t>
   </si>
   <si>
     <t>26503</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26503/110.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26503/110.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO DNIT SOLICITANDO MELHORAS NA SINALIZACAO_x000D_
 VERTICAL E HORIZONTAL NO TRECHO DA BR392 QUE LIGA O CENTRO DA CIDADE AO_x000D_
 DISTRITO INDUSTRIAL, 4a SECCAO DA BARRA E PRAIA DO CASSINO, COM PINTURAS NAS_x000D_
 BORDAS E NO CENTRO DA FAIXA, COLOCACAO DE PLACAS DE SINALIZACAO E INFORMACOES_x000D_
 SOBRE ESTES LOCAIS, BEM COMO TODAS AS DEMAIS INDICACOES QUE FOREM NECESSARIAS_x000D_
 PARA ORIENTACAO DOS USUARIOS DAQUELA RODOVIA.</t>
   </si>
   <si>
     <t>26504</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26504/111.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26504/111.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO DAER QUE SEJA PROVIDENCIADO SINALIZACAO (COM LAMPADAS) NA_x000D_
 OBRA DE DUPLICACAO DA RS 734, CONFRONTE O BAIRRO RESIDENCIAL PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>26505</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26505/112.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26505/112.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSU, QUE SEJA FEITA A MANUTENCAO DO QUADRA ESPORTIVA CAMPO_x000D_
 DA BAIXADA,SITUADA NA AVENIDA HEITOR AMARO BARCELOS, NO BGV.</t>
   </si>
   <si>
     <t>26506</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26506/113.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26506/113.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE A DIRECAO DA CAIXA ECONOMICA FEDERAL_x000D_
 EM BRASILIA, NA PESSOA DE SUA PRESIDENTA, SRA. MARIA FERNANDA RAMOS COELHO,_x000D_
 SOLICITANDO QUE ATRAVES DO SETOR DE LICITACOES E CONTRATACOES SEJAM LIBERADOS_x000D_
 PROCESSO DE CONCORRENCIA PARA A COMERCIALIZACAO DAS LOTERIAS FEDERAIS, POR_x000D_
 MEIO DO REGIME DE PERMISSAO VIGENTE NA INSTITUICAO, DETERMINANDO PRINCIPALMENTE_x000D_
 A ABERTURA DE AGENCIA NO BAIRRO PARQUE MARINHA, PROPORCIONANDO MELHOR_x000D_
 ATENDIMENTO A TODA A ZONA OESTE DA CIDADE DE RIO GRANDE-RS.</t>
   </si>
   <si>
     <t>26508</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26508/114.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26508/114.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO AO EXCELENTISSIMO PREFEITO MUNICIPAL PARA QUE DETERMINE A_x000D_
 SECRETARIA COMPETENTE QUE REALIZE UM ESTUDO E POSSIBILITE A INSTALACAO DE AREAS_x000D_
 DE EMBARQUE E DESEMBARQUE COM DURACAO DE 30 MINUTOS NO EM TORNO DO MERCADO_x000D_
 MUNICIPAL DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26509</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26509/115.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26509/115.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A SRa. ALEXANDRA RESCHKE, SECRETARIA DO_x000D_
 MINISTERIO DO PLANEJAMENTO, SOLICITANDO QUE SEJA VERIFICADA A POSSIBILIDADE DE_x000D_
 IMPLANTAR UM ESCRITORIO DO PATRIMONIO DA UNIAO PARA ATENDER A COMUNIDADE_x000D_
 RIO-GRANDINA, TENDO EM VISTA QUE O MUNICIPIO POSSUI UM NUMERO CONSIDERAVEL DE_x000D_
 OCUPANTES DE TERRENOS DE MARINHA, NECESSITANDO, ASSIM, DESSE ATENDIMENTO, PARA_x000D_
 QUE SEJAM OFERECIDOS A POPULACAO OS SERVICOS COMO: PARCELAMENTOS,_x000D_
 ENCAMINHAMENTO DE REQUERIMENTOS DE ISENCAO DA TAXA DE OCUPACAO, ESCLARECIMENTOS_x000D_
 QUANTO A PRESCRICAO DE DIVIDAS E DEMAIS PROCEDIMENTOS RELACIONADOS. OUTROSSIM,_x000D_
 SOLICITAMOS QUE SEJA ENVIADA COPIA A GERENCIA REGIONAL DO PATRIMONIO DA UNIAO.</t>
   </si>
   <si>
     <t>26510</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26510/116.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26510/116.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA DETERMINADA UMA DATA PARA A REALIZACAO DE UMA SESSAO_x000D_
 SOLENE ESPECIAL EM HOMENAGEM A COMUNIDADE POLONESA, QUE E COMEMORADO ANUALMENTE_x000D_
 NO DIA 03 DE MAIO.</t>
   </si>
   <si>
     <t>26512</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26512/117.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26512/117.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA SESSAO SOLENE EM "HOMENAGEM AO SINDICATO DOS_x000D_
 PORTUARIOS", QUE NESTE ANO COMEMORA 51 ANOS DE FUNDACAO.</t>
   </si>
   <si>
     <t>26514</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26514/118.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26514/118.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, PARA QUE ESTE,_x000D_
 JUNTAMENTE COM A SECRETARIA COMPETENTE E O ENGo RODOLFO M. DOS SANTOS, GERENTE_x000D_
 SETORIAL DE QUALIDADE, SEGURANCA, MEIO AMBIENTE E SAUDE DA PETROBRAS, AVALIEM A_x000D_
 POSSIBILIDADE DE EFETUAR VISITAS DOS ESTUDANTES DAS ESCOLAS SITUADAS NO_x000D_
 MUNICIPIO DO RIO GRANDE JUNTO A OBRA DO DIQUE SECO, RESPEITADAS, EVIDENTEMENTE,_x000D_
 TODAS AS NORMAS DE SEGURANCA.</t>
   </si>
   <si>
     <t>26437</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26437/119.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26437/119.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO MINISTERIO DA SAUDE, AOS LIDERES_x000D_
 PARTIDARIOS DA CAMARA DOS DEPUTADOS E DO SENADO FEDERAL SOLICITANDO A ESTES QUE_x000D_
 AS VACINAS CONTRA A GRIPE AH1N1 SEJAM DISPONIBILIZADAS A TODA A POPULACAO_x000D_
 BRASILEIRA, E NAO SOMENTE AOS GRUPOS DE RISCO.</t>
   </si>
   <si>
     <t>26438</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26438/120.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26438/120.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO A TODOS OS SENADORES DA REPUBLICA,_x000D_
 SOLICITANDO AGILIDADE NA VOTACAO DO PROJETO DE LEI DE SENADOR 338/2009 DE_x000D_
 06/08/2009 , QUE ALTERA A LEI No 8.069, DE 13 DE JULHO DE 1990 (ESTATUTO DA_x000D_
 CRIANCA E DO ADOLESCENTE), PARA PREVER O DIREITO DE ACESSO PUBLICO A_x000D_
 INFORMACOES SOBRE CONDENADOS POR CRIMES CONTRA A LIBERDADE SEXUAL DE CRIANCA OU_x000D_
 ADOLESCENTE, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>26439</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26439/121.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26439/121.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, PARA QUE ESTE,_x000D_
 DENTRO DAS POSSIBILIDADES, AUXILIE GRUPOS GLBT A REALIZAR ATIVIDADES DE COMBATE_x000D_
 A HOMOFOBIA, ALEM DE CAMINHADAS DE ORIENTACAO E ESCLARECIMENTO A POPULACAO,_x000D_
 EVITANDO ASSIM PRECONCEITOS CONTRA ESTES SERES HUMANOS.</t>
   </si>
   <si>
     <t>26440</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26440/122.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26440/122.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, PARA QUE ESTE,_x000D_
 ATRAVES DAS SECRETARIAS ESPECIAL DO CASSINO, DE TURISMO, E DA UNIDADE DE_x000D_
 CULTURA DA SECRETARIA DE EDUCACAO, ESTUDE A POSSIBILIDADE DA REALIZACAO DE_x000D_
 SHOWS, MATEADAS E ATIVIDADES CULTURAIS E ESPORTIVAS, ALEM DA POSSIBILIDADE DE_x000D_
 REALIZACAO DE FEIRA DE ARTESANATO NA AV. RIO GRANDE, REVITALIZANDO E PROMOVENDO_x000D_
 O TURISMO NO BALNEARIO NO PERIODO DE BAIXA TEMPORADA.</t>
   </si>
   <si>
     <t>26441</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26441/123.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26441/123.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, PARA QUE ESTE,_x000D_
 ATRAVES DA SMSTT, ESTUDE A POSSIBILIDADE DE INSTALACAO DE UM SEMAFORO NO_x000D_
 ENTRONCAMENTO DAS ARTERIAS SILVA PAES, ALMIRANTE BARROSO E DOM PEDRO II.</t>
   </si>
   <si>
     <t>26442</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26442/124.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26442/124.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO AS AGENCIAS BANCARIAS DO MUNICIPIO SOLICITANDO_x000D_
 INFORMACOES SOBRE O EFETIVO CUMPRIMENTO DA LEI MUNICIPAL 6725/2009, DE 1o DE_x000D_
 AGOSTO DE 2009 (ANEXADA A SEGUIR), TENDO EM VISTA QUE O PRAZO DE 180 (CENTO E_x000D_
 OITENTA) DIAS PARA ADAPTACAO DOS ESTABELECIMENTOS BANCARIOS A NOVA REALIDADE_x000D_
 EXPIROU EM 1o DE FEVEREIRO DE 2010, CONFORME ARTIGO 6o DO REFERIDO ESTATUTO.</t>
   </si>
   <si>
     <t>26446</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26446/125.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26446/125.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA SESSAO SOLENE ESPECIAL EM HOMENAGEM A MEMORIA FARRAPA_x000D_
 DIA 18/07/2010.</t>
   </si>
   <si>
     <t>26448</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26448/126.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26448/126.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SR. WALDYR STUMPF, CHEFE GERAL DA_x000D_
 EMBRAPA CLIMA TEMPERADO, PARA QUE ESTE ESTUDE A POSSIBILIDADE DE IMPLANTAR NO_x000D_
 MUNICIPIO DE RIO GRANDE O CENTRO DE FORMACAO TECNICA PARA AGRICULTORES_x000D_
 FAMILIARES NOS MOLDES DO PROJETO QUE FOI IMPLANTADO EM PELOTAS.</t>
   </si>
   <si>
     <t>26453</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26453/127.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26453/127.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A TERCEIRA COMPANHIA DA BRIGADA MILITAR, OPERACOES NO_x000D_
 SENTIDO DE COIBIR O VANDALISMO QUE VEM O CORRENDO COM OS ONIBUS NA ENTRADA DO_x000D_
 PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>26455</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26455/128.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26455/128.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A ANTT (AGENCIA NACIONAL DE TRANSPORTES TERRESTRES), QUE_x000D_
 ATRAVES DE SUA UNIDADE REGIONAL DO RIO GRANDE DO SUL- URRS (POSTO DE_x000D_
 FISCALIZACAO), INFORMACOES SOBRE QUAL O PERIODO E QUEM FAZ A AFERICOES DAS_x000D_
 BALANCAS FIXA DA BR392, KM 48, PELOTAS/ RIO GRANDE E BALANCA FIXA DA BR - 116,_x000D_
 KM 509,5, PELOTAS/PORTO ALEGRE.</t>
   </si>
   <si>
     <t>26457</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26457/129.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26457/129.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL E SECRETARIA DE COMPETENCIA, JUNTAMENTE COM_x000D_
 A DIRECAO DO CENTRO MUNICIPAL DE RECREACAO E LAZER CONSTRUAM PROCEDIMENTO_x000D_
 ADMINISTRATIVO REGULAMENTANDO O USO DAS DEPENDENCIAS DO GINASIO FARYDO SALOMAO.</t>
   </si>
   <si>
     <t>26462</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26462/130.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26462/130.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL JUNTAMENTE COM AS SECRETARIAS DE COMPETENCIA_x000D_
 PROVIDENCIEM URGENTEMENTE A REFORMA NO TELHADO DO GINASIO FARYDO SALOMAO E_x000D_
 TAMBEM QUE AUMENTE O EFETIVO DE GUARDAS MUNICIPAIS PARA MAIOR SEGURANCA NAS_x000D_
 DEPENDENCIAS INTERNAS E EXTERNAS DO GINASIO.</t>
   </si>
   <si>
     <t>26463</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26463/131.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26463/131.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL OFICIE A EMPRESA NOIVA DO MAR SOLICITANDO_x000D_
 QUE A MESMA COLOQUE NA ESTRUTURA DE SEU SITE EMPRESARIAL SERVICOS DE_x000D_
 INFORMACAO AO CLIENTE SOBRE: SALDO DE PASSAGEM EXISTENTE - EXTRATO COM VALOR DE_x000D_
 DEPOSITO DAS PASSAGENS E DIA DE DEPOSITO.</t>
   </si>
   <si>
     <t>26469</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26469/132.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26469/132.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SUA SECRETARIA DE COMPETENCIA ,_x000D_
 OFICIE A TODOS OS ESTABELECIMENTOS BANCARIOS DO MUNICIPIO SOLICITANDO QUE OS_x000D_
 MESMOS COLOQUEM NO INTERIOR DE SUAS AGENCIAS DE ATENDIMENTO, A FIXACAO DE_x000D_
 PLACAS INFORMATIVAS AOS CLIENTES INFORMANDO QUE: " CONFORME LEI MUNICIPAL 6.323_x000D_
 DE 22/11/2006, O TEMPO MAXIMO DE ESPERA PARA O ATENDIMENTO, APOS A RETIRADA DE_x000D_
 SUA SENHA E DE 15 MINUTOS.</t>
   </si>
   <si>
     <t>26470</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26470/133.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26470/133.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SUA SECRETARIA DE COMPETENCIA ,_x000D_
 COLOQUE NO INTERIOR DE TODOS OS ONIBUS DAS EMPRESAS PRESTADORES DE SERVICO EM_x000D_
 TRANSPORTE COLETIVO, PLACAS INFORMATIVAS ONDE CONSTE O NUMERO DE TELEFONE PARA_x000D_
 CONTATO COM O SETOR DE RECLAMACOES E FISCALIZACAO DA PREFEITURA, CASO EXISTAM_x000D_
 DENUNCIAS CONSTATANDO O NAO CUMPRIMENTO ADEQUADO DESTES SERVICOS AOS USUARIOS.</t>
   </si>
   <si>
     <t>26471</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26471/134.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26471/134.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL A PARTIR DA SECRETARIA MUNICIPAL DA SAUDE ,_x000D_
 APOS TERMINO DA CAMPANHA DE VACINACAO CONTRA A GRIPE INFLUENZA A-H1N1 REALIZE_x000D_
 LEVANTAMENTO DO NUMERO DE DOSES EM SOBRA, E QUE ESTAS, ATRAVES DE PARCERIA_x000D_
 SEJAM DIRECIONADAS PARA SEREM APLICADAS EM TRABALHADORES DE EMPRESAS E_x000D_
 INSTITUICOES PUBLICAS E PRIVADAS QUE ESTEJAM PERMANENTEMENTE EM CONTATO DIRETO_x000D_
 COM O PUBLICO (TRANSPORTE COLETIVO - REDE BANCARIA E OUTROS)</t>
   </si>
   <si>
     <t>26472</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26472/135.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26472/135.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENVIE AO LEGISLATIVO COPIA DE TODOS OS_x000D_
 DECRETOS QUE REGULAMENTARAM A CONCESSAO DA GIF ( GRATIFICACAO DE INCENTIVO_x000D_
 FUNCIONAL) APOS O ANO DE 2003.</t>
   </si>
   <si>
     <t>26473</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26473/136.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26473/136.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AO DIA MUNDIAL DO_x000D_
 ESCOTISMO._x000D_
 CABE REGISTRAR QUE FOI NO DIA 23 DE ABRIL DE 1907, NA INGLATERRA, O GENERAL_x000D_
 INGLES ROBERT STEPHENSON SMYTH BADEN-POWELL, REALIZOU UM ACAMPAMENTO COM UM_x000D_
 GRUPO DE VINTE RAPAZES. NASCIA, ASSIM, O ESCOTISMO, COM O OBJETIVO DE_x000D_
 DESENVOLVER NOS JOVENS QUALIDADES COMO: FIRMEZA DE CARATER, AUTOCONFIANCA,_x000D_
 ESPIRITO COMUNITARIO, VALORIZACAO DA ETICA NAS RELACOES ENTRE AS PESSOAS E AS_x000D_
 ATIVIDADES EM EQUIPE.</t>
   </si>
   <si>
     <t>26474</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26474/137.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26474/137.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 REALIZADA UMA SESSAO SOLENE NO DIA 21 DE MAIO DO CORRENTE ANO EM COMEMORACAO_x000D_
 AOS 45 ANOS DA IMPLANTACAO DO POSTO DE POLICIA FEDERAL, POSTERIORMENTE_x000D_
 SUBDELEGACIA REGIONAL, DIVISAO E ATUALMENTE DELEGACIA DE POLICIA FEDERAL NA_x000D_
 CIDADE DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26475</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26475/138.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26475/138.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 REMETIDO AO EXECUTIVO MUNICIPAL, COPIA ANEXA DO PROJETO JOVEM ESCRITOR, AFIM DE_x000D_
 QUE O MESMO SEJA APRECIADO, E SE JULGADO OPORTUNO, SEJA REMETIDO A ESTA CASA NA_x000D_
 FORMA DE PROJETO DE LEI DO EXECUTIVO.</t>
   </si>
   <si>
     <t>26476</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26476/139.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26476/139.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, QUE SEJA_x000D_
 SOLICITADO AO SENHOR PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA COMPETENTE A_x000D_
 REVITALIZACAO, LIMPEZA E RECUPERACAO DA PRACA SETE DE SETEMBRO, LOCALIZADA NO_x000D_
 CENTRO DA CIDADE, POSTO QUE SE ENCONTRA ABANDONADA.</t>
   </si>
   <si>
     <t>26477</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26477/140.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26477/140.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE, QUE SEJA PROVIDENCIADO O_x000D_
 NIVELAMENTO E A LIMPEZA DAS BOCAS DE LOBO, NA RUA AUGUSTE SAINT HILAIRE,_x000D_
 SITUADA NO BAIRRO COHAB II.</t>
   </si>
   <si>
     <t>26478</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26478/141.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26478/141.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA MUNICIPAL DA FAZENDA, QUE IDENTIFIQUE E LOCALIZE_x000D_
 O PROPRIETARIO DO TERRENO SITUADO ENTRE O PARQUE MARINHA E JARDIM DO SOL,_x000D_
 NOTIFICANDO O MESMO PARA QUE O MESMO PROVIDENCIE O CERCA MENTO DA AREA ,POIS_x000D_
 ESTA SERVINDO DE DEPOSITO DE LIXO, CAUSANDO UM GRANDE TRANSTORNO AOS MORADORES.</t>
   </si>
   <si>
     <t>26479</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26479/142.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26479/142.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A EMPRESA ECOSUL RODOVIAS, A COLOCACAO DE_x000D_
 UMA PLACA INDICATIVA NA BR 392, JUNTAMENTE COM A SAIDA DA RUA 13 DO BAIRRO_x000D_
 GETULIO VARGAS, SENTIDO 4a SECCAO DA BARRA- PORTO DO RIO GRANDE E OUTRA PLACA_x000D_
 NO SENTIDO INVERSO, A FIM DE NORTEAR O ACESSO DESSES DOIS LOCAIS.</t>
   </si>
   <si>
     <t>26481</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26481/143.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26481/143.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SUA SECRETARIA MUNICIPAL DE_x000D_
 TRANSPORTES E SEGURANCA NO TRANSITO COLOQUEM O NOVO PONTO DE TAXI DA_x000D_
 RODOVIARIA DE RIO GRANDE PROXIMO DA SUA ATUAL LOCALIZACAO, E QUE NAO SEJA_x000D_
 EFETUADA A MUDANCA DO MESMO PARA A RUA VICE-ALMIRANTE ABREU.</t>
   </si>
   <si>
     <t>26482</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26482/144.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26482/144.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SUA SECRETARIA MUNICIPAL DE_x000D_
 TRANSPORTES E SEGURANCA NO TRANSITO, VIABILIZE OS SEGUINTES PROCEDIMENTOS:_x000D_
 &gt; ADEQUAR O PONTO DE TAXI EXISTENTE NA GENERAL OSORIO FRENTE AO MERCADO_x000D_
 PUBLICO AS NECESSIDADES E DEMANDAS DOS TAXISTAS QUE PRESTAM SERVICOS AOS_x000D_
 PASSAGEIROS ORIUNDOS DA TRAVESSIA RIO GRANDE SAO JOSE DO NORTE._x000D_
 &gt; DETERMINAR A EMPRESA ADMINISTRADORA DO ESTACIONAMENTO ROTATIVO A CEDENCIA DE_x000D_
 AREA PARA ESTACIONAMENTO DE 02 TAXIS NA FAIXA AZUL AO LADO DA HIDROVIARIA DE_x000D_
 RIO GRANDE COMO SENDO EXTENSAO DO PONTO DE TAXI DA GENERAL OSORIO FRENTE AO_x000D_
 MERCADO PUBLICO.</t>
   </si>
   <si>
     <t>26483</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26483/145.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26483/145.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE UMA SESSAO SOLENE_x000D_
 ESPECIAL EM HOMENAGEM AO DIA NACIONAL DO IDOSO, QUE E COMEMORADO NO DIA 27 DE_x000D_
 SETEMBRO.</t>
   </si>
   <si>
     <t>26484</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26484/147.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26484/147.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REITERADO O REQUERIMENTONo119/2009, PROTOCOLADO EM_x000D_
 23/03/2009, SOLICITANDO A A SMSTT A COLOCACAO DE REDUTORES DE VELOCIDADE NA RUA_x000D_
 BELO BRUM NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>26485</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26485/148.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26485/148.pdf</t>
   </si>
   <si>
     <t>SEJA REITERADO O REQUERIMENTONo24/2009, PROTOCOLADO EM 20/01/2009,_x000D_
 SOLICITANDO A SECRETARIA COMPETENTE, QUE SEJA COLOCADO REDUTORES DE VELOCIDADE_x000D_
 NA RUA "S" DO BAIRRO CASTELO BRANCO, MAIS PRECISAMENTE NOS CRUZAMENTOS COM AS_x000D_
 RUAS IRMAO ICISIO E ISIDORO FRANCO.</t>
   </si>
   <si>
     <t>26486</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26486/149.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26486/149.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA NA FORMA REGIMENTAL, QUE SEJA_x000D_
 APROVADO VOTO DE LOUVOR AO SR. FLAVIO RAMIRES, SARGENTO DA BRIGADA MILITAR,_x000D_
 MATRICULA No 2138824 PELA ATITUDE TOMADA DE AUXILIAR/SOCORRER AS VITIMAS DO_x000D_
 ACIDENTE OCORRIDO NO DIA 30 DE NOVEMBRO DE 2009, NA BR 116 KM 475,4_x000D_
 PROXIMO A SAO LOURENCO DO SUL.</t>
   </si>
   <si>
     <t>26487</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Vereador Kanelão</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26487/150.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26487/150.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENCAMINHADO AO INTERVENTOR ENGENHEIRO HUMBERTO SORIO_x000D_
 PEDIDO DE ANISTIA DOS DEBITOS COM A CORSAN DE TODOS CONSUMIDORES DE AGUA_x000D_
 ENQUADRADOS NA TARIFA SOCIAL RA.</t>
   </si>
   <si>
     <t>26488</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26488/151.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26488/151.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO PRESIDENTE DESSA CASA LEGISLATIVA, SR._x000D_
 RENATO ESPINDOLA ALBUQUERQUE, PARA CRIE A COMISSAO PARLAMENTAR DO MERCOSUL,_x000D_
 SENDO ESCOLHIDO UM PARLAMENTAR DE CADA BANCADA.</t>
   </si>
   <si>
     <t>26489</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26489/152.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26489/152.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO TENENTE CORONEL CLAUDIO ROBERTO FERREIRA DA_x000D_
 ROSA-COMANDO LOCAL DA BRIGADA MILITAR, CORONEL JOAO CARLOS TRINDADE_x000D_
 LOPES-COMANDO GERAL DA BRIGADA MILITAR E AO GENERAL EDSON DE OLIVEIRA_x000D_
 GOULARTE-SECRETARIO DE SEGURANCA PUBLICA DO RIO GRANDE DO SUL SOLICITANDO QUE_x000D_
 SEJA INFORMADO A ESTA CASA LEGISLATIVA O NUMERO DE EFETIVO QUE ESTA ATUANDO NO_x000D_
 RIO GRANDE E QUANTOS, DOS FORMADOS NO ULTIMO CONCURSO, PERMANECERAO NO_x000D_
 MUNICIPIO. OUTROSSIM, SOLICITAMOS QUE VIABILIZE ESTUDOS PARA QUE SEJAM_x000D_
 REMANEJADOS OS SOLDADOS RIO-GRANDINOS QUE ESTAO ATUANDO FORA DE SUA CIDADE DE_x000D_
 ORIGEM. REQUEREMOS, AINDA, QUE SEJA ENVIADO COPIA AO DEPUTADO ESTADUAL ADILSON_x000D_
 TROCA E AO DEPUTADO FEDERAL CLAUDIO DIAZ.</t>
   </si>
   <si>
     <t>26490</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26490/153.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26490/153.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO SUPERINTENDENTE REGIONAL DO DEPARTAMENTO_x000D_
 NACIONAL DE INFRAESTRUTURA TERRESTRE-DNIT, SR. VLADMIR ROBERTO CASA,_x000D_
 SOLICITANDO QUE SEJAM TOMADAS AS DEVIDAS PROVIDENCIAS PARA AGILIZAR A_x000D_
 CONTRATACAO DOS SERVICOS DE REPOSICAO DO TELAMENTO INSTALADO NAS MARGENS DA_x000D_
 BR-471 (RIO GRANDE/SANTA VITORIA), UMA VEZ QUE O MATERIAL DOADO PELA EMPRESA_x000D_
 GERDAU PARA RECUPERAR A REFERIDA PROTECAO ENCONTRA-SE GUARDADO E SEM USO HA_x000D_
 MAIS DE 3 ANOS. REITERA REQUERIMENTO 335/2009.</t>
   </si>
   <si>
     <t>26491</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26491/154.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26491/154.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A PRIMEIRA COMPANHIA DA BRIGADA MILITAR, OPERACOES NO_x000D_
 SENTIDO DE COIBIR A BALBURDIA, E O CAOS NO TRANSITO NOS FINAIS DE SEMANA, NA_x000D_
 AVENIDA BUARQUE DE MACEDO.</t>
   </si>
   <si>
     <t>26386</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26386/155.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26386/155.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SUA SECRETARIA DE COMPETENCIA EM_x000D_
 SERVICOS DE PAVIMENTACAO, REALIZE ESTUDOS PARA PAVIMENTAR O TRECHO RESTANTE DA_x000D_
 RUA SENADOR SALGADO FILHO EM DIRECAO A RUA ACACIA RIO GRANDENSE E VALPORTO.</t>
   </si>
   <si>
     <t>26389</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26389/156.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26389/156.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS 50 ANOS DE_x000D_
 FUNDACAO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MATE AMARGO.</t>
   </si>
   <si>
     <t>26391</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26391/157.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26391/157.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENVIADO OFICIO AO DIRETOR-PRESIDENTE DA COMPANHIA_x000D_
 RIOGRANDENSE DE SANEAMENTO-CORSAN, SR. LUIZ ZAFFALON, SOLICITANDO A REABERTURA_x000D_
 DO POSTO DE ATENDIMENTO DA EMPRESA NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26392</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26392/158.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26392/158.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SR. LUIZ LIMA, PRESIDENTE DA_x000D_
 ASSOCIACAO RIOGRANDINA DE ENTIDADES CARNAVALESCAS-ARGEC, SOLICITANDO A INCLUSAO_x000D_
 NO CALENDARIO OFICIAL DO CARNAVAL O ENTERRO DOS OSSOS A SER REALIZADO TODOS OS_x000D_
 ANOS NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26394</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26394/159.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26394/159.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA PARA REALIZACAO DE UMA SESSAO SOLENE EM_x000D_
 HOMENAGEM AO TRANSCURSO DOS 20 ANOS DA LEI ORGANICA MUNICIPAL, PROMULGADA EM_x000D_
 02/04/1990. OUTROSSIM, SOLICITAMOS QUE SEJAM CONVIDADOS OS EX-VEREADORES_x000D_
 CONSTITUINTES E FAMILIARES DAQUELES JA FALECIDOS.</t>
   </si>
   <si>
     <t>26397</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26397/160.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26397/160.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A EMPRESA REK PARKING, RESPONSAVEL PELO ESTACIONAMENTO_x000D_
 ROTATIVO, QUE SEJA EMITIDO EM DUAS VIAS O COMPROVANTE DE PAGAMENTO DO_x000D_
 ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>26399</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26399/161.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26399/161.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA HOMENAGEM AO GRUPO DE MAES DO ATLANTICO SUL, DIRIGIDO_x000D_
 PELAS OBREIRAS DA LOJA MACONICA UNIAO FRATERNIDADE UNIVERSAL, PELO ANIVERSARIO_x000D_
 DE 10 ANOS DE ATIVIDADES EM PROL DA COMUNIDADE DO BAIRRO ATLANTICO SUL.</t>
   </si>
   <si>
     <t>26400</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26400/162.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26400/162.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO A CONCESSIONARIA ECOSUL SOLICITANDO IMPLANTACAO_x000D_
 DE SEMAFORO E CANCELA, BEM COMO MELHORIAS NA ILUMINACAO E SINALIZACAO, NO_x000D_
 QUILOMETRO 32 DA BR 392, ONDE HA O ENTRONCAMENTO COM OS TRILHOS DA REDE_x000D_
 FERROVIARIA FEDERAL SOCIEDADE ANONIMA (RFFSA), TENDO EM VISTA OCORRENCIA_x000D_
 FREQUENTE DE ACIDENTES GRAVES NAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>26401</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26401/163.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26401/163.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR GERAL DO DAER, SR. VICENTE PAULO_x000D_
 MATTOS DE BRITTO PEREIRA E AO DIRETOR DO 7o DISTRITO OPERACIONAL DO DAER, ENG._x000D_
 SANDRO VAZ DOS SANTOS, SOLICITANDO A SUBSTITUICAO DOS REDUTORES DE VELOCIDADE_x000D_
 EXISTENTES NA AV. ITALIA, PROXIMO AO No 2111 (CONDOMINIO WALDEMAR DUARTE),_x000D_
 SENDO COLOCADOS DE FORMA QUE OS VEICULOS QUE POR ALI TRANSITAM TENHAM QUE_x000D_
 EFETIVAMENTE REDUZIR A VELOCIDADE, DANDO MAIOR SEGURANCA AOS USUARIOS DAQUELA_x000D_
 VIA. O SOLICITADO SE FAZ NECESSARIO PELO FATO DE QUE OS REDUTORES ALI_x000D_
 INSTALADOS, ALEM DE ENCONTRAREM-SE DETERIORADOS, PERMITEM QUE OS VEICULOS_x000D_
 TRAFEGUEM LIVREMENTE.</t>
   </si>
   <si>
     <t>26402</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26402/164.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26402/164.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADA CORRESPONDENCIA AO DEPARTAMENTO NACIONAL DE_x000D_
 INFRAESTRUTURA DE TRANSPORTES - DNIT, SOLICITANDO MAIOR AGILIDADE NO PROCESSO_x000D_
 LICITATORIO DA OBRA DE RECONSTRUCAO DAS LATERAIS DA PISTA DA RODOVIA BR471 E_x000D_
 COLOCACAO DAS TELAS DE PROTECAO PARA OS ANIMAIS DA RESERVA ECOLOGICA DO TAIM,_x000D_
 TENDO EM VISTA QUE AS TELAS DOADAS PELA EMPRESA GERDAU ESTAO GUARDADAS NO PATIO_x000D_
 DO INSTITUTO BRASILEIRO DO MEIO AMBIENTE DESDE 2006 ENQUANTO CENTENAS DE_x000D_
 ANIMAIS DA MENCIONADA RESERVA ESTAO MORRENDO AS MARGENS DA RODOVIA E CAUSANDO_x000D_
 ACIDENTES DE TRANSITO.</t>
   </si>
   <si>
     <t>26404</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26404/165.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26404/165.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADA CORRESPONDENCIA A DIRECAO DA CEEE - COMPANHIA ESTADUAL_x000D_
 DE ENERGIA ELETRICA SOLICITANDO PROVIDENCIAS PARA SOLUCIONAR O GRAVE PROBLEMA_x000D_
 DAS QUEDAS CONSTANTES E BAIXA POTENCIA DE ENERGIA ELETRICA DA RUA 03 DA 4a_x000D_
 SECCAO DA BARRA DO RIO GRANDE. ANEXADO A SEGUIR ABAIXOASSINADO DOS MORADORES_x000D_
 DAQUELA LOCALIDADE, QUE SOFREM COM DANOS EM APARELHOS ELETRICOS E ELETRONICOS_x000D_
 EM DECORRENCIA DESTE PROBLEMA.</t>
   </si>
   <si>
     <t>26407</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26407/167.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26407/167.pdf</t>
   </si>
   <si>
     <t>E NOS TERMOS DA LEI ORGANICA MUNICIPAL SEJA CONVOCADO O SECRETARIO_x000D_
 MUNICIPAL DE CIDADANIA E ASSISTENCIA SOCIAL, SR. LEONARDO GENSEN SALUM A FIM_x000D_
 DE EXPLICAR AOS SENHORES VEREADORES E COMUNIDADE SOBRE O IMPASSE EXISTENTE EM_x000D_
 RELACAO A PRORROGACAO DOS MANDATOS DOS ATUAIS CONSELHEIROS TUTELARES.</t>
   </si>
   <si>
     <t>26409</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26409/168.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26409/168.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 VIAS REALIZE COM URGENCIA SERVICOS DE RECUPERACAO DAS PRINCIPAIS ESTRADAS DE_x000D_
 ACESSO E LIGACAO ENTRE AS LOCALIDADES DE DO POVO NOVO E PESQUEIRO.</t>
   </si>
   <si>
     <t>26410</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26410/170.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26410/170.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AO SUPERINTENDENTE DO DTC(_x000D_
 DEPARTAMENTO DE TRANSPORTE COLETIVO DO DAER), ENGENHEIRO ERNESTO LUIZ EICHIER_x000D_
 MANIFESTANDO A POSICAO CONTRARIA DESTA CASA LEGISLATIVA A MODALIDADE MISTA:_x000D_
 EXECUTIVA NO SISTEMA DOUBLE-SERVICE, OFERECIDO PELA EMPRESA PLANALTO TRANSPORTE_x000D_
 LTDA. NA LINHA RIO GRANDE/PORTO ALEGRE- PORTO ALEGRE- RIO GRANDE, ONDE UM_x000D_
 CARRO CONVENCIONAL(NORMAL) ESTA DISPONIBILIZANDO POLTRONAS NA FORMA EXECUTIVA._x000D_
 NESTE SISTEMA A QUANTIDADE DE ASSENTOS CONVENCIONAIS E DIMINUIDA AOS USUARIOS,_x000D_
 ALEM DE CAUSAR CONTRAGIMENTO AOS PASSAGEIROS._x000D_
 CABE SALIENTAR QUE O PODER LEGISLATIVO ENTENDE SER FUNDAMENTAL ESTE TIPO DE_x000D_
 MODALIDADE, MAS QUE SEJA OPORTUNIZADO UM CARRO TODO EXECUTIVO E COM HORARIOS_x000D_
 ALTERNATIVOS, OPORTUNIZANDO AOS USUARIOS ESTE TIPO DE COMODIDADE.</t>
   </si>
   <si>
     <t>26417</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26417/171.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26417/171.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO SR.CARLOS LUPI, MINISTRO DO TRABALHO E_x000D_
 EMPREGO E AO SR. HERON DE OLIVEIRA, SUPERINTENDENTE REGIONAL DO TRABALHO,_x000D_
 SOLICITANDO QUE SEJA AGILIZADA A IMPLANTACAO DE UM LABORATORIO PARA CONFECCAO_x000D_
 DA CARTEIRA DE TRABALHO NA UNIDADE DA GERENCIA REGIONAL DO TRABALHO E EMPREGO_x000D_
 EM RIO GRANDE. TAL SOLICITACAO SE DEVE PELO FATO DE QUE ESTAO OCORRENDO ATRASOS_x000D_
 NA EMISSAO E ENTREGA DAS REFERIDAS CARTEIRAS EM RAZAO DE QUE AS MESMAS SAO_x000D_
 CONFECCIONADAS NA CIDADE DE PELOTAS, O QUE CAUSA UM ENORME PREJUIZO A_x000D_
 COMUNIDADE, UMA VEZ QUE ESTAMOS EM PLENO DESENVOLVIMENTO DO POLO NAVAL E E_x000D_
 INADMISSIVEL QUE O REFERIDO SERVICO SEJA REALIZADO NA CIDADE VIZINHA. O_x000D_
 LABORATORIO E COMPOSTO DE UMA MAQUINA DE IMPRESSAO, COMPUTADOR PARA A CONFECCAO_x000D_
 DA CARTEIRA E O KIT DE COLETA DE DADOS.</t>
   </si>
   <si>
     <t>26420</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26420/172.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26420/172.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA TRATAR SOBRE A POLITICA DE_x000D_
 PREVENCAO AO BULLYING NAS ESCOLAS PUBLICAS E PRIVADAS DO MUNICIPIO DO RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>26422</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26422/173.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26422/173.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), APOS OUVIDA A_x000D_
 CASA, NA FORMA REGIMENTAL, QUE SEJA ENVIADA SOLICITACAO A SECRETARIA COMPETENTE_x000D_
 PARA REALIZAR A SUBSTITUICAO DAS LAMPADAS QUEIMADAS, NA AV. SANTOS DUMONT ENTRE_x000D_
 O CONDOMINIO CELMAR GONCALVEZ E CONDOMINIO MARIA CARMEM.</t>
   </si>
   <si>
     <t>26425</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Vereador Alexandre Lindenmeyer</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26425/174.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26425/174.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA DE COMPETENCIA EM_x000D_
 SERVICOS DE OBRAS E VIAS REALIZE OBRA DE RECUPERACAO DE DRENAGEM NA ESTRUTURA_x000D_
 FINAL DO CANALETE DA SALGADO FILHO EM DIRECAO A RUA ANDRADAS, O MESMO FREQUENTEMENTE TEM APRESENTADO PROBLEMAS DE ESCOAMENTO , OCASIONANDO PREJUIZOS_x000D_
 AS RESIDENCIAS DAQUELA REGIAO.</t>
   </si>
   <si>
     <t>26428</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26428/175.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26428/175.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA NA FORMA REGIMENTAL, QUE SEJA_x000D_
 ENCAMINHADO OFICIO A GERENCIA DA OI/BRASIL TELECOM, SOLICITANDO SEJA_x000D_
 PROVIDENCIADO O FECHAMENTO DO BURACO EXISTENTE JUNTO A TAMPA DA_x000D_
 REDE TELEFONICA LOCALIZADO NA AV. DOS ARQUIPELAGOS ESQUINA RUA ILHA DAS_x000D_
 FLORES.</t>
   </si>
   <si>
     <t>26429</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26429/176.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26429/176.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMOV, O NIVELAMENTO DA RUA NICARAGUA, COMPREENDIDO ENTRE AS RUAS BOLIVIA E 1o MAIO.</t>
   </si>
   <si>
     <t>26431</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26431/177.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26431/177.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMOV, O NIVELAMENTO DA RUA REPUBLICA DE CUBA,_x000D_
 COMPREENDIDO ENTRE AS RUAS BOLIVIA E HONDURAS.</t>
   </si>
   <si>
     <t>26432</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26432/178.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26432/178.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A ECOSUL, SOLICITANDO A LIMPEZA DAS MARGENS DA_x000D_
 RODOVIA RIO GRANDE-PELOTAS E VICE-VERSA NA VILA SANTO ANTONIO NA VILA DA_x000D_
 QUINTA, PRINCIPALMENTE EM FRENTE A ESCOLA FUNDAMENTAL OLAVO BILAC. FOTOS EM_x000D_
 ANEXO PARA MELHOR IDENTIFICACAO.</t>
   </si>
   <si>
     <t>26435</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26435/179.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26435/179.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE_x000D_
 PEDIDO DE REPAROS NAS LUMINARIAS QUE FICAM AO REDOR E DENTRO DO ESPACO DA PRACA_x000D_
 SARAIVA.</t>
   </si>
   <si>
     <t>26333</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26333/180.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26333/180.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO DIRETOR GERAL DO DAER, SR. VICENTE PAULO_x000D_
 MATTOS DE BRITTO PEREIRA, SOLICITANDO A COLOCACAO DE REDUTORES DE VELOCIDADE NA_x000D_
 ERS-734, NO TREVO DE ACESSO A FURG, BEM COMO QUE SEJAM REVITALIZADAS A_x000D_
 SINALIZACAO E ILUMINACAO DO LOCAL. O SOLICITADO SE FAZ NECESSARIO DEVIDO AO_x000D_
 FATO DE SER UM CRUZAMENTO DE GRANDE FLUXO DE VEICULOS, PRINCIPALMENTE EM_x000D_
 HORARIOS DE INICIO E TERMINO DAS AULAS DAQUELA UNIVERSIDADE, FACILITANDO A_x000D_
 OCORRENCIA DE ACIDENTES, TENDO REGISTRO, INCLUSIVE, DE VITIMAS FATAIS.</t>
   </si>
   <si>
     <t>26336</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26336/181.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26336/181.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENVIADO OFICIO AO DIRETOR-PRESIDENTE SR. LUIZ ZAFFALON,_x000D_
 CONVIDANDO O MESMO PARA DAR MELHORES ESCLARECIMENTOS SOBRE AS OBRAS DE_x000D_
 SANEAMENTO INACABADAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>26339</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26339/182.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26339/182.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL OFICIE AO DAER - DEPARTAMENTO AUTONOMO DE_x000D_
 ESTRADAS DE RODAGEM, SOLICITANDO ESTUDOS E PROCEDIMENTOS PARA AUMENTAR A_x000D_
 SEGURANCA NO TRAFEGO E ACESSO AO CAMPUS DA UNIVERSIDADE FEDERAL DO RIO GRANDE_x000D_
 (CAMPUS CARREIROS).</t>
   </si>
   <si>
     <t>26340</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26340/183.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26340/183.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA ESTABELECER PLANO DE_x000D_
 ACOES QUE VISEM OPORTUNIZAR UMA MELHOR ESTRUTURA FISICA E DE RECURSOS HUMANOS,_x000D_
 PARA JUSTICA ESTADUAL. DESSA FORMA, OCORRERA UMA MAIOR CELERIDADE NA PRESTACAO_x000D_
 JURISDICIONAL NA CIDADE DO RIO GRANDE, BEM COMO SERA EVITADA A SOBRECARGA DE_x000D_
 TRABALHO DOS SERVIDORES DA JUSTICA ESTADUAL._x000D_
 APRESENTAMOS DADOS QUE JUSTIFICAM O PEDIDO:</t>
   </si>
   <si>
     <t>26344</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26344/184.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26344/184.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE A SUPRG SOLICITANDO QUE A MESMA_x000D_
 ESTUDE FORMAS DE DISPONIBILIZAR ESPACO PARA O ESTACIONAMENTO DE VEICULOS DOS_x000D_
 TRABALHADORES AVULSOS, DAS EMPRESAS DE EXPORTACAO E IMPORTACAO E OUTRAS QUE_x000D_
 ATUAM NO PORTO NOVO, BEM COMO DISPONIBILIZAR VEICULO COLETIVO PARA VIABILIZAR O_x000D_
 DESLOCAMENTO DESTES TRABALHADORES EM TODA A EXTENSAO DO CAIS.</t>
   </si>
   <si>
     <t>26347</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26347/185.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26347/185.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE A EMPRESA DE TRANSPORTES UNIAO COTISTA UTILIZA_x000D_
 CORTINAS NAS JANELAS DOS VEICULOS DE TRANSPORTE COLETIVO QUE FAZEM LINHAS_x000D_
 URBANAS CONVENCIONAIS NO MUNICIPIO DO RIO GRANDE, REQUER SEJA ENVIADO OFICIO A_x000D_
 EMPRESA SOLICITANDO INFORMACOES A RESPEITO DA FORMA E FREQUENCIA COM QUE E_x000D_
 FEITA A LAVAGEM, HIGIENE E TROCA DAS REFERIDAS CORTINAS. DA MESMA FORMA, REQUER_x000D_
 SEJA INFORMADO SE A REFERIDA EMPRESA TEM CONHECIMENTO DE QUE EM ALGUMAS CIDADES_x000D_
 BRASILEIRAS AS CORTINAS ESTAO SENDO RETIRADAS DOS VEICULOS DE TRANSPORTE_x000D_
 COLETIVO CONVENCIONAL EM RAZAO DA GRIPE H1N1 E DEMAIS INFECCOES RESPIRATORIAS_x000D_
 CARACTERISTICAS DESTA EPOCA DO ANO.</t>
   </si>
   <si>
     <t>26350</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26350/186.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26350/186.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A EMPRESA ECOSUL RODOVIAS EM COMUM_x000D_
 PARCERIA DO EXECUTIVO MUNICIPAL, SUPRG, CBPO, CORSAN PARA QUE ESTUDEM AS_x000D_
 POSSIBILIDADES, DE CONSTRUIR UM TRAPICHE PARA OS PESCADORES, NA AV. MAXIMILIANO_x000D_
 DA FONSECA, NAS PROXIMIDADES DA PONTE DOS FRANCESES, SENTIDO RIO GRANDE - 4a_x000D_
 SECCAO DA BARRA, LADO OESTE. SEGUE EM ANEXO FOTO DO LOCAL</t>
   </si>
   <si>
     <t>26352</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26352/187.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26352/187.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA ENVIADO OFICIO AO SENHOR DIETER HAROLD BADER, GERENTE DA_x000D_
 CAIXA ECONOMICA FEDERAL DO MUNICIPIO DO RIO GRANDE, SOLICITANDO A INSTALACAO DE_x000D_
 TERMINAL ELETRONICO DA INSTITUICAO BANCARIA PARA SAQUES, PAGAMENTOS,_x000D_
 TRANSFERENCIAS, EXTRATOS E SALDOS NAS DEPENDENCIAS DESTA CASA.</t>
   </si>
   <si>
     <t>26354</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26354/188.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26354/188.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SE MANIFESTE A RESPEITO DA ELABORACAO DO_x000D_
 PROJETO DE RESTAURO DO PREDIO CASSINO DOS MESTRES, QUE DE ACORDO COM A JUSTICA_x000D_
 FEDERAL, DEVERIA SER APRESENTADO ATE O MES DE NOVEMBRO DE 2009, E QUANDO_x000D_
 OCORRERA O INICIO DAS OBRAS DO REFERIDO RESTAURO.</t>
   </si>
   <si>
     <t>26357</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26357/189.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26357/189.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O DAER E A ECOSUL, PARA QUE OS MESMOS DISPONIBILIZEM_x000D_
 COPIA DO LAUDO PERICIAL QUE DETERMINOU A NECESSIDADE DE INTERDICAO DO VIADUTO_x000D_
 DA RS 734 COM A BR 392.</t>
   </si>
   <si>
     <t>26360</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26360/190.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26360/190.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA DATA PARA REALIZACAO DE UMA HOMENAGEM AOS 25 ANOS_x000D_
 DE EXISTENCIA DA MADEIREIRA ZANETTI NA CIDADE DO RIO GRANDE, QUE TRANSCORRERA_x000D_
 NO MES DE JUNHO. OUTROSSIM, SOLICITAMOS QUE SEJA CONVIDADA A DIRECAO DA EMPRESA.</t>
   </si>
   <si>
     <t>26363</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26363/191.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26363/191.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, OPERACOES NO SENTIDO DE COIBIR O CAOS NO TRANSITO_x000D_
 NOS FINAIS DE SEMANA, NA AVENIDA BUARQUE DE MACEDO, NO PERIODO_x000D_
 NOTURNO.</t>
   </si>
   <si>
     <t>26365</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26365/192.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26365/192.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA DE COMPETENCIA, QUE_x000D_
 TRATA DO LEVANTAMENTO E CADASTRAMENTO DOS PREDIOS HISTORICOS, INSTITUA COMO_x000D_
 PROCEDIMENTO PADRAO, QUE EM TODO O PREDIO JA CADASTRADO E (OU) LISTADO_x000D_
 FUTURAMENTE SEJA FIXADA EM SUA FACHADA PLACA DESCRITIVA DESTACANDO OS ITENS_x000D_
 PELOS QUAIS O IMOVEL FOI ENQUADRADO COMO PATRIMONIO HISTORICO DO MUNICIPIO.</t>
   </si>
   <si>
     <t>26368</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26368/193.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26368/193.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DE SECRETARIA DE COMPETENCIA, SEJA INSTITUIDO COMO_x000D_
 INCENTIVO A MANUTENCAO E PRESERVACAO DE PATRIMONIO HISTORICO, O BENEFICIO DE_x000D_
 ISENCAO DO ISS A TODOS OS PROPRIETARIOS DE ESTABELECIMENTOS COMERCIAIS E DE_x000D_
 PRESTACAO DE SERVICOS QUE FUNCIONEM EM PREDIOS HISTORICOS CADASTRADOS E (OU)_x000D_
 LISTADOS NO MUNICIPIO.</t>
   </si>
   <si>
     <t>26371</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26371/194.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26371/194.pdf</t>
   </si>
   <si>
     <t>REGIMENTAL SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO PARA QUE_x000D_
 INFORME A ESTA CASA LEGISLATIVA A FORMA COMO FOI FEITA A ENTREGA DOS KITS_x000D_
 ESCOLARES NA ZONA URBANA DO MUNICIPIO.</t>
   </si>
   <si>
     <t>26373</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26373/195.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26373/195.pdf</t>
   </si>
   <si>
     <t>REGIMENTAL SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO SOLICITANDO_x000D_
 QUE INFORME A ESTA CASA LEGISLATIVA O NUMERO DE PROFESSORES QUE ESTAO_x000D_
 ENQUADRADOS NA RUBRICA DO EXTRA QUADRO(22.00) E OS CRITERIOS USADOS PARA ESTE_x000D_
 ENQUADRAMENTO.</t>
   </si>
   <si>
     <t>26376</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26376/196.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26376/196.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, COLOCACAO DE ABRIGOS DE ONIBUS, NA RUA BERNARDO_x000D_
 TAVEIRA, LOCALIZADA NO BAIRRO SAO MIGUEL.</t>
   </si>
   <si>
     <t>26381</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26381/197.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26381/197.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO GOVERNO DO ESTADO, JUNTAMENTE COM AS_x000D_
 SECRETARIAS COMPETENTES, A CONSTRUCAO DE UM CORREDOR - ABRIGO DO TIPO DOMOS, NA_x000D_
 ENTRADA DO PRESIDIO CENTRAL DE RIO GRANDE.</t>
   </si>
   <si>
     <t>26383</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26383/198.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26383/198.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE AO DAER-RS - DEPARTAMENTO_x000D_
 AUTONOMO DE ESTRADAS DE RODAGEM DO RIO GRANDE DO SUL, PARA QUE ESTE DETERMINE A_x000D_
 RODOVIARIA DE RIO GRANDE CRITERIOS IGUAIS NA VENDA DE PASSAGENS. DESTACA-SE_x000D_
 QUE EXISTEM DENUNCIAS DE DISCRIMINACAO NA VENDA DE PASSAGENS CONFORME A EMPRESA._x000D_
 COMO EXEMPLO: PARA A EMPRESA PLANALTO RG /POA E PERMITIDA VENDA POR CARTAO_x000D_
 ENQUANTO QUE PARA O DATC ESTA OPERACAO NAO E PERMITIDA.</t>
   </si>
   <si>
     <t>26384</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26384/199.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26384/199.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA ESPECIAL DO CASSINO, A LIMPEZA DAS RUAS, DO_x000D_
 PARQUE CASSINO E A RETIRADA DE ENTULHOS LA EXISTENTE.</t>
   </si>
   <si>
     <t>26679</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26679/200.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26679/200.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO SR. RUDIMAR BENFATTO, DIRETOR DO_x000D_
 DEPARTAMENTO ADMINISTRATIVO DA SUSEPE (SUPERINTENDENCIA DOS SERVICOS_x000D_
 PENITENCIARIOS ),SITUADO NA RUA VOLUNTARIOS DA PATRIA, No. 1358-4o ANDAR- PORTO_x000D_
 ALEGRE, SOLICITANDO QUE SEJA ENVIADO COM URGENCIA COLCHOES PARA O PRESIDIO DE_x000D_
 RIO GRANDE- PERG.</t>
   </si>
   <si>
     <t>26680</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26680/201.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26680/201.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, COLOCACAO DE REDUTORES DE VELOCIDADE E PLACAS_x000D_
 INDICATIVAS DE TRANSITO, ENTRE AS RUAS VELEIROS E JOAO OLIVEIRA, LOCALIZADAS NO_x000D_
 BAIRRO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>26681</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26681/202.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26681/202.pdf</t>
   </si>
   <si>
     <t>EXMO SR. PRESIDENTE,_x000D_
 O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA REGIMENTAL,_x000D_
 PARA QUE SEJA SOLICITADO AO PRESIDENTE DESSA CASA LEGISLATIVA, A CRIACAO DE UMA_x000D_
 COMISSAO DE VEREADORES PARA SE DESLOCAR A PORTO ALEGRE, A FIM DE TRATAR_x000D_
 ASSUNTOS INERENTES AO INTERESSE DA COMUNIDADE, JUNTO A OI TELEFONIA, FUNDERGS E_x000D_
 SECRETARIA ESTADUAL DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>26682</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26682/203.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26682/203.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA E APROVADO NA_x000D_
 FORMA REGIMENTAL, QUE SEJA REQUERIDO AO EXECUTIVO MUNICIPAL, JUNTO A SECRETARIA_x000D_
 COMPETENTE, INFORMAR A QUANTIDADE DE VEICULOS (ONIBUS) ADQUIRIDOS PELO DATC, O_x000D_
 VALOR UNITARIO PAGO, A FORMA DE PAGAMENTO, O ANO DE FABRICACAO DE CADA UM,_x000D_
 NUMERO DA PLACA DE CADA UM, O NOME DO PROPRIETARIO ANTERIOR E A EMPRESA QUE_x000D_
 VENDEU O ONIBUS._x000D_
 REQUER-SE A DATA DA ULTIMA REVISAO FEITA POR CADA VEICULO E QUAL A EMPRESA QUE_x000D_
 PRESTOU O SERVICO._x000D_
  REQUER-SE TAMBEM COPIA DO CONTRATO DE COMPRA E VENDA.</t>
   </si>
   <si>
     <t>26683</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26683/204.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26683/204.pdf</t>
   </si>
   <si>
     <t>REQUEREM AO MUNICIPIO, ATRAVES DA SECRETARIA COMPETENTE QUE TROQUE AS_x000D_
 LAMPADAS QUEIMADAS DE APROXIMADAMENTE 65 POSTES LOCALIZADOS NA RS 734, GERANDO_x000D_
 RISCOS A SEGURANCA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>26684</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26684/205.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26684/205.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL ENCAMINHE OFICIO AO DAER, PARA TOMAR AS_x000D_
 MEDIDAS NECESSARIAS PARA VIABILIZAR A COLOCACAO DE UMA BARCA PARA EFETUAR A_x000D_
 TRAVESSIA NO CANAL SAO GONCALO, NA LOCALIDADE DENOMINADA SANTA ISABEL.</t>
   </si>
   <si>
     <t>26685</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26685/206.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26685/206.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O DAER PARA REALIZAR A RECUPERACAO DA RS T473. DESTA_x000D_
 MANEIRA, OPORTUNIZARA ACESSO DE TRANSPORTE COLETIVO ATE A COMUNIDADE DO_x000D_
 DISTRITO DE SANTA ISABEL, BEM COMO A MORADORES LINDEIROS, OS QUAIS ENCONTRAM-SE_x000D_
 ISOLADOS OU COM DIFICULDADES DE DESLOCAMENTO.</t>
   </si>
   <si>
     <t>26686</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26686/207.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26686/207.pdf</t>
   </si>
   <si>
     <t>REQUEREM AO MUNICIPIO, ATRAVES DA SECRETARIA COMPETENTE QUE GESTIONE_x000D_
 JUNTO A EMPRESA COTISTA, QUE A MESMA ESTENDA A LINHA DO TAIM ATE O CANAL SAO_x000D_
 GONCALO, NA RST 473, DIANTE DO DISTRITO DE SANTA ISABEL, NO MUNICIPIO DE ARROIO_x000D_
 GRANDE, DEVIDO A DEMANDA DAQUELA COMUNIDADE E MORADORES LINDEIROS, OS QUAIS_x000D_
 ENCONTRAM-SE ISOLADOS OU COM DIFICULDADES DE ACESSO AO TRANSPORTE COLETIVO E DESLOCAMENTO.</t>
   </si>
   <si>
     <t>26688</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26688/208.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26688/208.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE A DIRECAO DA CAIXA ECONOMICA FEDERAL_x000D_
 EM BRASILIA, NA PESSOA DE SUA PRESIDENTA, SRA. MARIA FERNANDA RAMOS COELHO,_x000D_
 SOLICITANDO QUE ATRAVES DO SETOR DE LICITACOES E CONTRATACOES SEJAM LIBERADOS_x000D_
 PROCESSO DE CONCORRENCIA PARA A ABERTURA DE AGENCIA LOTERICA COM PRESTACAO DE_x000D_
 SERVICOS BANCARIOS( SAQUES, DEPOSITOS , PAGAMENTOS) E COMERCIALIZACAO DAS_x000D_
 LOTERIAS FEDERAIS, POR MEIO DO REGIME DE PERMISSAO VIGENTE NA INSTITUICAO,_x000D_
 DETERMINANDO PRINCIPALMENTE A ABERTURA DE AGENCIA NA 4a SECCAO DA BARRA-RIO_x000D_
 GRANDE-RS.</t>
   </si>
   <si>
     <t>26689</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26689/209.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26689/209.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO SR.CARLOS LUPI, MINISTRO DO TRABALHO E_x000D_
 EMPREGO, SOLICITANDO QUE, TAO LOGO SEJA POSSIVEL, SEJAM TOMADAS PROVIDENCIAS_x000D_
 PARA ABERTURA DE CONCURSO PUBLICO, DESTINANDO VAGAS PARA SUPRIR A NECESSIDADE_x000D_
 DE SERVIDORES DA UNIDADE DA GERENCIA REGIONAL DO TRABALHO E EMPREGO DO RIO_x000D_
 GRANDE E ATENDER A DEMANDA DA REGIAO. TAL SOLICITACAO SE DEVE PELO FATO DE QUE_x000D_
 ESTA UNIDADE SERA BASE DE EMISSAO DAS CARTEIRAS DE TRABALHO, UMA VEZ QUE SERA_x000D_
 IMPLANTADO O LABORATORIO PARA CONFECCAO DAS REFERIDAS CARTEIRAS._x000D_
 A IMPLANTACAO DO REFERIDO LABORATORIO FOI DISCUTIDA RECENTEMENTE EM AUDIENCIA_x000D_
 PUBLICA NESTA CASA LEGISLATIVA, QUE CONTOU COM A PRESENCA DO CHEFE DA DIVISAO_x000D_
 DE ATENDIMENTO AO TRABALHADOR DA SUPERINTENDENCIA REGIONAL DO TRABALHO E_x000D_
 EMPREGO, SR. LUIZ MULLER, OPORTUNIDADE EM QUE O MESMO ANUNCIOU MEDIDAS A SEREM_x000D_
 IMPLEMENTADAS PARA SOLUCIONAR O PROBLEMA DA DEMORA NA CONFECCAO E ENTREGA DESTE_x000D_
 DOCUMENTO.</t>
   </si>
   <si>
     <t>26690</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26690/210.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26690/210.pdf</t>
   </si>
   <si>
     <t>EXMO SR. PRESIDENTE,_x000D_
 O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA REGIMENTAL,_x000D_
 PARA QUE SEJA SOLICITADO A OI, EMPRESA DE TELEFONIA, O REPARO NO TELEFONE_x000D_
 PUBLICO DA ENTRADA DO CAMPING, NA LOCALIDADE DO PESQUEIRO.</t>
   </si>
   <si>
     <t>26691</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26691/211.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26691/211.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO , REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO A OI, EMPRESA DE TELEFONIA, O ESTUDOS PARA_x000D_
 A POSSIVEL INSTALACAO DE UM ANTENA DE COMUNICACAO, NA LOCALIDADE DO PESQUEIRO.</t>
   </si>
   <si>
     <t>26692</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26692/212.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26692/212.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA DE COMPETENCIA EM_x000D_
 SERVICOS DE OBRAS E VIAS REALIZE A CONSTRUCAO DE UM SISTEMA DE_x000D_
 DRENAGEM/ESCOAMENTO CONTEMPLANDO AS RUAS CARLOS FREDERICO ENGELHARDT E JOAO_x000D_
 FERNANDES CARDOSO DO BAIRRO SAO PEDRO ( ANEXO LOCALIZACAO).</t>
   </si>
   <si>
     <t>26693</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26693/213.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26693/213.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS 25 ANOS DA_x000D_
 ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PROFESSORA WANDA ROCHA MARTINS QUE SERA_x000D_
 COMEMORADO NO DIA 25 DE OUTUBRO DE 2010.</t>
   </si>
   <si>
     <t>26694</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26694/214.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26694/214.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL SOLICITANDO QUE_x000D_
 ESTUDE A POSSIBILIDADE DO MUNICIPIO FIRMAR CONVENIO COM A FUNDACAO UNIVERSIDADE_x000D_
 FEDERAL DO RIO GRANDE(FURG) PARA A CEDENCIA DE SERVIDORES NECESSARIOS PARA_x000D_
 VIABILIZAR O FUNCIONAMENTO DA UTI PEDIATRICA DO HOSPITAL UNIVERSITARIO.</t>
   </si>
   <si>
     <t>26695</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26695/215.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26695/215.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO AO GEN. EDSON DE OLIVEIRA GULARTE, SECRETARIO DA_x000D_
 SEGURANCA PUBLICA DO ESTADO DO RIO GRANDE DO SUL, SOLICITANDO ESTUDOS PARA A_x000D_
 IMPLANTACAO DE UM POSTO DE ATENDIMENTO DA POLICIA CIVIL NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26696</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26696/216.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26696/216.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL PARA GESTIONAR, JUNTO A_x000D_
 SECRETARIA COMPETENTE, ESTUDO SOBRE UM NIVELAMENTO DO CALCAMENTO DA ESQUINA DA_x000D_
 RUA UM NOVA COM A RUA EDGAR FONTOURA, NO BAIRRO GETULIO VARGAS, COM O PROPOSITO_x000D_
 DE MELHORAR O ESCOAMENTO DE AGUA NOS DIAS DE TEMPORAIS.</t>
   </si>
   <si>
     <t>26697</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26697/217.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26697/217.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O DNIT PARA QUE ESTUDE A POSSIBILIDADE DA CONSTRUCAO_x000D_
 DE UM MIRANTE, AS MARGENS DA BR 471, NA LOCALIDADE DA RESERVA DO TAIM, PARA_x000D_
 POSSIBILITAR AOS TURISTAS, QUE VISITAM ESTE LOCAL, UMA MELHOR ACOMODACAO PARA A_x000D_
 VISUALIZACAO DA FAUNA EXISTENTE, VISTO QUE, ATUALMENTE, AS PESSOAS PARAM NA_x000D_
 BEIRA DA ESTRADA SEM QUALQUER SEGURANCA.</t>
   </si>
   <si>
     <t>26698</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26698/218.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26698/218.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO CHEFE DO CENTRO REGIONAL LITORAL SUL DA_x000D_
 CEEE, SR. LUIS GUSTAVO DA TRINDADE, SOLICITANDO QUE SEJAM TOMADAS PROVIDENCIAS_x000D_
 NO SENTIDO DE ACABAR COM AS FREQUENTES QUEDAS DE TENSAO NA RUA LAGOA AZUL,_x000D_
 BAIRRO CIDADE NOVA, UMA VEZ QUE OS ATUAIS TRANSFORMADORES NAO ESTAO SUPORTANDO_x000D_
 A CAPACIDADE EXIGIDA, CAUSANDO PREJUIZOS AOS MORADORES DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>26699</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26699/219.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26699/219.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENVIADO OFICIO AO SENHOR MINISTRO DA SAUDE JOSE GOMES_x000D_
 TEMPORAO, SOLICITANDO QUE SE POSSIVEL SEJA REALIZADA UMA MAIOR AGILIZACAO NO_x000D_
 QUE SE TRATA DA LIBERACAO PARA O FUNCIONAMENTO DA UNIDADE DE QUEIMADOS DO_x000D_
 HOSPITAL ASSOCIACAO DE CARIDADE SANTA CASA DO RIO GRANDE, TENDO EM VISTA QUE A_x000D_
 UNIDADE ENCONTRA-SE EQUIPADA E PRONTA PARA ENTRAR EM FUNCIONAMENTO, AGUARDANDO_x000D_
 APENAS A CITADA LIBERACAO POR PARTE DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>26700</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26700/220.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26700/220.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A EMPRESA VIACAO NOIVA DO MAR, SOLICITANDO_x000D_
 IMPLANTACAO DE SISTEMA DE VENDA DE PASSAGENS MUNICIPAIS E CREDITOS PARA CARTAO_x000D_
 COMUM, CARTAO ESCOLAR E CARTAO VALE--TRANSPORTE ATRAVES DA INTERNET, TENDO EM_x000D_
 VISTA FACILITAR E MELHORAR O SERVICO OFERECIDO AOS USUARIOS DE TRANSPORTE_x000D_
 COLETIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>26703</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26703/221.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26703/221.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER , APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, SOLICITAR QUE SEJA ENCAMINHADO OFICIO A SECRETARIA MUNICIPAL DA_x000D_
 FAZENDA, AFIM DE MANIFESTAR AS PROVIDENCIAS TOMADA QUANTO A SOLICITACAO DA_x000D_
 ASSOCIACAO DOS MORADORES DO BAIRRO SAO JOAO, CONFORME OFICIO No 007/2010-_x000D_
 PROTOCOLO No 7030/2010. SEGUE EM ANEXO XEROX DOS DOCUMENTOS APRESENTADOS.</t>
   </si>
   <si>
     <t>26704</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26704/222.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26704/222.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 REALIZADA UMA SESSAO SOLENE EM COMEMORACAO AO DIA DO SOLDADO, QUE E CELEBRADO_x000D_
 NO DIA 25 DE AGOSTO.</t>
   </si>
   <si>
     <t>26705</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26705/223.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26705/223.pdf</t>
   </si>
   <si>
     <t>SEJA CONCEDIDO VOTO DE LOUVOR AO SARGENTO RODINEI GALLO FLORES DA_x000D_
 3a COMPANHIA DO PARQUE MARINHA POR ATO DE BRAVURA NO SALVAMENTO DE DUAS_x000D_
 MENINAS DE UM INCENDIO NO PARQUE SAO PEDRO BOLETIM COM O RELATORIO DA_x000D_
 OCORRENCIA EM ANEXO.</t>
   </si>
   <si>
     <t>26706</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26706/224.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26706/224.pdf</t>
   </si>
   <si>
     <t>REQUER , APOS OUVIDA A CASA NA FORMA REGIMENTAL, SOLICITAR A SMOV, O_x000D_
 ENSAIBRAMENTO DAS RUAS ELIK WOLFF I E II (PARQUE ELIK WOLFF) VILA SENANDES.</t>
   </si>
   <si>
     <t>26707</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26707/225.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26707/225.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO PARA QUE INDIQUE AO_x000D_
 SETOR COMPETENTE A RECOLOCACAO DE SAIBRO NA ESTRADA DA ILHA DO LEONIDEO ATE A_x000D_
 PONTE DA ILHA DOS MARINHEIROS.</t>
   </si>
   <si>
     <t>26708</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26708/226.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26708/226.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO PARA QUE INDIQUE AO_x000D_
 SETOR COMPETENTE A RECOLOCACAO DE SAIBRO NA ESTRADA DA ILHA DOS MARINHEIROS_x000D_
 ENTRADA A DIREITA LOGO QUE SAI DA PONTE ATE A CURVA DA LOCALIDADE DA MARAMBAIA.</t>
   </si>
   <si>
     <t>26710</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26710/227.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26710/227.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO PRESIDENTE DESSA CASA LEGISLATIVA, SR._x000D_
 RENATO ESPINDOLA ALBUQUERQUE, PARA QUE SEJA CRIADA UMA COMISSAO DE VEREADORES_x000D_
 PARA DESLOCAREM-SE A BRASILIA A FIM DE TRATAREM ASSUNTO DA EMPRESA STELLA MARIS_x000D_
 E SEUS ASSOCIADO, DNIT, PROJETO TREM PASSAGEIRO E FERROSUL.</t>
   </si>
   <si>
     <t>26711</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26711/229.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26711/229.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO AO SECRETARIO ESTADUAL DA SEGURANCA PUBLICA SR._x000D_
 EDSON GOULARTE, SOLICITANDO ESTUDOS PARA CONSTRUCAO DE UM POSTO POLICIAL DA_x000D_
 BRIGADA MILITAR NA 4a SECCAO DA BARRA.</t>
   </si>
   <si>
     <t>26712</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26712/230.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26712/230.pdf</t>
   </si>
   <si>
     <t>SEJA FORMADA UMA COMISSAO DE VERADORES PARA JUNTO COM MINISTERIO_x000D_
 PUBLICO ESTADUAL, A DIRECAO DA CORSAN E A DIRECAO DA AMERICA LATINA LOGISTICA_x000D_
 BUSCAR UM ACORDO PARA VIABILIZAR A PASSAGEM DOS CANOS QUE FORNECEM AGUA PARA A_x000D_
 VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26714</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26714/231.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26714/231.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA DATA PARA REALIZACAO DE UMA SESSAO SOLENE EM_x000D_
 HOMENAGEM AOS 50 ANOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL SAO JOAO_x000D_
 BATISTA, QUE TRANSCORRERA NO DIA 08 DE AGOSTO. OUTROSSIM, SOLICITAMOS QUE SEJAM_x000D_
 CONVIDADOS A DIRECAO, PROFESSORES E ALUNOS.</t>
   </si>
   <si>
     <t>26715</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26715/232.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26715/232.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADO, REQUEREM, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, NOS TERMOS DO ART. 79, QUE SE REGISTRE UM VOTO DE CONGRATULACOES_x000D_
 COM OS INTEGRANTES DA IGREJA DE JESUS CRISTO DOS SANTOS DOS ULTIMOS DIAS, PELO_x000D_
 50o ANIVERSARIO DE SEU ESTABELECIMENTO NA CIDADE DO RIO GRANDE. REQUEIRO,_x000D_
 AINDA, QUE DESTA MANIFESTACAO DE-SE CIENCIA AO PRESIDENTE DR. DANIEL LIMA,_x000D_
 PRESIDENTE DA ESTACA RIO GRANDE/BRASIL.</t>
   </si>
   <si>
     <t>26717</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26717/233.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26717/233.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA INFORMACOES DE QUE O SESC-RS, SERVICO SOCIAL DO_x000D_
 COMERCIO, ESTA ESTUDANDO CRIACAO DE ESCOLA DE ENSINO TECNICO NO ESTADO DO RIO_x000D_
 GRANDE DO SUL, REQUER SEJA ENVIADO REQUERIMENTO A DIRETORIA DA ENTIDADE_x000D_
 SOLICITANDO ESTUDOS PARA IMPLANTACAO DE UNIDADE NO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26719</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26719/234.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26719/234.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE A COORDENACAO DA TRANSPETRO - RIO_x000D_
 GRANDE E A DIRECAO DA PETROBRAS SOLICITANDO QUE AS MESMAS ABRAM CANAL DE_x000D_
 NEGOCIACOES PARA TRATAREM DO ASSUNTO REFERENTE AS DEMISSOES DE TRABALHADORES_x000D_
 TERCEIRIZADOS DA EMPRESA SUCEDANIA DA FIRMA WGS, NO TERMINAL DA TRANSPETRO EM_x000D_
 RIO GRANDE.</t>
   </si>
   <si>
     <t>26720</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26720/235.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26720/235.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SOLICITAR, QUE ENCAMINHE AO GERENTE DA CORSAN O PEDIDO DE_x000D_
 ENQUADRAMENTO NA R.A DO MUNICIPIO DA "TARIFA SOCIAL" A TODAS AS FAMILIAS_x000D_
 CADASTRADAS QUE POSSUEM O NIS (NUMERO DE INSCRICAO SOCIAL) PELA SECRETARIA_x000D_
 MUNICIPAL DE CIDADANIA E ASSISTENCIA SOCIAL.</t>
   </si>
   <si>
     <t>26723</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26723/236.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26723/236.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, COLOCACAO DE ABRIGO DE ONIBUS, NA AV: OSVALDO_x000D_
 MARTENSEN , 3o PARADA EM FRENTE AO No 150, NO PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>26725</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26725/237.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26725/237.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA REITERADO O REQUERIMENTO DE No 261/08, REMETIDA AO_x000D_
 OGMO(ORGAO GESTOR DE MAO DE OBRA).</t>
   </si>
   <si>
     <t>26726</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26726/238.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26726/238.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA MUNICIPAL DE OBRAS E VIACAO, A LIMPEZA NAS_x000D_
 VALETAS DAS RUAS DO BAIRRO JUNCAO.</t>
   </si>
   <si>
     <t>26727</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26727/239.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26727/239.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE,_x000D_
 PROVIDENCIE MELHORIAS NA PRINCIPAL RUA DE ENTRADA DO BAIRRO BOA VISTA I.</t>
   </si>
   <si>
     <t>26728</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26728/240.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26728/240.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME QUANTO FOI GASTO COM COM A CONSTRUCAO_x000D_
 DAS ESTACOES DE TRANSBORDO E QUAL EMPRESA RESPONSAVEL PELA CONSTRUCAO DAS_x000D_
 MESMAS.</t>
   </si>
   <si>
     <t>26729</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26729/241.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26729/241.pdf</t>
   </si>
   <si>
     <t>E NOS TERMOS DA LEI ORGANICA MUNICIPAL SEJA CONVOCADO O SECRETARIO_x000D_
 MUNICIPAL DA SEGURANCA, DOS TRANSPORTES E DO TRANSITO, SR. ENOC BRAGA GUIMARAES_x000D_
 A FIM DE EXPLICAR AOS SENHORES VEREADORES E COMUNIDADE SOBRE OS PROBLEMAS_x000D_
 REFERENTES AO TRANSPORTE COLETIVO DO MUNICIPIO, ESPECIALMENTE PROVOCADOS PELA_x000D_
 IMPLANTACAO DO SISTEMA DE UNIFICACAO TARIFARIA.</t>
   </si>
   <si>
     <t>26732</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26732/242.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26732/242.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME QUANTO GASTOU COM CAMPANHA SOBRE O_x000D_
 TRANSPORTE INTEGRADO NOS MEIOS DE COMUNICACAO INCLUSIVE COM A RBS TV.</t>
   </si>
   <si>
     <t>26734</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26734/243.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26734/243.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, COLOCACAO DE ABRIGOS DE ONIBUS, NA AV: OSVALDO_x000D_
 MARTENSEN, BAIRRO PARQUE SAO PEDRO, ENTRADA PELA BR, DO LADO DIREITO, EM TODA_x000D_
 A SUA EXTENSAO.</t>
   </si>
   <si>
     <t>26737</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26737/244.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26737/244.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ENVIADO OFICIO AO SR. ENGo VICENTE PAULO MATTOS DE BRITTO_x000D_
 PEREIRA, DIRETOR GERAL DO DAER, SITUADO NA AV. BORGES DE MEDEIROS, No 1555 -_x000D_
 CEP: 90110-150, PORTO ALEGRE - RS, INFORMANDO QUE ENTROU EM VIGOR EM NOSSO_x000D_
 MUNICIPIO NO ULTIMO SABADO, 17, DE JULHO O NOVO SISTEMA DE INTEGRACAO TARIFARIA_x000D_
 DO TRANSPORTE COLETIVO, QUE PERMITE AO USUARIO UTILIZAR ATE TRES ONIBUS COM UM_x000D_
 UNICO CREDITO DO CARTAO DE PASSAGEM. DESTA FORMA ENCONTRAM SITUADOS, NA AVENIDA_x000D_
 ITALIA, DUAS ESTACOES DE INTEGRACAO UMA NO BAIRRO JUNCAO E OUTRA EM FRENTE AO_x000D_
 CONDOMINIO WALDEMAR DUARTE, (TREVO). DIANTE DO EXPOSTO VIMOS POR MEIO DESTA_x000D_
 SOLICITAR QUE SEJAM INSTALADOS REDUTORES DE VELOCIDADES PARA QUE SEJA GARANTIDA UMA MAIOR SEGURANCA NA TRAVESSIA DOS PEDESTRES QUE UTILIZAM O SISTEMA.</t>
   </si>
   <si>
     <t>26738</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26738/245.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26738/245.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE A SECRETARIA COMPETENTE, ANALISE E OBTENHA FORMA DE MELHORAR O_x000D_
 TRECHO DA RUA MAJOR CARLOS PINTO ENTRE AS RUAS AQUIDABAN E AV. PERIMETRAL._x000D_
 DEPOIS DAS MUDANCAS DO TRANSITO NA CIDADE, A RUA VIROU UMA DAS PRINCIPAIS ROTAS_x000D_
 ENTRE O CENTRO E OS BAIRROS, TENDO, AGORA, UM TRANSITO INTENSO DE VEICULOS_x000D_
 PESADOS (ONIBUS E CAMINHOES). ASSIM, COM OS DESNIVEIS E BURACOS NO CALCAMENTO,_x000D_
 EXISTEM VIBRACOES NAS CASAS DESSE QUARTEIRAO, SOB PENA DE, POSTERIORMENTE,_x000D_
 APARECER RACHADURAS NOS IMOVEIS.</t>
   </si>
   <si>
     <t>26739</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26739/246.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26739/246.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE A SECRETARIA COMPETENTE, ANALISE E OBTENHA FORMA DE MELHORAR A_x000D_
 AV. ATLANTICA (NO CASSINO) NO TRECHO QUE AINDA NAO ESTA PAVIMENTADO. O_x000D_
 PAVIMENTO SERIA UMA ALTERNATIVA JA QUE O INVERNO COM AS FREQUENTES CHUVAS TEM_x000D_
 DEIXADO AS RUAS DO BAIRRO INTRANSITAVEIS. ISTO FACILITARIA O DIA A DIA DOS_x000D_
 MORADORES JA QUE A AVENIDA ATRAVESSA TODO O BALNEARIO.</t>
   </si>
   <si>
     <t>26740</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26740/247.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26740/247.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR_x000D_
 TRANSPORTE COLETIVO GRATUITO AOS IDOSOS A PARTIR DOS 60 ANOS, NOS TERMOS_x000D_
 PREVISTOS NO ESTATUTO DO IDOSO.</t>
   </si>
   <si>
     <t>26741</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26741/248.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26741/248.pdf</t>
   </si>
   <si>
     <t>QUE SE REGISTRE UM VOTO DE CONGRATULACOES COM OS INTEGRANTES DO CENTRO_x000D_
 DE RECUPERACAO DE ANIMAIS MARINHOS (CRAM), PELO TRABALHO DESENVOLVIDO NA_x000D_
 RECUPERACAO DE ANIMAIS QUE CHEGAM NA BEIRA DA PRAIA, SENDO UMA REFERENCIA_x000D_
 NACIONAL EM CAPACITACAO.</t>
   </si>
   <si>
     <t>26742</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26742/249.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26742/249.pdf</t>
   </si>
   <si>
     <t>SOLICITAR QUE SEJA ENCAMINHADO OFICIO AOS CORREIOS, NA PESSOA DO SR._x000D_
 LUIS FELIPE BITTENCOURT, GERENTE DO CENTRO DE DISTRIBUICAO DOMICILIAR CIDADE DE_x000D_
 AGUEDA, PARA QUE SEJA FEITO UMA VISTORIA NO SERVICO DA ENTREGA DE_x000D_
 CORRESPONDENCIAS DA RUA ESPIRIDIAO DE FREITAS, E RUAS ADJACENTES, DO BAIRRO_x000D_
 CIDADE NOVA.</t>
   </si>
   <si>
     <t>26743</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26743/250.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26743/250.pdf</t>
   </si>
   <si>
     <t>SOLICITAR , JUNTO A CORSAN, A VIABILIDADE DA CONSTRUCAO DE UM_x000D_
 RESERVATORIO DE AGUA ENTRE OS BAIRROS CASTELO BRANCO E SANTA ROSA.</t>
   </si>
   <si>
     <t>26744</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26744/251.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26744/251.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PRESIDENTE DESTA CASA LEGISLATIVA QUE SEJA REALIZADA_x000D_
 UMA SESSAO SOLENE, EM HOMENAGEM AO CINQUENTENARIO DO ESPORTE CLUBE SANTO_x000D_
 ANTONIO DO POVO NOVO A SER COMEMORADO NO PROXIMO DIA 27 DE SETEMBRO DO CORRENTE_x000D_
 ANO.</t>
   </si>
   <si>
     <t>26745</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26745/252.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26745/252.pdf</t>
   </si>
   <si>
     <t>REQUER , APOS OUVIDA A CASA NA FORMA REGIMENTAL, SOLICITAR A SMOV, O_x000D_
 ENSAIBRAMENTO DA RUA MILITAO CHAVES, BAIRRO BOLACHA.</t>
   </si>
   <si>
     <t>26746</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26746/253.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26746/253.pdf</t>
   </si>
   <si>
     <t>REQUER , APOS OUVIDA A CASA NA FORMA REGIMENTAL, SOLICITAR A SMOV, O_x000D_
 NIVELAMENTO DA RUA ALBERTO DE OLIVEIRA , ENTRE AS RUAS PANDIA CALLOGERAS, E_x000D_
 ROBERTO SOCOOWSKI.</t>
   </si>
   <si>
     <t>26748</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26748/254.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26748/254.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA REITERADO O REQUERIMENTO DE No 380/07, REMETIDA A_x000D_
 CONCESSIONARIA ECOSUL O QUAL REFERE-SE A UMA SOLUCAO PARA O TRAFEGO DA BR 392,_x000D_
 ENTRADA DO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>26749</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26749/255.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26749/255.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REITERADO O REQUERIMENTO DE No 294/09, REMETIDA A_x000D_
 CONCESSIONARIA ECOSUL.</t>
   </si>
   <si>
     <t>26644</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26644/256.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26644/256.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, PROVIDENCIE LIMPEZA NA TRAVESSA JOCKEY CLUB, NUMERO 242-9, EM FRENTE AO ANTIGO_x000D_
 PRADO. DEVIDO AS CHUVAS E AO VAZAMENTO DE UMA FOSSA, O MAU CHEIRO E O ACUMULO_x000D_
 DE AGUA FEZ DA RUA UM BARREIRO.</t>
   </si>
   <si>
     <t>26645</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26645/257.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26645/257.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE,_x000D_
 PROVIDENCIE LIMPEZA NA VALETA DA RUA AV. ITALIA, 1652a. DEVIDO AS CHUVAS, A_x000D_
 VALETA ENTOPE, TRANSBORDA E A RUA FICA ALAGADA.</t>
   </si>
   <si>
     <t>26647</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26647/258.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26647/258.pdf</t>
   </si>
   <si>
     <t>QUE A SECRETARIA DE COMPETENCIA NA GESTAO DO TRANSPORTE COLETIVO,_x000D_
 ALTERE O TRAJETO DA LINHA DIQUE SECO FAZENDO COM QUE A MESMA SE ESTENDA DANDO_x000D_
 A VOLTA NO TREVO DO TECON, PERMITINDO ASSIM ATENDER AS NECESSIDADES DOS_x000D_
 TRABALHADORES DOS TERMINAIS DA TERGRASA, TECON , VIA 1 E OUTRAS EMPRESAS_x000D_
 INSTALADAS NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>26649</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26649/259.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26649/259.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO A UNIVERSIDADE FEDERAL DO RIO GRANDE,_x000D_
 SOLICITANDO A REPOSICAO DE LAMPADAS QUEIMADAS E A PINTURA DOS QUEBRAMOLAS_x000D_
 EXISTENTES NO CAMPUS CARREIROS, TENDO EM VISTA MAIS SEGURANCA PARA ESTUDANTES,_x000D_
 MOTORISTAS E PEDESTRES QUE TRAFEGAM A NOITE NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>26651</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26651/260.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26651/260.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AUDIENCIA PUBLICA PARA TRANSPORTE COLETIVO.</t>
   </si>
   <si>
     <t>26652</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26652/261.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26652/261.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE ESTA CASA LEGISLATIVA CONCEDA AO GRUPO DE VOLUNTARIAS DA SANTA_x000D_
 CASA DO RIO GRANDE, VOTO DE CONGRATULACAO PELOS DEZ ANOS DO BRILHANTE TRABALHO_x000D_
 REALIZADO FRENTE A ASSOCIACAO DE CARIDADE SANTA CASA DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26653</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26653/262.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26653/262.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENVIE RELATORIO AO LEGISLATIVO INFORMANDO_x000D_
 SOBRE QUAIS FORMAS DE PARTICIPACAO DA PREFEITURA MUNICIPAL DE RIO GRANDE FORAM_x000D_
 DIRECIONADAS PARA A REALIZACAO DA 32a FEARG E 15a FECIS, EVENTO REALIZADO DE 29_x000D_
 DE JULHO A 15 DE AGOSTO DE 2010 NO CENTRO MUNICIPAL DE EVENTOS.</t>
   </si>
   <si>
     <t>26654</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26654/263.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26654/263.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, SOLICITA AO GEN. EDSON DE OLIVEIRA GOULARTE, SECRETARIO ESTADUAL DA_x000D_
 SECRETARIA DA SEGURANCA PUBLICA, ESTUDAR A POSSIBILIDADE DE_x000D_
 DESIGNAR VERBAS PARA OBRAS DE RESTAURACAO DO PREDIO DO POSTO DE ATENDIMENTO DA_x000D_
 BRIGADA MILITAR NO POVO NOVO.</t>
   </si>
   <si>
     <t>26655</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26655/264.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26655/264.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA NA FORMA REGIMENTAL, QUE SEJA_x000D_
 APROVADO VOTO DE LOUVOR AO SR. ITALO UMBERTO ANSELMO, PRESIDENTE DA APAE_x000D_
 (ASSOCIACAO DE PAIS E AMIGOS DOS EXCEPCIONAIS) PELOS INESTIMAVEIS SERVICOS_x000D_
 PRESTADOS AO LONGO DOS_x000D_
 ANOS A ESTA INSTITUICAO.</t>
   </si>
   <si>
     <t>26656</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26656/265.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26656/265.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), REQUER (EM), APOS OUVIDA A CASA_x000D_
 NA FORMA REGIMENTAL QUE SEJA INFORMADO O NOME, CARGO, E FUNCAO OCUPADO POR CADA_x000D_
 SERVIDOR EFETIVO E EM COMISSAO, LOTADOS NO PODER LEGISLATIVO. REQUER, QUE SEJA_x000D_
 INFORMADO QUEM RECEBE APOSENTADORIA E COMPLEMENTACAO DE APOSENTADORIA. REQUER,_x000D_
 QUE SEJA INFORMADO O NUMERO DE ESTAGIARIOS, NOME E FUNCAO QUE EXERCE. REQUER_x000D_
 QUE SEJA INFORMADO O NUMERO DE SERVIDORES DO EXECUTIVO CEDIDOS PARA CAMARA DE_x000D_
 VEREADORES? SE COM ONUS OU SEM ONUS? QUANTAS EMPRESAS TERCEIRIZADAS PRESTAM_x000D_
 SERVICOS A CAMARA, QUANTOS FUNCIONARIOS TEM CADA EMPRESA E QUE TIPO DE SERVICO_x000D_
 EXECUTA?</t>
   </si>
   <si>
     <t>26657</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26657/266.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26657/266.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL QUE SEJA DEDICADA A PRIMEIRA PARTE DA SESSAO DO DIA 29 DE NOVEMBRO_x000D_
 AO DIA INTERNACIONAL DA SOLIDARIEDADE AO POVO PALESTINO, CONFORME LEI MUNICIPAL_x000D_
 No 6.360 DE 07 DE MARCO DE 2007.</t>
   </si>
   <si>
     <t>26658</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26658/267.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26658/267.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE A_x000D_
 COLOCACAO DE ABRIGO DE ONIBUS NO PONTO DA PRACA DIDIO DUHA NO CASSINO</t>
   </si>
   <si>
     <t>26659</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26659/268.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26659/268.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DE_x000D_
 COMPETENCIA NA GESTAO E SEGURANCA NO TRANSITO QUE REALIZE ESTUDOS PARA MEDIR_x000D_
 A INTENSIDADE DE FLUXO DE VEICULOS NAS PRINCIPAIS VIAS DO CENTRO, PODENDO ASSIM_x000D_
 DEFINIR EM QUAIS VIAS DEVEM SER ADOTADO OS SENTIDOS DE MAO UNICA PARA A_x000D_
 MELHORIA DO TRANSITO.</t>
   </si>
   <si>
     <t>26660</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26660/269.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26660/269.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVES DA SECRETARIA MUNICIPAL COMPETENTE,_x000D_
 PROVIDENCIE UM PROGRAMA PERIODICO PARA DESENTUPIMENTO E LIMPEZA DAS GALERIAS E_x000D_
 BOCAS DE LOBO DESTINADAS AO ESGOTO PLUVIAL.</t>
   </si>
   <si>
     <t>26661</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26661/270.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26661/270.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE A_x000D_
 OFERTA DE CARTOES UNITARIOS PARA OS USUARIOS DO TRANSPORTE COLETIVO MUNICIPAL_x000D_
 QUE OPTAREM POR NAO ADQUIRIR O CARTAO CONVENCIONAL, LHES GARANTINDO A_x000D_
 UTILIZACAO DE UM UNICO BILHETE, E DO MESMO MODO POSSIBILITAR A UTILIZACAO DO_x000D_
 SISTEMA INTEGRADO POR TURISTAS EM TRANSITO NO MUNICIPIO.</t>
   </si>
   <si>
     <t>26662</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26662/271.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26662/271.pdf</t>
   </si>
   <si>
     <t>QUE SE OFICIE O DEPARTAMENTO ESTADUAL DE TRANSITO DO RIO GRANDE DO SUL_x000D_
 (DETRAN) COM A FINALIDADE DE ABRIR PORTARIA PARA CRIACAO DE NOVO CENTRO DE_x000D_
 FORMACAO DE CONDUTORES.</t>
   </si>
   <si>
     <t>26663</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26663/272.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26663/272.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR MEIO DE SECRETARIA COMPETENTE,_x000D_
 PROVIDENCIE A COLOCACAO DE CESTOS DE LIXO NAS CALCADAS DAS PRINCIPAIS RUAS DO_x000D_
 CENTRO.</t>
   </si>
   <si>
     <t>26664</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26664/273.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26664/273.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA LEGISLATIVA,_x000D_
 PROJETO DE LEI QUE DETERMINE A APRESENTACAO DA CARTEIRA DE VACINACAO NO MOMENTO_x000D_
 DA MATRICULA NO ENSINO FUNDAMENTAL NAS ESCOLAS MUNICIPAIS. EM ANEXO MINUTA DO_x000D_
 PROJETO DE LEI.</t>
   </si>
   <si>
     <t>26665</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26665/274.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26665/274.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, A CRIACAO DE ESTACIONAMENTO PARA DEFICIENTES, NA RUA_x000D_
  GENERAL VITORINO, MAIS PRECISAMENTE EM FRENTE A CAMARA DE VEREADORES.</t>
   </si>
   <si>
     <t>26666</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26666/275.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26666/275.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR GERAL DO DAER, SR. VICENTE PAULO_x000D_
 MATTOS DE BRITTO PEREIRA, SOLICITANDO QUE ESTUDE A POSSIBILIDADE DE ELABORAR UM_x000D_
 PROJETO, VISANDO A IMPLANTACAO DE CELULAS DE CONCRETO PARA TRAVESSIA NA AVENIDA_x000D_
 ITALIA (EM FRENTE AO ESTACAO DE INTEGRACAO JUNCAO E CONDOMINIO WALDEMAR DUARTE)_x000D_
 BEM COMO, NA AVENIDA SANTOS DUMONT (EM FRENTE AOS CONDOMINIOS MARIA CARMEM E_x000D_
 CELMAR GONCALVES) E, AINDA, NO CRUZAMENTO DESTA COM A AVENIDA ARGENTINA_x000D_
 (PICUCHA), TORNANDO A TRAVESSIA NESSES PONTOS MAIS SEGURA AOS PEDESTRES,_x000D_
 INCLUSIVE PORTADORES DE NECESSIDADES ESPECIAIS (CADEIRANTES) E CICLISTAS._x000D_
 OUTROSSIM, SOLICITAMOS QUE SEJA ENVIADO COPIA A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA, DOS TRANSPORTE E DO TRANSITO-SMSTT.</t>
   </si>
   <si>
     <t>26667</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26667/276.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26667/276.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR-PRESIDENTE DA CEEE, SR. SERGIO CAMPS_x000D_
 DE MORAIS E AO CHEFE DO CENTRO REGIONAL LITORAL SUL, SR. LUIZ GUSTAVO DA_x000D_
 TRINDADE, SOLICITANDO QUE SEJAM TOMADAS PROVIDENCIAS PARA QUE AS NEGOCIACOES DE_x000D_
 PARCELAMENTO DAS DIVIDAS DE IMOVEIS DA CIDADE DO RIO GRANDE, SEJAM REALIZADAS_x000D_
 NO PROPRIO MUNICIPIO, EVITANDO DESLOCAMENTO ATE A CIDADE DE PELOTAS E,_x000D_
 CONSEQUENTEMENTE, TRANSTORNOS AOS CLIENTES.</t>
   </si>
   <si>
     <t>26668</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26668/277.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26668/277.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO AO DAER-RS SOLICITANDO A CONSTRUCAO DE PASSARELAS_x000D_
 PARA PEDESTRES NA RS-734 EM FRENTE AS ESTACOES DE TRANSBORDO DO TRANSPORTE_x000D_
 COLETIVO MUNICIPAL NAS LOCALIDADES DO TREVO E JUNCAO.</t>
   </si>
   <si>
     <t>26669</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26669/278.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26669/278.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO AO DAER-RS SOLICITANDO A CONSTRUCAO DE PASSARELAS_x000D_
 PARA PEDESTRES NA RS-734 EM FRENTE A ESCOLA MUNICIPAL MATE AMARGO E ENTRE OS_x000D_
 CONDOMINIOS MARIA CARMEN E CELMAR GONCALVES, TENDO EM VISTA O GRANDE FLUXO DE_x000D_
 PEDESTRES E VEICULOS NESTES LOCAIS.</t>
   </si>
   <si>
     <t>26670</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26670/279.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26670/279.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE A_x000D_
 MANUTENCAO E RECUPERACAO DOS BANHEIROS MASCULINO E FEMININO DA PRACA TAMANDARE,_x000D_
 E POSTERIORMENTE ADAPTA-LOS DE MANEIRA A SUPRIR AS NECESSIDADES DAS PESSOAS_x000D_
 OSTOMIZADAS, CONFORME ESPECIFICACOES TECNICAS EM ANEXO.</t>
   </si>
   <si>
     <t>26671</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26671/280.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26671/280.pdf</t>
   </si>
   <si>
     <t>QUE SE OFICIE A ECOSUL PARA REVISAO SOBRE O CONTEUDO DAS PLACAS_x000D_
 INFORMATIVAS DA OBRA DE DUPLICACAO DA BR-392. OS SIMBOLOS ATUALMENTE EXPOSTOS_x000D_
 PODEM INDUZIR AS PESSOAS QUE POR ALI PASSAM AO EQUIVOCO DE QUE A CONCESSIONARIA_x000D_
 SERIA A FINANCIADORA DO PROJETO. FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>26672</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26672/281.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26672/281.pdf</t>
   </si>
   <si>
     <t>REITERANDO REQUERIMENTO No 124/2010, REQUER SEJA ENVIADO OFICIO AO_x000D_
 BANCO DO BRASIL (AGENCIA CASSINO - AVENIDA ATLANTICA No 440, E TAMANDARE - RUA_x000D_
 VINTE E QUATRO DE MAIO No 228), CAIXA ECONOMICA FEDERAL (AGENCIA CIDADE NOVA -_x000D_
 RUA VINTE E QUATRO DE MAIO No 420), BANCO DO ESTADO DO RIO GRANDE DO SUL_x000D_
 (AGENCIA CASSINO - AVENIDA ATLANTICA No 42/101, E NOIVA DO MAR - AVENIDA_x000D_
 PRESIDENTE VARGAS No 666), BANCO SANTANDER (RUA MARECHAL FLORIANO No 252),_x000D_
 BANCO HSBC (RUA MARECHAL FLORIANO PEIXOTO No 267) E BANCO REAL (RUA MARECHAL_x000D_
 FLORIANO PEIXOTO No 132), SOLICITANDO INFORMACOES SOBRE O EFETIVO CUMPRIMENTO_x000D_
 DA LEI MUNICIPAL 6725/2009 (LEI DOS ARMARIOS GUARDA VOLUMES), DE 1o DE AGOSTO_x000D_
 DE 2009 (ANEXADA A SEGUIR), TENDO EM VISTA QUE O PRAZO DE 180 (CENTO E OITENTA)_x000D_
 DIAS PARA ADAPTACAO DOS ESTABELECIMENTOS BANCARIOS A NOVA REALIDADE EXPIROU EM_x000D_
 1o DE FEVEREIRO DE 2010, CONFORME ARTIGO 6o DO REFERIDO ESTATUTO.</t>
   </si>
   <si>
     <t>26673</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26673/282.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26673/282.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA DATA PARA REALIZACAO DE UMA AUDIENCIA PUBLICA, COM_x000D_
 O OBJETIVO DE DEBATER SOBRE A SITUACAO DA UTI PEDIATRICA E DEMAIS ASSUNTOS_x000D_
 RELACIONADOS AO ATENDIMENTO NO HOSPITAL UNIVERSITARIO. OUTROSSIM, SOLICITAMOS_x000D_
 QUE ENTRE AS AUTORIDADES CONVIDADAS ESTEJAM AS SEGUINTES :EXMO. SR. PREFEITO_x000D_
 MUNICIPAL - FABIO BRANCO;ILMA. SRa. SECRETARIA MUNICIPAL DA SAUDE-ZELIONARA_x000D_
 BRANCO;CONSELHO MUNICIPAL DE SAUDE;MAGNIFICO REITOR DA FURG - JOAO CARLOS COUSIN_x000D_
 DIRETOR DO HOSPITAL UNIVERSITARIO - SR.ROMEU SELISTRE SOBRINHO;DIRETOR DA_x000D_
 FUNDACAO DE APOIO AO HOSPITAL DE ENSINO DO RIO GRANDE (FAHERG)- SR.TOMAS_x000D_
 DALCIN;PROMOTOR DE JUSTICA ESPECIALIZADA DO RIO GRANDE - SR. JOSE ALEXANDRE DA_x000D_
 SILVA ZACHIA ALAN_x000D_
 DEMAIS AUTORIDADES LIGADAS AO TEMA.</t>
   </si>
   <si>
     <t>26674</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Vereador Nando Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26674/283.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26674/283.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL QUE SEJA ENVIADA A SECRETARIA DA FAZENDA DO MUNICIPIO, SOLICITANDO_x000D_
 OS VALORES DE IPTU ARRECADO NO BALNEARIO CASSINO ANO 2009 E 2010.</t>
   </si>
   <si>
     <t>26675</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26675/284.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26675/284.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE A BANCADA FEDERAL DO RIO GRANDE DO_x000D_
 SUL UMA MOCAO DE APOIO, SOLICITANDO QUE A MESMA FACA ADESAO AO PROJETO DE LEI_x000D_
 7412/10, DO DEPUTADO JOSE OTAVIO GERMANO (PP-RS), QUE AUTORIZA O JUDICIARIO DOS_x000D_
 ESTADOS E DO DISTRITO FEDERAL A INVESTIR O DINHEIRO DOS DEPOSITOS JUDICIAIS E_x000D_
 FICAR COM O LUCRO DO INVESTIMENTO APOS DESCONTADA A CORRECAO LEGAL A QUE CADA_x000D_
 DEPOSITO JUDICIAL ESTA SUJEITO - GERALMENTE O INDICE DA POUPANCA.</t>
   </si>
   <si>
     <t>26676</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26676/285.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26676/285.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE A DELEGACIA REGIONAL DO TRABALHO NA_x000D_
 PESSOA DE IARA MARIA REIS GASPAR - GERENTE REGIONAL DO TRABALHO EM RIO GRANDE_x000D_
 SOLICITANDO RELATORIO INFORMANDO O NUMERO DE TRABALHADORES DEMITIDOS NAS_x000D_
 RESPECTIVAS EMPRESAS DE TRANSPORTE COLETIVOS DE RIO GRANDE EM 2010.</t>
   </si>
   <si>
     <t>26677</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26677/286.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26677/286.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA A AGENCIA NACIONAL DE VIGILANCIA_x000D_
 SANITARIA, SEDE RIO GRANDE, SOLICITANDO QUE FACA AS DEVIDAS AVERIGUACOES SOBRE_x000D_
 A SITUACAO DOS BOVINOS QUE FICAM CONFINADOS EM UMA AREA NA VILA DA QUINTA DE_x000D_
 PROPRIEDADE DA EXPORTADORA ANGUS TRADING. SEGUNDO DENUNCIAS DE MORADORES OS_x000D_
 ANIMAIS QUE MORREM SAO ENTERADOS NO LOCAL OU PROXIMIDADES, O QUE ESTA CAUSANDO PREOCUPACAO A POPULACAO VIZINHA EM FUNCAO DO MAU CHEIRO E A CONTAMINACAO DO_x000D_
 SOLO.</t>
   </si>
   <si>
     <t>26678</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26678/287.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26678/287.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVES DE SUA SECRETARIA COMPETENTE,_x000D_
 ESTUDE A POSSIBILIDADE DE DIMINUIR A DISTANCIA ENTRE AS PARADAS DE ONIBUS NAS_x000D_
 MARGENS DA RS-734.</t>
   </si>
   <si>
     <t>26620</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26620/288.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26620/288.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVES DE SUA SECRETARIA COMPETENTE,_x000D_
 PROVIDENCIE O ASFALTAMENTO DA RUA GUSTAVO SAMPAIO, PROXIMA A AVENIDA ARGENTINA._x000D_
 A MEDIDA TORNARA POSSIVEL UMA VIA ALTERNATIVA ENTRE A RUA URUGUAI E AVENIDA_x000D_
 HENRIQUE PANCADA.</t>
   </si>
   <si>
     <t>26622</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26622/289.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26622/289.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SOLICITAR, QUE ENCAMINHE A GERENCIA DA CEEE O PEDIDO DE COLOCACAO_x000D_
 DE REDE DE ENERGIA ELETRICA NA RUA 1 NOVA DO BAIRRO GETULIO VARGAS, CONFORME_x000D_
 ABAIXO ASSINADO EM ANEXO.</t>
   </si>
   <si>
     <t>26624</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26624/290.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26624/290.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA DE COMPETENCIA OFICIE A_x000D_
 EMPRESA PRESTADORA DE SERVICOS EM COLETA DE LIXO SOLICITANDO QUE O RECOLHIMENTO_x000D_
 DO LIXO DO BAIRRO MIGUEL DE CASTRO MOREIRA RETORNE A SER REALIZADO NO PERIODO_x000D_
 DA NOITE.</t>
   </si>
   <si>
     <t>26625</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26625/291.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26625/291.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA DE COMPETENCIA REALIZE_x000D_
 COM URGENCIA A LIMPEZA E DESENTUPIMENTO NO TRECHO DE REDE DE ESGOTO LOCALIZADA_x000D_
 NA RUA 14 ENTRE AS RUAS 25 E 27 DO BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>26628</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26628/292.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26628/292.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AOS 100 ANOS DE NASCIMENTO DO 1° BISPO_x000D_
 DA DIOCESE DO RIO GRANDE, DOM FREDERICO DIDONET.</t>
   </si>
   <si>
     <t>26630</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26630/293.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26630/293.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADA CORRESPONDENCIA A DIRECAO DA CEEE - COMPANHIA ESTADUAL_x000D_
 DE ENERGIA ELETRICA SOLICITANDO INFORMACOES SOBRE A EXECUCAO DO PROJETO DE_x000D_
 MELHORIA NA QUALIDADE DO FORNECIMENTO DE ENERGIA DAS UNIDADES CONSUMIDORAS_x000D_
 ATENDIDAS PELO CIRCUITO QUE ATENDE AS RESIDENCIAS DA RUA TRES, QUARTA SECCAO DA_x000D_
 BARRA, PROTOCOLADO SOB No 6978/2010, CONFORME OFICIO No GP-206/2010, TENDO EM_x000D_
 VISTA QUE OS MORADORES DA LOCALIDADE AINDA SOFREM COM AS CONSTANTES QUEDAS DE_x000D_
 ENERGIA ELETRICA.</t>
   </si>
   <si>
     <t>26631</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26631/295.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26631/295.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO DIRETOR GERAL DO DAER, SR. VICENTE PAULO_x000D_
 MATTOS DE BRITTO PEREIRA, SOLICITANDO A RECUPERACAO URGENTE NO ASFALTO DA_x000D_
 ERS-734 (TRECHO COMPREENDIDO ENTRE PORTICO E TREVO), INCLUINDO ACOSTAMENTO,_x000D_
 VISANDO A COBERTURA DOS INUMEROS BURACOS EXISTENTES. SOLICITAMOS, AINDA UMA_x000D_
 REVITALIZACAO NA PINTURA E SINALIZACAO DA VIA, COM VISTAS A PROPORCIONAR_x000D_
 MELHORES CONDICOES DE TRAFEGABILIDADE E, CONSEQUENTEMENTE, DIMINUIR O RISCO DE_x000D_
 ACIDENTES NO REFERIDO TRECHO.</t>
   </si>
   <si>
     <t>26632</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26632/296.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26632/296.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO AS AGENCIAS BANCARIAS DO MUNICIPIO INFORMANDO QUE_x000D_
 A LEI MUNICIPAL No 6889/2010, ANEXADA A SEGUIR, FOI PUBLICADA EM 10 DE AGOSTO_x000D_
 DO CORRENTE ANO E ENTROU EM VIGOR NA MESMA DATA. SENDO ASSIM, SOLICITA_x000D_
 INFORMACOES SOBRE O EFETIVO CUMPRIMENTO DO REFERIDO TEXTO LEGAL.</t>
   </si>
   <si>
     <t>26633</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26633/297.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26633/297.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE FACA ESTUDOS SOBRE A POSSIBILIDADE DE_x000D_
 INSTITUIR UM TRANSPORTE PUBLICO POS-ATENDIMENTO AOS CIDADAOS ATENDIDOS NO_x000D_
 PERIODO DA MADRUGADA NOS HOSPITAIS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>26634</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26634/298.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26634/298.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SIGNATARIOS REQUEREM A V. EXA. APOS OUVIDA A CASA, QUE_x000D_
 SEJA FORMADA UMA COMISSAO DE VEREADORES PARA TRATAR JUNTO AO GOVERNO ESTADUAL_x000D_
 SOBRE A CONSTRUCAO DE UM ANEXO PARA A ALA FEMININA DO PRESIDIO ESTADUAL DO RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>26635</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26635/299.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26635/299.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMOV, O NIVELAMENTO DA RUA Q, NO PARQUE SAO PEDRO,BEM_x000D_
 COMO A RECUPERACAO DA MESMA.</t>
   </si>
   <si>
     <t>26636</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26636/300.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26636/300.pdf</t>
   </si>
   <si>
     <t>QUE SEJA APROVADA EM REGIME DE URGENCIA A REALIZACAO DE AUDIENCIA_x000D_
 PUBLICA PARA TRATAR DO TEMA PLS-414/2008 DE AUTORIA DO SENADOR FLAVIO ARNS EM_x000D_
 TRAMITACAO NO SENADO FEDERAL._x000D_
 O TEOR DO PROJETO DE LEI TRATA DA ALTERACAO DE IDADE PARA INGRESSO NO ENSINO_x000D_
 FUNDAMENTAL E REDUCAO DE TEMPO NA EDUCACAO INFANTIL, POR ISSO, JULGAMOS_x000D_
 NECESSARIO AVALIAR O IMPACTO DO MESMO NA GESTAO E POLITICAS DE EDUCACAO EM_x000D_
 NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>26637</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26637/301.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26637/301.pdf</t>
   </si>
   <si>
     <t>REGIMENTAL SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE A COLOCACAO DE SAIBRO DA LOCALIDADE DA QUITERIA ATE_x000D_
 ENTRADA DA ILHA DA TOROTAMA.</t>
   </si>
   <si>
     <t>26638</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26638/302.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26638/302.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVES DE SUA SECRETARIA COMPETENTE,_x000D_
 FORMULE PROJETO PARA AMPLIACAO E REALIZACAO DE REPAROS NA PRACA SITUADA NA_x000D_
 AVENIDA HENRIQUE PANCADA, EM FRENTE A ESCOLA CIPRIANO PORTO ALEGRE.</t>
   </si>
   <si>
     <t>26639</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26639/303.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26639/303.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 REALIZADA UMA SESSAO SOLENE EM COMEMORACAO AOS 25 ANOS DA ESCOLA ADVENTISTA DE_x000D_
 RIO GRANDE.</t>
   </si>
   <si>
     <t>26640</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26640/304.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26640/304.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADA UMA DATA URGENTE PARA REALIZACAO DE AUDIENCIA_x000D_
 PUBLICA, COM O OBJETIVO DE DEBATER A SITUACAO DA PESCA INDUSTRIAL, EM ESPECIAL_x000D_
 A PROIBICAO DO USO DA REDE DE EMALHE DE MAIS DE 2,5 KM (DOIS QUILOMETROS E_x000D_
 MEIO) NO MAR, CONFORME DETERMINA A PORTARIA DO IBAMA No 121/98 EM SEU ARTIGO 1o.</t>
   </si>
   <si>
     <t>26641</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26641/305.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26641/305.pdf</t>
   </si>
   <si>
     <t>VEREADOR ABAIXO ASSINADO REQUER APOS OUVIR A CASA NA FORMA REGIMENTAL,_x000D_
 QUE SEJA ENCAMINHADO AO EXECUTIVO MUNICIPAL , JUNTA A SMSTT QUE FACA UM ESTUDO_x000D_
 SOBRE A POSSIBILIDADE DE FAZER UMA CICLOVIA VIA CASSINO/BOLACHA.</t>
   </si>
   <si>
     <t>26642</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26642/306.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26642/306.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A O EXECUTIVO MUNICIPAL, JUNTO A (SMSTT)-_x000D_
 SECRETARIA MUNICIPAL DA SEGURANCA DOS TRANSPORTES E DO TRANSITO. QUE FACA UM_x000D_
 ESTUDO DA POSSIBILIDADE DE FAZER UMA PONTO DE ONIBUS COM SAIDA DO BOLACHA/_x000D_
 CENTRO,EM HORARIOS DE PICO. PROXIMO A ESCOLA ANA NERY.</t>
   </si>
   <si>
     <t>26643</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26643/307.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26643/307.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA SESSAO SOLENE EM "HOMENAGEM AOS 40 ANOS DA_x000D_
 ESCOLA ESTADUAL MARECHAL EMILIO LUIZ MALLET".</t>
   </si>
   <si>
     <t>26590</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26590/308.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26590/308.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMOV, O NIVELAMENTO DA RUA C, PARQUE UNIVERSITARIO, EM_x000D_
 TODA A SUA EXTENSAO.</t>
   </si>
   <si>
     <t>26591</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26591/309.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26591/309.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INDICADA UMA COMISSAO DE VEREADORES PARA REPRESENTAR O PODER_x000D_
 LEGISLATIVO MUNICIPAL JUNTO A COMISSAO MISTA DO FORO ESTADUAL LOCAL E AO_x000D_
 TRIBUNAL DE JUSTICA ESTADUAL COM O INTUITO DE COLABORAR COM ACOES QUE VISEM_x000D_
 MELHORIAS NA ESTRUTURA DA JUSTICA ESTADUAL LOCAL.</t>
   </si>
   <si>
     <t>26592</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26592/310.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26592/310.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A SUPERINTENDENCIA DO PORTO DO RIO GRANDE_x000D_
 SOLICITANDO QUE PROVIDENCIE SINALIZACAO E FISCALIZACAO DO TRECHO DOS MOLHES DA_x000D_
 BARRA ONDE TRANSITAM AS VAGONETAS, NO SENTIDO DE PROIBIR O TRAFEGO DE_x000D_
 MOTOCICLETAS NAQUELE LOCAL, TENDO EM VISTA A PREVENCAO DE ACIDENTES E A_x000D_
 CONSERVACAO DO LOCAL COMO PONTO TURISTICO.</t>
   </si>
   <si>
     <t>26593</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26593/311.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26593/311.pdf</t>
   </si>
   <si>
     <t>26594</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26594/313.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26594/313.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A BRIGADA MILITAR SOLICITANDO QUE FISCALIZACAO NO_x000D_
 TRECHO DOS MOLHES DA BARRA ONDE TRANSITAM AS VAGONETAS, NO SENTIDO DE PROIBIR O_x000D_
 TRAFEGO DE MOTOCICLETAS NAQUELE LOCAL, TENDO EM VISTA A PREVENCAO DE ACIDENTES_x000D_
 E A CONSERVACAO DO LOCAL COMO PONTO TURISTICO.</t>
   </si>
   <si>
     <t>26595</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26595/314.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26595/314.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A REDE DE FARMACIAS PANVEL SOLICITANDO QUE OS_x000D_
 RECURSOS ARRECADADOS PELA CAMPANHA "TROCO AMIGO" NO MUNICIPIO DO RIO GRANDE_x000D_
 SEJAM DESTINADOS A SANTA CASA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>26596</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26596/315.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26596/315.pdf</t>
   </si>
   <si>
     <t>SEJA FORMADA COMISSAO DE VEREADORES PARA IDA A PASSO FUNDO E SANTA_x000D_
 MARIA, TENDO COMO OBJETIVO VISITAR AS UNIDADES DO COLEGIO TIRADENTES_x000D_
 IMPLANTADAS NESTAS CIDADES.</t>
   </si>
   <si>
     <t>26597</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26597/316.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26597/316.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A REDE DE FARMACIAS PANVEL SOLICITANDO QUE SEJA_x000D_
 ESCLARECIDO A COMUNIDADE RIO-GRANDINA, ATRAVES DE MATERIAL PUBLICITARIO, QUE OS_x000D_
 VALORES ARRECADADOS PELA CAMPANHA "TROCO AMIGO" VISA BENEFICIAR A SANTA CASA DE_x000D_
 MISERICORDIA DE PORTO ALEGRE E NAO A SANTA CASA DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26598</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26598/317.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26598/317.pdf</t>
   </si>
   <si>
     <t>SEJA FORMADA COMISSAO DE VEREADORES PARA IDA A NOVA PETROPOLIS - RS,_x000D_
 COM OBJETIVO DE VISITAR E CONHECER O "JARDIM DA PERCEPCAO" DAQUELA CIDADE,_x000D_
 TENDO EM VISTA PROPOSICAO PARA IMPLANTACAO DE JARDIM SEMELHANTE NA CIDADE DO_x000D_
 RIO GRANDE.</t>
   </si>
   <si>
     <t>26806</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26806/318.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26806/318.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA REALIZADA NO LEGISLATIVO MUNICIPAL SOLENIDADE ALUSIVA A_x000D_
 DATA DE 20 DE NOVEMBRO "DIA MUNICIPAL E NACIONAL DA CONSCIENCIA NEGRA.</t>
   </si>
   <si>
     <t>26599</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26599/319.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26599/319.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, QUE REALIZE UMA FISCALIZACAO EFETIVA, DE ACORDO COM O CODIGO_x000D_
 NACIONAL DE TRANSITO, NO QUE DIZ RESPEITO AS MOTOCICLETAS COM O SISTEMA DE_x000D_
 ESCAPAMENTO ADULTERADO OU DANIFICADO, POIS AS MESMAS SAO RESPONSAVEIS POR UMA_x000D_
 GRANDE POLUICAO SONORA, DESRESPEITANDO OS DEMAIS CIDADAOS QUE SAO OBRIGADOS A_x000D_
 CONVIVER COM ESTE BARULHO DIA E NOITE.</t>
   </si>
   <si>
     <t>26600</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26600/320.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26600/320.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, QUE ESTUDE A POSSIBILIDADE DE QUE EM TODOS OS SEMAFOROS DA CIDADE_x000D_
 EXISTA UMA SINALEIRA TAMBEM PARA PEDESTRES, POSSIBILITANDO MAIOR SEGURANCA A_x000D_
 ESSES PEDESTRES NA HORA DE ATRAVESSAR O CRUZAMENTO.</t>
   </si>
   <si>
     <t>26601</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26601/321.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26601/321.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, A REALIZACAO DE REPAROS DO ESGOTO PLUVIAL ENTRE A AV. ATLANTICA ATE_x000D_
 A RUA BAGE, PELA AV. RIO GRANDE, POIS A MESMA SE TORNA INTRANSITAVEL CADA VEZ_x000D_
 QUE OCORRE UMA CHUVA FORTE.</t>
   </si>
   <si>
     <t>26602</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26602/322.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26602/322.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O DAER PARA QUE REALIZE REPAROS NO QUE DIZ RESPEITO_x000D_
 AOS BURACOS, BEM COMO, AS PLACAS DE TRANSITO DA RS 734, ESTRADA RIO_x000D_
 GRANDE/CASSINO.</t>
   </si>
   <si>
     <t>26603</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26603/323.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26603/323.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, A REALIZACAO DE REPAROS DO ESGOTO PLUVIAL DA PRACA TAMANDARE,_x000D_
 PRINCIPALMENTE PROXIMO AO MONUMENTO DE BENTO GONCALVES E AO CORETO DA PRACA.</t>
   </si>
   <si>
     <t>26604</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26604/324.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26604/324.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, A REALIZACAO DE REPAROS NAS PARADAS DE ONIBUS DA BR 392, ESTRADA DA_x000D_
 BARRA.</t>
   </si>
   <si>
     <t>26605</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26605/325.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26605/325.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O DAER PARA QUE REALIZE REPAROS NO QUE DIZ RESPEITO_x000D_
 AO CANTEIRO DO TREVO DE ENTRADA DA UNIVERSIDADE (FURG), BEM COMO DO REDUTOR DE_x000D_
 VELOCIDADE (OLHO DE GATO) EM FRENTE AO CONDOMINIO DO TREVO, NA RS 734, ESTRADA_x000D_
 RIO GRANDE/CASSINO.</t>
   </si>
   <si>
     <t>26606</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26606/326.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26606/326.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, QUE SEJA FEITO FISCALIZACAO, NO TRANSITO DA RUA_x000D_
 DOM BOSCO, AFIM DE COIBIR O TRANSITO DE VEICULOS CONTRA MAO.</t>
   </si>
   <si>
     <t>26607</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26607/327.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26607/327.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL PARA SOLICITAR A SECRETARIA_x000D_
 COMPETENTE A CRIACAO DE UM "CHIMARRODROMO" NO INTERIOR DA PRACA SITUADA NA VILA_x000D_
 DA QUINTA.</t>
   </si>
   <si>
     <t>26608</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26608/328.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26608/328.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL PARA QUE ENCAMINHE A SECRETARIA_x000D_
 COMPETENTE PEDIDO PARA CONSTRUCAO DE UM GINASIO DE ESPORTES NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>26609</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26609/329.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26609/329.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO CHEFE DO CENTRO REGIONAL LITORAL SUL DA_x000D_
 CEEE, SR. LUIZ GUSTAVO DA TRINDADE, SOLICITANDO QUE SEJAM TOMADAS PROVIDENCIAS_x000D_
 PARA QUE SEJA REALIZADA UMA EXTENSAO DE REDE ELETRICA NA RUA CAPITAO LEMOS DE_x000D_
 FARIAS, A PARTIR DO No 200, UMA VEZ QUE APOS ESSE EXISTEM APROXIMADAMENTE OITO_x000D_
 RESIDENCIAS, SOBRECARREGANDO O ULTIMO POSTE DA REDE DE ENERGIA.</t>
   </si>
   <si>
     <t>26610</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26610/330.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26610/330.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO, O SR. OSVALDO CASARES PINTO - DIRETOR GERAL DO_x000D_
 INSTITUTO FEDERAL DE CIENCIA E TECNOLOGIA DO RIO GRANDE DO SUL-IFRS, ANTIGO_x000D_
 CTI, SOLICITANDO QUE SEJAM TOMADAS AS DEVIDAS PROVIDENCIAS NO SENTIDO DE_x000D_
 AGILIZAR A ABERTURA DE PROCESSO LICITATORIO ATRAVES DO IFRS, VISANDO A_x000D_
 REATIVACAO DA BANDA MARCIAL FURG-CTI, QUE TEVE SUAS ATIVIDADES PARALISADAS EM_x000D_
 MAIO DESTE ANO. O SOLICITADO SE FAZ NECESSARIO EM RAZAO DE QUE COM A_x000D_
 TRANSFORMACAO DO CTI EM IFRS, O CONTRATO COM A INSTRUCAO DEVERIA SER RENOVADO,_x000D_
 POREM O MESMO NAO FOI PREVISTO NO ORCAMENTO PARA 2010.</t>
   </si>
   <si>
     <t>26611</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26611/332.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26611/332.pdf</t>
   </si>
   <si>
     <t>SOLICITA,APOS OUVIDA A CASA NA FORMA REGIMENTAL, REITERAR REQUERIMENTO_x000D_
 No 54, PROTOCOLADO SOB No 206, EM 16 DE FEVEREIRO DE 2009, SEJA OFICIADO A_x000D_
 SECRETARIA COMPETENTE PARA VERIFICAR A POSSIBILIDADE DA CONSTRUCAO DE UMA_x000D_
 ROTULA NO CRUZAMENTO DAS RUAS OLAVO BILAC E JOSE BONIFACIO.</t>
   </si>
   <si>
     <t>26612</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26612/333.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26612/333.pdf</t>
   </si>
   <si>
     <t>REQUER , APOS OUVIDA A CASA NA FORMA REGIMENTAL, SEJA REITERADO O_x000D_
 REQUERIMENTO No51/2009, PROTOCOLADO EM 10/02/2009, SOLICITANDO QUE SEJA_x000D_
 OFICIADO O SR. SECRETARIO DO ESTADO DO RS COM COPIA AO COMANDO GERAL DA BRIGADA_x000D_
 MILITAR PARA QUE PROVIDENCIE A REABERTURA DO POSTO POLICIAL SITUADO NA JUNCAO_x000D_
 COM A MAIOR URGENCIA.</t>
   </si>
   <si>
     <t>26613</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26613/334.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26613/334.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE, A REVITALIZACAO DA PRACA ALBATROZ,_x000D_
 NO BAIRRO PARQUE MARINHA, BEM COMO A CONSTRUCAO DE UMA PISTA DE CAMINHADA EM_x000D_
 TODO SEU CONTORNO.</t>
   </si>
   <si>
     <t>26614</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26614/335.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26614/335.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE, O RECALCAMENTO DE PONTOS DANIFICADOS_x000D_
 DA RUA OSVALDO ARANHA, BAIRRO PARQUE COELHO.</t>
   </si>
   <si>
     <t>26615</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26615/336.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26615/336.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMOV, O ENSAIBRAMENTO DA RUA 06, EM DOMINGOS PETROLINE.</t>
   </si>
   <si>
     <t>26616</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26616/337.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26616/337.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO COMANDANTE DO 6o GAC, TEN. CEL. SERGIO_x000D_
 MESQUITA DOS SANTOS, SOLICITANDO QUE SEJA COLOCADO UM POLICIAL MILITAR NO_x000D_
 TERMINAL RODOVIARIO SITUADO NA RUA VICE ALMIRANTE ABREU, PARA DAR SEGURANCA A_x000D_
 POPULACAO.</t>
   </si>
   <si>
     <t>26617</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26617/338.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26617/338.pdf</t>
   </si>
   <si>
     <t>REQUER APOS OUVIDA A CASA NA FORMA REGIMENTAL, SOLICITAR A SECRETARIA_x000D_
 COMPETENTE, A REPAVIMENTACAO NOS PONTOS NECESSARIOS DA RUA JOAO DE OLIVEIRA,_x000D_
 RUA QUE LIGA O BAIRRO JARDIM DO SOL AO BAIRRO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>26618</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26618/339.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26618/339.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA AUDIENCIA PUBLICA PARA DISCUTIR OS DIREITOS_x000D_
 HUMANOS DAS PESSOAS QUE VIVEM E CONVIVEM COM A AIDS.</t>
   </si>
   <si>
     <t>26619</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26619/340.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26619/340.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA UMA SESSAO SOLENE EM HOMENAGEM AO DIA DO MUSICO, QUE_x000D_
 OCORRERA DIA 22 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>26557</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26557/341.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26557/341.pdf</t>
   </si>
   <si>
     <t>REQUER, APOS OUVIDA A CASA, NA FORMA REGIMENTAL, SOLICITAR AO DEPUTADO_x000D_
 FEDERAL MENDES RIBEIRO, QUE APRESENTE UMA EMENDA NO ORCAMENTO DA UNIAO, NO_x000D_
 VALOR DE R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS) A SER DESTINADO AO_x000D_
 HOSPITAL DE CARDIOLOGIA E ONCOLOGIA DA ASSOCIACAO DE CARIDADE SANTA CASA DO RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>26559</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26559/342.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26559/342.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL QUE SEJA ENVIADO REQUERIMENTO AO EXECUTIVO MUNICIPAL SOLICITANDO UMA_x000D_
 LISTA COM O NOME E A QUANTIDADE DE REMEDIOS DESCARTADOS, NOS ULTIMOS DOIS ANOS,_x000D_
 E O MOTIVO DO DESCARTE E A DESTINACAO DADA A ESTES.</t>
   </si>
   <si>
     <t>26561</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26561/343.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26561/343.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE A SECRETARIA_x000D_
 COMPETENTE, QUE SEJA FEITA UMA LIMPEZA NA ESQUINA FORMADA PELAS RUAS PARANA E_x000D_
 BENTO GONCALVES.</t>
   </si>
   <si>
     <t>26564</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26564/344.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26564/344.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O SR. GERENTE DA CEEE EM RIO GRANDE PARA QUE SEJA TOMADAS_x000D_
 PROVIDENCIAS NO SENTIDO DE ESTENDER A REDE ELETRICA DO BAIRRO PARQUE SAO PEDRO_x000D_
 EM TODAS AS RUAS TRANSVERSAIS A AV. OSWALDO MARTENSEN QUE NAO POSSUEM_x000D_
 ATUALMENTE.</t>
   </si>
   <si>
     <t>26566</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26566/345.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26566/345.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE QUE SEJA FEITA A COMPLEMENTACAO DO_x000D_
 CALCAMENTO DA RUA ENGENHEIRO JOAO KRAMER DE LIMA, BAIRRO PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>26569</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26569/346.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26569/346.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE A SECRETARIA_x000D_
 COMPETENTE, QUE SEJA REGULARIZADA A LIGACAO DA RUA JOAO JULIANO COM A RS-734_x000D_
 (AVENIDA ITALIA).</t>
   </si>
   <si>
     <t>26571</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26571/347.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26571/347.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO CONVIDANDO O PRESIDENTE DO SINDICATO DOS_x000D_
 COMERCIARIOS, SR. PAULO ARRUDA E UM REPRESENTANTE DO MINISTERIO DO TRABALHO_x000D_
 PARA QUE COMPARECAM NESTA CASA LEGISLATIVA PARA TRATAR ASSUNTOS RELACIONADOS_x000D_
 AOS COMERCIARIOS RIOGRANDINOS.</t>
   </si>
   <si>
     <t>26574</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26574/348.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26574/348.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL OFICIE A BRIGADA MILITAR E A SECRETARIA_x000D_
 MUNICIPAL DE TRANSPORTE E SEGURANCA NO TRANSITO PEDINDO MAIOR FISCALIZACAO E_x000D_
 CONTROLE REFERENTE AO EXCESSO DOS NIVEIS DE RUIDOS EMITIDOS POR CARROS E_x000D_
 MOTOS DURANTE OS FINAIS DE SEMANA NA RUA MAJOR CARLOS PINTO, BEM COMO A_x000D_
 DIMINUICAO DOS ATOS DE VANDALISMO NA MESMA.</t>
   </si>
   <si>
     <t>26518</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26518/349.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26518/349.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, ABAIXO ASSINADO, REQUER APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA OFICIADO AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO E AO 6o BPM, SOLICITANDO A ESTES QUE_x000D_
 REALIZEM OPERACOES CONJUNTAS NO PERIODO DE VERANEIO NA REGIAO ONDE SE LOCALIZAM_x000D_
 AS BOATES NO BALNEARIO CASSINO NOS DIAS EM QUE HOUVER FESTAS, INCLUSIVE_x000D_
 AJUDANDO A ORGANIZAR O FLUXO DE VEICULOS NESTE LOCAL.</t>
   </si>
   <si>
     <t>26519</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26519/350.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26519/350.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFICIO AO DAER-RS SOLICITANDO QUE SEJA FEITA UMA_x000D_
 REVITALIZACAO E MELHORIAS NA ILUMINACAO DO MONUMENTO AO IMIGRANTE ITALIANO,_x000D_
 LOCALIZADO NAS PROXIMIDADES DO KM 08 DA RS 734.</t>
   </si>
   <si>
     <t>26521</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26521/351.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26521/351.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, A REALIZACAO DE REPAROS NA CALCADA DA ESCOLA VIVA, LOCALIZADA NA_x000D_
 AV. PORTUGAL ESQUINA MARECHAL DEODORO, POIS A MESMA SE ENCONTRA TOTALMENTE_x000D_
 IRREGULAR, CAUSANDO TRANSTORNOS A POPULACAO.</t>
   </si>
   <si>
     <t>26522</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26522/352.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26522/352.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO PRESIDENTE DESSA CASA LEGISLATIVA, PARA_x000D_
 QUE O MESMO CONCEDA UMA AUTORIZACAO DE DESLOCAMENTO DE UMA *COMISSAO DE_x000D_
 VEREADORES A BRASILIA, A FIM DE TRATAREM COM LIDERANCAS BRASILIENSES, O PROJETO_x000D_
 DE LEI N. 4.819/200 QUE DISPOE SOBRE NORMAS E CONDICOES GERAIS E PROTECAO AO_x000D_
 TRABALHO PORTUARIO, INSTITUI MULTAS PELA INOBSERVANCIA DE SEUS PRECEITOS, E DA_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>26524</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26524/353.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26524/353.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE SEJA SOLICITADO AO PRESIDENTE DESSA CASA LEGISLATIVA, PARA_x000D_
 QUE O MESMO CONCEDA UMA AUTORIZACAO DE DESLOCAMENTO A PORTO ALEGRE, A FIM DE_x000D_
 TRATAR JUNTO A DIRECAO DE TRENSURB DA CAPITAL, A IMPLANTACAO DO SISTEMA DE TREM_x000D_
 SIMILAR EM RIO GRANDE, PELOTAS E CAPAO DO LEAO, ALEM DISSO, COMPARECER NA_x000D_
 FUNDERGS(FUNDACAO DE ESPORTE E LAZER DO RIO GRANDE DO SUL) PARA ENTREGAR A_x000D_
 SOLICITACAO DO PROJETO SIRI PATOLA COMPLEXO ESPORTIVO DA COMUNIDADE SANTA_x000D_
 TEREZA JUNTAMENTE COM PARCERIA DO EXECUTIVO MUNICIPAL. SEGUE EM ANEXO PREVIA DO_x000D_
 REFERIDO PROJETO.</t>
   </si>
   <si>
     <t>26528</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26528/354.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26528/354.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO SR. PAULO ROBERTO REISER, GERENTE DA EMPRESA_x000D_
 RAINHA TRANSPORTES LTDA EM PELOTAS, SOLICITANDO A VIABILIDADE DE QUE A EMPRESA_x000D_
 ESTENDA A LINHA QUE FAZ JAGUARAO/PELOTAS E VICE-VERSA ATE O MUNICIPIO DO RIO_x000D_
 GRANDE.</t>
   </si>
   <si>
     <t>26531</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26531/356.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26531/356.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE AO SETOR_x000D_
 COMPETENTE, A COLOCACAO DE UM 'BICO DE LUZ' NO POSTE DA TRAVESSA "F", No 1, NA_x000D_
 LOCALIDADE DO SITIO SANTA CRUZ.</t>
   </si>
   <si>
     <t>26533</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26533/357.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26533/357.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL, PARA QUE INDIQUE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE A POSSIBILIDADE DO NUMERO DESTINADO PARA SUGESTOES E_x000D_
 RECLAMACOES SOBRE O SISTEMA RIO GRANDE INTEGRADO DE TRANSPORTE COLETIVO (156)_x000D_
 ACEITE CHAMADAS GRATUITAS DE TELEFONES PUBLICOS (ORELHOES).</t>
   </si>
   <si>
     <t>26535</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26535/358.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26535/358.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A AGENCIA DO PROCON NA CIDADE DO RIO GRANDE_x000D_
 SOLICITANDO A IMPLANTACAO DE SERVICO DE ATENDIMENTO DO TIPO 0800, PARA_x000D_
 RECEBIMENTO DE DENUNCIAS E RECLAMACOES DA COMUNIDADE RIO-GRANDINA.</t>
   </si>
   <si>
     <t>26537</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26537/359.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26537/359.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL OFICIE A EMPRESA TECH PARK ESTACIONAMENTO_x000D_
 SOLICITANDO ESTUDOS PARA A DESTINACAO DE UM ESPACO ADEQUADO DE CARGA E DESCARGA_x000D_
 NA RUA BENJAMIN CONSTANT ENTRE AS RUA MARECHAL FLORIANO E REPUBLICA DO_x000D_
 LIBANO. (FOTO EM ANEXO COMO SUGESTAO)</t>
   </si>
   <si>
     <t>26539</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26539/360.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26539/360.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O LEGISLATIVO MUNICIPAL OFICIE A DIRECAO DA EMPRESA TECH PARK_x000D_
 ESTACIONAMENTO PARA QUE SEJA REALIZADO ESTUDOS DE AMPLIACAO DOS ESPACOS_x000D_
 DESTINADOS AS MOTOCICLETAS, POIS OS ESPACOS DESTINADOS A ESTES VEICULOS NAO SAO SUFICIENTES.</t>
   </si>
   <si>
     <t>26544</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26544/361.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26544/361.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, REQUEREM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL ENVIE AO LEGISLATIVO, RELATORIO_x000D_
 INFORMANDO QUAIS OS ESTABELECIMENTOS COMERCIAIS QUE FORAM AUTORIZADOS A COLOCAR_x000D_
 MESAS, CADEIRAS E MERCADORIAS EM LOCAL EXTERNO ALEM DOS LIMITES DO MESMO.</t>
   </si>
   <si>
     <t>26546</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26546/362.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26546/362.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O DAER PARA QUE ESTUDE A POSSIBILIDADE DA CONSTRUCAO_x000D_
 DE UMA ROTULA NA RS 734, NAS IMEDIACOES DO BAIRRO SENANDES, ENTRE O VIADUTO DA_x000D_
 ANTIGA REDE FERROVIARIA (RFFSA) E O COUNTRY CLUB CIDADE DO RIO GRANDE, A FIM DE_x000D_
 SOLUCIONAR O IMPASSE EM RELACAO AO RETORNO DOS AUTOMOVEIS DE PASSEIO E TRABALHO_x000D_
 AS SUAS RESIDENCIAS, VISTO QUE OS MESMOS AUMENTARAM CONSIDERAVELMENTE A_x000D_
 QUILOMETRAGEM PERCORRIDA.</t>
   </si>
   <si>
     <t>26549</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26549/363.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26549/363.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SMSTT, QUE SEJA FEITO ACOES NOS BAIRROS E VILAS, PARA_x000D_
 COMBATER A DESORDEM CAUSADOS POR MOTOS.</t>
   </si>
   <si>
     <t>26551</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26551/364.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26551/364.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A SECRETARIA COMPETENTE QUE SEJA FEITO O RECALCAMENTO NA RUA_x000D_
 ALVARO COSTA ENTRE AS RUAS MARIO WERNECK E REVOCATA DE MELLO.</t>
   </si>
   <si>
     <t>26554</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26554/365.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26554/365.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO AO COMANDANTE DO 6o BPM, TEN. CEL. CLAUDIO_x000D_
 ROBERTO FERREIRA DA ROSA, SOLICITANDO OBRAS DE MANUTENCAO DO POSTO DA BRIGADA_x000D_
 MILITAR, DO BAIRRO COHAB IV, BEM COMO A SUBSTITUICAO DE MOVEIS, QUE SE_x000D_
 ENCONTRAM EM PESSIMAS CONDICOES.</t>
   </si>
   <si>
     <t>26578</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26578/366.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26578/366.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFICIO A COORDENADORA DA 18a CRE, SRa FARAILDES AVILA_x000D_
 E AO SECRETARIO ESTADUAL DE EDUCACAO, SR. ERVINO DEON, SOLICITANDO QUE SEJA_x000D_
 ELABORADO UM PROJETO, OBJETIVANDO A COBERTURA DO PATIO DO COLEGIO ESTADUAL DE_x000D_
 ENSINO MEDIO LEMOS JR., UMA VEZ QUE OS ALUNOS PERMANECEM NO REFERIDO LOCAL_x000D_
 DURANTE O INTERVALO DAS AULAS, POREM, NOS DIAS DE CHUVA NAO E POSSIVEL UTILIZAR_x000D_
 ESSE ESPACO, O QUE GERA TRANSTORNOS, DEVIDO AO EXPRESSIVO NUMERO DE ALUNOS.</t>
   </si>
   <si>
     <t>26579</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26579/367.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26579/367.pdf</t>
   </si>
   <si>
     <t>SOLICITAR A TERCEIRA COMPANHIA DA BRIGADA MILITAR, OPERACOES NO_x000D_
 SENTIDO DE COIBIR AS MOTOCICLETAS QUE ANDAM EM ALTA VELOCIDADE COLOCANDO EM_x000D_
 RISCO OS MORADORES, E PERTURBANDO A SOSSEGO PUBLICO , QUE VEM OCORRENDO COM_x000D_
 FREQUENCIA NO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>26581</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26581/368.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26581/368.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO GERENTE DE OPERACOES DO SESI RIO GRANDE,_x000D_
 SR. ADAO MIGUEL CARDOSO, E AO PRESIDENTE REGIONAL DO SESI, SR. PAULO FERNANDES_x000D_
 TIGRE, SOLICITANDO QUE SEJA VERIFICADA A POSSIBILIDADE DE ELABORAR UM PROJETO_x000D_
 VOLTADO AOS IDOSOS E APOSENTADOS DA INDUSTRIA NO MUNICIPIO, COM O OBJETIVO DE_x000D_
 LEVAR ENTRETENIMENTO, ALEM DE POSSIBILITAR O DESENVOLVIMENTO DE ATIVIDADES_x000D_
 FISICAS, PODENDO SER INCLUIDAS DIVERSAS MODALIDADES ESPORTIVAS, DANCA,_x000D_
 GINASTICA, ENTRE OUTRAS.</t>
   </si>
   <si>
     <t>26582</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26582/369.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26582/369.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DA SUA SECRETARIA COMPETENTE,_x000D_
 SINALIZE UMA FAIXA DE SEGURANCA NA RUA MARECHAL FLORIANO ESQUINA A RUA EWBANK,_x000D_
 EM FRENTE A AGENCIA DO BANRISUL, DEVIDO AO TRANSITO INTENSO DE PEDESTRES_x000D_
 ATRAVESSANDO AQUELA VIA.</t>
   </si>
   <si>
     <t>26583</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26583/370.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26583/370.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DA SUA SECRETARIA COMPETENTE REALIZE_x000D_
 ESTUDOS PARA A IMPLANTACAO DE LIXEIRAS EM TODOS OS ABRIGOS DO TRANSPORTE_x000D_
 COLETIVO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>26584</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26584/371.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26584/371.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL CONVIDE A BRIGADA MILITAR , OS AGENTES_x000D_
 MUNICIPAIS DE TRANSITO E GUARDA PORTUARIA PARA URGENTE REUNIAO QUE TRATARA_x000D_
 SOBRE QUESTOES RELACIONADAS A PROIBICAO DE TRANSITO DE MOTOS E AUTOMOVEIS NO_x000D_
 INTERIOR DOS MOLHES DA BARRA.</t>
   </si>
   <si>
     <t>26585</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26585/372.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26585/372.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENVIE AO LEGISLATIVO MUNICIPAL COPIAS DESDE O_x000D_
 EDITAL ATE A HOMOLOGACAO REFERENTE AO PROCESSO LICITATORIO, DO QUAL PARTICIPOU_x000D_
 E FOI VENCEDORA A EMPRESA SBS ENGENHARIA E CONSTRUCOES LTDA, CUJOS RECURSOS TEM_x000D_
 ORIGEM E FINANCIAMENTO DO BANCO MUNDIAL.</t>
   </si>
   <si>
     <t>26586</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26586/373.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26586/373.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL REALIZE HOMENAGEM AO COLUNISTA SOCIAL_x000D_
 FLAVIO MANSUR POR TER COMPLETADO "25 ANOS DE ATIVIDADES" INTERAGINDO E_x000D_
 PROJETANDO A SOCIEDADE NA REGIAO SUL.</t>
   </si>
   <si>
     <t>26587</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26587/374.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26587/374.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DA SUA SECRETARIA COMPETENTE_x000D_
 DETERMINE A EMPRESA NOIVA DO MAR, QUE RETORNE O PERCURSO DO ONIBUS QUE REALIZA_x000D_
 A LINHA DA BARRA, EFETUANDO O ACESSO AO TERMINAL DAS EMPRESAS TRANSPETRO,_x000D_
 AMONIASUL E BRASKEN, NOS HORARIOS DE PICO; DAS 07H15 AS 07H45MIN (CHEGADA),_x000D_
 ENTRE 11H30MIN AS 13H30MIN (ALMOCO) E O HORARIO DA SAIDA QUE E DAS 16H25MIN AS_x000D_
 18H.</t>
   </si>
   <si>
     <t>26588</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26588/375.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26588/375.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO OFICIO A EMPRESA REK PARKING SOLICITANDO QUE EM CASO DE_x000D_
 RETIRADA DOS EQUIPAMENTOS DO ESTACIONAMENTO ROTATIVO SEJAM RESTAURADAS AS_x000D_
 CALCADAS COM A COLOCACAO DAS CERAMICAS IGUAIS AQUELAS RETIRADAS NO MOMENTO DA_x000D_
 INSTALACAO DESTES EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>26589</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26589/376.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26589/376.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL OFICIE O DNIT NA PESSOA DO DR. HIDERALDO_x000D_
 CANON, SOLICITANDO QUE SEJAM EFETUADOS ESTUDOS PARA EXECUCAO DE PROJETO PARA A_x000D_
 PAVIMENTACAO DA RST 473 COMO TAMBEM A CONSTRUCAO DE UMA PONTE SOBRE O CANAL SAO_x000D_
 GONCALO.</t>
   </si>
   <si>
     <t>26751</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26751/01.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26751/01.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL POR MEIO DE ACAO CONJUNTA ENVOLVENDO AS_x000D_
 SECRETARIAS COMPETENTES REALIZEM ESTUDOS PARA A IMPLANTACAO DE UMA ACADEMIA_x000D_
 PARA PORTADORES DE NECESSIDADES ESPECIAIS NO MUNICIPIO DE RIO GRANDE.</t>
   </si>
   <si>
     <t>26755</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26755/02.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26755/02.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, PROVIDENCIE UM ESTUDO E REALIZE_x000D_
 UM REALINHAMENTO DOS SALARIOS DOS FUNCIONARIOS PUBLICOS MUNICIPAIS, DE FORMA_x000D_
 QUE O MENOR SALARIO BASE NAO SEJA INFERIOR AO SALARIO MINIMO NACIONAL.</t>
   </si>
   <si>
     <t>26757</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26757/03.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26757/03.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, QUE ENCAMINHE JUNTO A SECRETARIA COMPETENTE, SEJA_x000D_
 PROVIDENCIADA A COLOCAO DE PLACAS INDICATIVAS DE TRANSITO NAS_x000D_
 RUAS QUE FAZEM CRUZAMENTO COM A AV: OSWALDO MARTENSEN NO BAIRRO_x000D_
 PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>26758</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26758/04.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26758/04.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS, REALIZE A_x000D_
 LIMPEZA E PINTURA DO CANALETE DA AV. MAJOR CARLOS PINTO EM RAZAO DE QUE O MESMO_x000D_
 NECESSITA DE CONSTANTE MANUTENCAO POR SE TRATAR DE UM LOCAL DE INTENSO FLUXO DE_x000D_
 PESSOAS, VISTO QUE E UTILIZADO PARA A PRATICA DE CAMINHADAS. REITERA INDICACAO_x000D_
 No 51/09.para a pratica de caminhadas. Reitera Indicacao no 51/09.</t>
   </si>
   <si>
     <t>26760</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26760/05.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26760/05.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS, REALIZE A_x000D_
 IMPLANTACAO DE UMA PRACA COM PLAY GROUND E PISTA ENSAIBRADA PARA CAMINHADA NA_x000D_
 AVENIDA PERIMETRAL, EM FRENTE AO CAMPO DO BARROSO. REITERA INDICACOES 757/05 E_x000D_
 063/06.</t>
   </si>
   <si>
     <t>26761</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26761/06.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26761/06.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS, REALIZE,_x000D_
 AINDA NO CORRENTE ANO, UM PROJETO DE PAISAGISMO, BEM COMO A IMPLANTACAO DE UMA_x000D_
 PRACA COM PLAY GROUND E PISTA DE CAMINHADA NA AV. DOS BANDEIRANTES, EM FRENTE A_x000D_
 ESCOLA RIO BRANCO. REITERA INDICACOES No 017/05, 219/08 E 14/2009.</t>
   </si>
   <si>
     <t>26762</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26762/07.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26762/07.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, PROVIDENCIE A CONSTRUCAO DE UM_x000D_
 VESTIARIO NO GINASIO FARYDO SALOMAO, EMBAIXO DAS ARQUIBANCADAS PELA PARTE_x000D_
 EXTERNA, OBJETIVANDO ATENDER OS ATLETAS DOS TIMES AMADORES QUE DISPUTAM_x000D_
 CAMPEONATOS NA PRACA SARAIVA. REITERA A INDICACAO No 10/2009.</t>
   </si>
   <si>
     <t>26763</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26763/08.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26763/08.pdf</t>
   </si>
   <si>
     <t>QUE ATRAVES DA SECRETARIA MUNICIPAL DE TURISMO, ESPORTE E LAZER,_x000D_
 VIABILIZE ESTUDOS PARA DESTINAR UM ESPACO NO MUNICIPIO PARA A CRIACAO DO MUSEU_x000D_
 DO ESPORTE. REITERA INDICACOES 738/03, 263/04, 10/05 E 58/09.</t>
   </si>
   <si>
     <t>26764</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26764/09.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26764/09.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, PROVIDENCIE A INSTALACAO DE UM_x000D_
 SEMAFORO OU REDUTOR DE VELOCIDADE NA RUA DOM BOSCO, EM FRENTE AO SUPERMERCADO_x000D_
 GUANABARA (ESQUINA COM TEIXEIRA JUNIOR), UMA VEZ QUE NO REFERIDO LOCAL O_x000D_
 TRANSITO DE VEICULOS E TRAVESSIA DE PEDESTRES SAO INTENSOS. REITERA INDICACOES_x000D_
 No 331/08 E 129/09.</t>
   </si>
   <si>
     <t>26766</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26766/10.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26766/10.pdf</t>
   </si>
   <si>
     <t>QUE INCLUA NO PPA E LDO A CONCLUSAO DO ASFALTAMENTO DA RUA DAS MISSOES,_x000D_
 UMA VEZ QUE A REFERIDA RUA FOI PAVIMENTADA RESTANDO APENAS O TRECHO_x000D_
 COMPREENDIDO ENTRE AS RUAS AV.</t>
   </si>
   <si>
     <t>26769</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26769/11.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26769/11.pdf</t>
   </si>
   <si>
     <t>QUE REALIZE ESTUDOS PARA A IMPLANTACAO DE PLANO DE CARGOS E SALARIOS_x000D_
 PARA OS PROFISSIONAIS DA AREA MEDICA QUE FAZEM PARTE DO QUADRO FUNCIONAL DA_x000D_
 ADMINISTRACAO MUNICIPAL. REITERA INDICACAO 396/09.</t>
   </si>
   <si>
     <t>26771</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26771/12.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26771/12.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO, SMOV, PARA QUE SEJA APLICADO SAIBRO NO ESTACIONAMENTO DO_x000D_
 CAMELODROMO NA RUA VAL PORTO.</t>
   </si>
   <si>
     <t>26773</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26773/13.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26773/13.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMSU, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, NA COLOCACAO DE_x000D_
 01(UM) BANCO DE CONCRETO, NO PONTO DE TAXI, LOCALIZADO NA RUA SALGADO FILHO,_x000D_
 PROXIMO AO SUPERMERCADO GUANABARA.</t>
   </si>
   <si>
     <t>26774</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26774/14.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26774/14.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE SEJA ESTUDADA A POSSIBILIDADE_x000D_
 DE DESTINAR FUNCIONARIOS DA SECRETARIA PARA LIMPEZA NA PRAIA DO CASSINO.</t>
   </si>
   <si>
     <t>26775</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26775/15.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26775/15.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA REALIZADA A LIMPEZA COM CORTE DE GRAMA NA RUA 1 E_x000D_
 LIMPEZA DAS VALETAS NA RUA 21 COM RUA 01, NO CASSINO.</t>
   </si>
   <si>
     <t>26776</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26776/16.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26776/16.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA REALIZADO UM REPARO NO BUEIRO, DA RUA GENERAL_x000D_
 CAMIZAO PROXIMO A RUA ROBERTO SOCOWISKI.</t>
   </si>
   <si>
     <t>26777</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26777/17.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26777/17.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMSU, PARA QUE SEJA REALIZADA A LIMPEZA NO CANALETE DA AV._x000D_
 PRINCIPAL DO BAIRRO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>26779</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26779/18.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26779/18.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA TRANSPORTE E TRANSITO, DENTRO DAS DEVIDAS_x000D_
 POSSIBILIDADES, COLOCAR UM REDUTOR DE VELOCIDADE, NA RUA DR. NASCIMENTO, No 157_x000D_
 EM FRENTE AO ORFANATO MARIA CARMEM, CENTRO.</t>
   </si>
   <si>
     <t>26781</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26781/19.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26781/19.pdf</t>
   </si>
   <si>
     <t>O VEREADOR A BAIXO ASSINADO, SOLICITA AO EXECUTIVO MUNICIPAL, APOS_x000D_
 OUVIDA A CASA, NA FORMA REGIMENTAL, A REALIZACAO DA MANUTENCAO DA PRACA_x000D_
 INFANTIL LOCALIZADA NA RUA TREZE, BAIRRO COHAB IV.</t>
   </si>
   <si>
     <t>26782</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26782/20.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26782/20.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, NA COLOCACAO DE 01(UM)_x000D_
 BANCO DE CONCRETO, NO COMPLEXO ESPORTIVO VILA VERDE, NO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>26784</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26784/21.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26784/21.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, NO REPARO DO TRAPICHE DA_x000D_
 LAGOA, NO BAIRRO SANTA TEREZA.</t>
   </si>
   <si>
     <t>26785</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26785/22.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26785/22.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, NO REPARO DO TRAPICHE DA_x000D_
 LAGOA, NO BAIRRO MANGUEIRA.</t>
   </si>
   <si>
     <t>26787</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26787/23.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26787/23.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DA SEGURANCA, DOS TRANSPORTES E DO_x000D_
 TRANSITO-SMSTT, PROVIDENCIE A INSTALACAO DE REDUTORES DE VELOCIDADE NA AV._x000D_
 ARGENTINA, NOS CRUZAMENTOS ONDE HA MAIOR FLUXO DE VEICULOS, UMA VEZ QUE NA_x000D_
 REFERIDA VIA EXISTE REGISTRO DE VARIOS ACIDENTES, INCLUSIVE COM MORTE. ANEXAMOS_x000D_
 ABAIXO-ASSINADO DOS MORADORES DA REFERIDA RUA E ARREDORES.</t>
   </si>
   <si>
     <t>26788</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26788/24.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26788/24.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A CRIACAO DO MUSEU DO_x000D_
 FUTEBOL, TENDO EM VISTA QUE NOSSA CIDADE ABRIGA O MAIS ANTIGO TIME DE FUTEBOL_x000D_
 DO BRASIL.</t>
   </si>
   <si>
     <t>26790</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26790/25.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26790/25.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE QUE A MESMA PROVIDENCIE COM A MAXIMA URGENCIA A MANUTENCAO DE TODAS_x000D_
 AS CAMERAS DE MONITORAMENTO DA CIDADE.</t>
   </si>
   <si>
     <t>26791</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26791/26.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26791/26.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A COLOCACAO DE_x000D_
 CONTAINERS COM CORES DIFERENCIADAS PARA FACILITACAO DA COLETA SEPARADA DE LIXO_x000D_
 LIMPO E LIXO ORGANICO, NAS RUAS POR ONDE E REALIZADA A COLETA SELETIVA DE LIXO.</t>
   </si>
   <si>
     <t>26792</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26792/27.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26792/27.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL DO MEIO AMBIENTE A REALIZACAO DA_x000D_
 COLETA DO OLEO DE COZINHA JUNTO COM A COLETA DE LIXO SELETIVO, REPASSANDO-O AS_x000D_
 COOPERATIVAS QUE TRABALHAM COM OLEO RECICLADO.</t>
   </si>
   <si>
     <t>26793</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26793/28.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26793/28.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 59/2009, INDICAM AO EXECUTIVO MUNICIPAL QUE_x000D_
 DETERMINE A SECRETARIA MUNICIPAL COMPETENTE O CALCAMENTO DA RUA CORONEL_x000D_
 PEDROSO, LOCALIZADA NO BAIRRO RURAL.</t>
   </si>
   <si>
     <t>26794</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26794/29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26794/29.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE QUE INFORME, ATRAVES DO_x000D_
 SITE DA PREFEITURA MUNICIPAL DO RIO GRANDE E DEMAIS MEIOS DE COMUNICACAO,_x000D_
 DATAS, HORARIOS E LOCAIS DA COLETA SELETIVA DE LIXO.</t>
   </si>
   <si>
     <t>26795</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26795/30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26795/30.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE O ASFALTAMENTO COMPLETO DA RUA RIO DE JANEIRO, NO BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>26796</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26796/31.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26796/31.pdf</t>
   </si>
   <si>
     <t>REITERO INDICACAO DE NUMERO 280, PROCESSO SOB No835, NOS SEGUINTES_x000D_
 TERMOS:_x000D_
 EXMO. SR. PRESIDENTE_x000D_
 O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA REGIMENTAL, QUE_x000D_
 O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE, PARA QUE_x000D_
 SEJAM TOMADAS PROVIDENCIAS EM CARATER DE URGENCIA NO NIVELAMENTO DO ENCONTRO DAS RUAS DOMINGOS DE ALMEIDA E GENERAL ABREU.</t>
   </si>
   <si>
     <t>26798</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26798/32.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26798/32.pdf</t>
   </si>
   <si>
     <t>REITERO INDICACAO DE NUMERO 571, PROCESSO SOB No2351, NOS SEGUINTES_x000D_
 TERMOS:_x000D_
  EXMO. SR. PRESIDENTE_x000D_
 O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA REGIMENTAL, QUE_x000D_
 O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE, PARA QUE A_x000D_
 MESMA FACA A RETIRADA DA ARVORE EXISTENTE NA ESQUINA ENTRE AS RUAS SENADOR_x000D_
 CORREA E GENERAL NETO E QUE AINDA SEJA FEITA A PINTURA DAS LINHAS TRACEJADAS_x000D_
 ACOMPANHANDO A CURVA DAS VIAS CITADAS.</t>
   </si>
   <si>
     <t>26800</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26800/33.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26800/33.pdf</t>
   </si>
   <si>
     <t>REITERO INDICACAO DE NUMERO 511, PROCESSO SOB No1961, NOS SEGUINTES_x000D_
 TERMOS:_x000D_
 EXMO. SR. PRESIDENTE_x000D_
  O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA REGIMENTAL,_x000D_
 QUE EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE PARA QUE A_x000D_
 MESMA PROVIDENCIAS COM URGENCIA A PODA DOS GALHOS DAS ARVORES CENTENARIAS DA_x000D_
 PRACA BARAO SAO JOSE DO NORTE, SITUADA NOS FUNDOS DA ASSOCIACAO DE CARIDADE_x000D_
 SANTA CASA DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26801</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26801/34.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26801/34.pdf</t>
   </si>
   <si>
     <t>EXMO. SR. PRESIDENTE_x000D_
 REITERO INDICACAO DE NUMERO 144, PROCESSO SOB No427, NOS SEGUINTES TERMOS:_x000D_
 O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA REGIMENTAL, QUE_x000D_
 O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE PARA QUE SEJAM_x000D_
 TOMADAS PROVIDENCIAS EM CARATER DE URGENCIA NA RECUPERACAO E NIVELAMENTO DO_x000D_
 PAVIMENTO DA RUA JOAO PAULO I - BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>26802</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26802/35.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26802/35.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMEC, VIABILIZE ESTUDOS PARA A IMPLANTACAO DAS DEMAIS_x000D_
 AS SERIES DO ENSINO FUNDAMENTAL NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL RAMIZ_x000D_
 GALVAO, LOCALIZADA NO BAIRRO MANGUEIRA, UMA VEZ QUE ATUALMENTE A MESMA POSSUI_x000D_
 APENAS ATE O 5o ANO (ANTIGA 4a SERIE), FAZENDO COM QUE AS CRIANCAS QUE CONCLUEM_x000D_
 ESSE, TENHAM QUE SE DESLOCAR ATE OUTRO BAIRRO DO MUNICIPIO PARA CONTINUAR SEUS_x000D_
 ESTUDOS.</t>
   </si>
   <si>
     <t>26803</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26803/36.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26803/36.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, QUE ENCAMINHE JUNTO A SECRETARIA COMPETENTE, PROVIDENCIAR A_x000D_
 LIMPEZA DE TODAS AS BOCAS DE LOBO DO BAIRRO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>26804</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26804/37.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26804/37.pdf</t>
   </si>
   <si>
     <t>EXMO. SR. PRESIDENTE_x000D_
 O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA REGIMENTAL, QUE_x000D_
 O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA SEGURANCA DOS_x000D_
 TRANSPORTE E DO TRANSITO PARA QUE A MESMA ESTUDE UMA FORMA QUE POSSIBILITE A_x000D_
 REDUCAO DE VELOCIDADE DOS VEICULOS QUE VEM DA AV. PORTUGAL SENTIDO RUA_x000D_
 AQUIDABAN</t>
   </si>
   <si>
     <t>26805</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26805/38.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26805/38.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICACAO No 0385/2009, QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS REFERENTES A IMPLANTACAO DE ONIBUS_x000D_
 TURISTICO, ABERTO E ITINERANTE, COM ACOMPANHAMENTO DE GUIA, OBJETIVANDO_x000D_
 DIVULGAR OS PRINCIPAIS PONTOS TURISTICOS DA CIDADE DO RIO GRANDE, NOS MOLDES DO_x000D_
 PROJETO "LINHA TURISMO", IMPLANTADO PELA PREFEITURA MUNICIPAL DE PORTO ALEGRE.</t>
   </si>
   <si>
     <t>26863</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26863/39.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26863/39.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, ATRAVES DA SECRETARIA COMPETENTE,_x000D_
 INFORMACOES REFERENTE AO PROGRAMA EMANCIPAR QUE SERIA IMPLANTADO NA VILA DA_x000D_
 QUINTA, MAS PRECISAMENTE A AREA DO PROGRAMA QUE TRATA DA CONSTRUCAO DE_x000D_
 HABITACOES POPULARES. O PROJETO FOI DISCUTIDO COM A COMUNIDADE DO REFERIDO_x000D_
 BAIRRO E ATE A PRESENTE DATA NAO FOI INICIADO. APROVEITAMOS PARA SOLICITAR A_x000D_
 AGILIZACAO DO PROJETO, POIS OS MORADORES QUE SERIAM BENEFICIADOS POR ELE, ESTAO_x000D_
 LOCALIZADOS EM UMA AREA DE ALTO RISCO, POIS FICA PROXIMA AO ARROIO DAS CABECAS_x000D_
 QUE NORMALMENTE NO INVERNO TRANSBORDA TRAZENDO AOS QUE MORAM NO LOCAL.</t>
   </si>
   <si>
     <t>26864</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26864/40.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26864/40.pdf</t>
   </si>
   <si>
     <t>REITERO INDICACAO DE NUMERO 36, PROCESSO SOB No123, NOS SEGUINTES_x000D_
 TERMOS: O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE_x000D_
 PARA QUE A MESMA TOME PROVIDENCIAS EM CARATER DE URGENCIA NA COLOCACAO DE_x000D_
 BUEIROS EM FRENTE A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL SANT'ANA, SITO RUA_x000D_
 COLOMBIA, No586 - BAIRRO AMERICA.</t>
   </si>
   <si>
     <t>26865</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26865/41.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26865/41.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DOS SERVICOS URBANOS QUE COLOQUE UM CONTAINER DE RECOLHIMENTO DE LIXO_x000D_
 NA ESQUINA ENTRE AS RUAS PEDRO ROCHA DE ANDRADE E PADRE JOSUE DE MATTOS, NO_x000D_
 PARQUE MARLUZ.</t>
   </si>
   <si>
     <t>26866</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26866/42.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26866/42.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO- SMOV, SEJAM FEITOS REPAROS NA RG - 245 - CORREDOR DOS_x000D_
 PINHEIROS, NO TRECHO COMPREENDIDO ENTRE A ESTIVA (SANGRARIA) E A PROPRIEDADE DO_x000D_
 SR. LUIS FIDEL.</t>
   </si>
   <si>
     <t>26867</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26867/43.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26867/43.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SAUDE A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE FARMACIAS NOS POSTOS DO_x000D_
 MUNICIPIO LOCALIZADOS EM LUGARES MAIS AFASTADOS DO CENTRO DA CIDADE,_x000D_
 OBJETIVANDO FACILITAR O ACESSO DA COMUNIDADE AOS MEDICAMENTOS QUE ATUALMENTE_x000D_
 SAO DISTRIBUIDOS APENAS NO POSTO DA REFERIDA SECRETARIA.</t>
   </si>
   <si>
     <t>26868</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26868/44.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26868/44.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICACAO No 39/2009, PROTOCOLADA SOB No 133/2009, INDICA_x000D_
 AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A_x000D_
 INSTALACAO DE ABRIGOS DE ONIBUS NOS PONTOS DE EMBARQUE E DESEMBARQUE DE_x000D_
 PASSAGEIROS SITUADOS EM FRENTE AOS NUMEROS 593 E 707 DA RUA ALBERTO MARTINS, NO_x000D_
 BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>26869</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26869/45.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26869/45.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 0210/2009, INDICA AO EXECUTIVO MUNICIPAL QUE_x000D_
 DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A IMPLANTACAO DE EQUIPAMENTOS E_x000D_
 APARELHOS PARA EXERCICIOS FISICOS, JOGOS E LAZER, APROPRIADOS PARA A TERCEIRA_x000D_
 IDADE, NA PRACA SARAIVA, NOS MOLDES DO PROJETO ANEXADO A SEGUIR, QUE FOI_x000D_
 IMPLANTADO NA CIDADE DE SAO PAULO.</t>
   </si>
   <si>
     <t>26870</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26870/46.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26870/46.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A CONSTRUCAO DE_x000D_
 TOALETES OU A COLOCACAO DE BANHEIROS QUIMICOS NA LOCALIDADE DA CAPILHA, TENDO_x000D_
 EM VISTA O GRANDE NUMERO DE TURISTAS E RIOGRANDINOS QUE VISITAM O LUGAR.</t>
   </si>
   <si>
     <t>26871</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26871/47.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26871/47.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTISSIMO PREFEITO MUNICIPAL, SR. FABIO BRANCO, ESTUDE A_x000D_
 POSSIBILIDADE DE AQUISICAO DO PREDIO DA EMBRATEL PARA A INSTALACAO DA E.M.E.F_x000D_
 ALTAMIR DE LACERDA.</t>
   </si>
   <si>
     <t>26872</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26872/48.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26872/48.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, QUE ENCAMINHE JUNTO A SECRETARIA COMPETENTE, PROVIDENCIAR O_x000D_
 VALETEAMENTO EM TODA A EXTENSAO DAS RUAS RAUL PILLA E RUA MARIO GOMES CENTRO_x000D_
 NA VILA BERNADETH, PARA FACILITAR O ESCOAMENTO DAS AGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>26874</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26874/49.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26874/49.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, O ESTUDO E A VIABILIDADE, DE QUE SEJA, TRANSFERIDA O_x000D_
 ITINERARIO DO COLETIVO QUE SAI DO CASSINO PARA O CENTRO, PELA AV.RIO GRANDE_x000D_
 PARA A RUA LISBOA TRECHO COMPREENDIDO ENTRE AV. ATLANTICA ATE A RUA SAO_x000D_
 LEOPOLDO RETORNANDO AO ITINERARIO NORMAL NA AV. RIO GRANDE.</t>
   </si>
   <si>
     <t>26876</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26876/50.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26876/50.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, O ESTUDO E A VIABILIDADE, DE QUE SEJA, COLOCADO TRES_x000D_
 SINALEIRAS; AV. RIO GRANDE COM A RUA JAGUARAO, AV. RIO GRANDE COM A RUA_x000D_
 ALEGRETE, AV. RIO GRANDE COM A RUA SAO LEOPOLDO.</t>
   </si>
   <si>
     <t>26877</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26877/51.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26877/51.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, VERIFICAR A POSSIBILIDADE DE ISENTAR O_x000D_
 ESTACIONAMENTO ROTATIVO AOS SABADOS, POIS NESTE DIA NAO HA ATENDIMENTO BANCARIO_x000D_
 E DE ORGAOS PUBLICOS, SOMENTE O FUNCIONAMENTO DO COMERCIO LOCAL O QUE DIMINUI_x000D_
 MUITO A PROCURA POR VAGAS.</t>
   </si>
   <si>
     <t>26879</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26879/52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26879/52.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, PARA QUE SEJA AVERIGUADO E NA SEQUENCIA DISPOR INFORMACOES SOBRE A_x000D_
 FALTA DE ENERGIA DA RUA 1 NOVA, NO BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>26862</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26862/53.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26862/53.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA, TRANSPORTES E DO TRANSITO QUE FACA UMA MAIOR FISCALIZACAO NA AREA_x000D_
 CENTRAL DO MUNICIPIO NO QUE TANGE A POLUICAO SONORA.</t>
   </si>
   <si>
     <t>26881</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26881/54.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26881/54.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL DOS DE SAUDE A REALIZACAO DE_x000D_
 ESTUDOS PARA IMPLANTACAO DE PROGRAMA DE HOMEOPATIA NOS SERVICOS DA REDE DE_x000D_
 SAUDE PUBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>26825</t>
   </si>
   <si>
     <t>Vereador Rafael Missiunas</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26825/55.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26825/55.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, REALIZE AS OBRAS DE CONTINUACAO_x000D_
 DO CANALETE DA AV. MAJOR CARLOS PINTO, ENTRE A RUA AQUIDABAN E CANAL NORTE,_x000D_
 ASSIM COMO NO SENTIDO AV. RHEINGHANTZ/BAIRRO DOM BOSQUINHO, EM RAZAO DE QUE NOS_x000D_
 REFERIDOS TRECHOS EXISTEM CONDOMINIOS E VARIAS RESIDENCIAS, O QUE TORNA_x000D_
 NECESSARIO A REALIZACAO DESSAS OBRAS PARA MELHORAR AS CONDICOES DE ESCOAMENTO E_x000D_
  MINIMIZAR OS RISCOS A SAUDE DA COMUNIDADE, VISTO QUE ESSES LOCAIS SAO ABRIGOS_x000D_
 DE RATOS E INSETOS. REITERA IND. 285/06 E PROC. 71.316/99</t>
   </si>
   <si>
     <t>26826</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26826/56.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26826/56.pdf</t>
   </si>
   <si>
     <t>O SOLICITADO SE FAZ NECESSARIO, EM VIRTUDE DE QUE, A RAMPA DE ACESSO A_x000D_
 ROTULA ESTA TOTALMENTE DANIFICADA, OCASIONANDO GRANDES TRANSTORNOS NO TRANSITO,_x000D_
 ASSIM COMO, A DETERIORACAO DOS VEICULOS. ALEM DISSO, NO MOMENTO DE DESVIO DOS_x000D_
 VEICULOS O PEDESTRE FICA AMEACADO.</t>
   </si>
   <si>
     <t>26827</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26827/57.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26827/57.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, PROVIDENCIAR EM CARATER DE URGENCIA O_x000D_
 NIVELAMENTO DA PAVIMENTACAO DA RUA HENRIQUE PANCADA E COLOCACAO DE SINALIZACOES_x000D_
 DE TRANSITOS NECESSARIAS.</t>
   </si>
   <si>
     <t>26828</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26828/58.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26828/58.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO, PARA QUE A MESMA, JUNTAMENTE COM A_x000D_
 EMPRESA RESPONSAVEL PELO ESTACIONAMENTO ROTATIVO, REALIZE ESTUDOS PARA QUE SEJA_x000D_
 DESTINADO UM ESPACO COM ISENCAO NO ESTACIONAMENTO PROXIMO AO EMBARQUE DAS_x000D_
 LANCHAS, PARA OS MORADORES DA CIDADE DO RIO GRANDE QUE TRABALHAM NA CIDADE DE_x000D_
 SAO JOSE DO NORTE.</t>
   </si>
   <si>
     <t>26829</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26829/59.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26829/59.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA TRANSPORTE E TRANSITO, DENTRO DAS DEVIDAS_x000D_
 POSSIBILIDADES, ACOPLAR NOS SEMAFOROS DA RUA VAL PORTO, VISORES INDICATIVOS_x000D_
 PARA OS PEDESTRES MELHOR IDENTIFICAREM A SUA PASSAGEM.</t>
   </si>
   <si>
     <t>26830</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26830/60.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26830/60.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA TRANSPORTE E TRANSITO, DENTRO DAS DEVIDAS_x000D_
 POSSIBILIDADES, COLOCAR DOIS REDUTORES DE VELOCIDADE, NA RUA VASCO DA GAMA COM_x000D_
 RUA ALAN KARDEC, BAIRRO SALGADO FILHO.</t>
   </si>
   <si>
     <t>26831</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26831/61.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26831/61.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL DOS TRANSPORTES, DA SEGURANCA E DO_x000D_
 TRANSITO A SINALIZACAO DAS VAGAS DE ESTACIONAMENTO COM ISENCAO DE TAXA, PARA_x000D_
 EMBARQUE E DESEMBARQUE DE HOSPEDES E BAGAGENS, EM FRENTE AOS HOTEIS E POUSADAS_x000D_
 DA CIDADE DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26832</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26832/62.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26832/62.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A IMPLANTACAO DE UMA_x000D_
 FEIRA NOTURNA DE HORTIFRUTIGRANJEIROS, A SER REALIZADA SEMANALMENTE. SUGERIMOS_x000D_
 COMO LOCAL PARA REALIZACAO DA FEIRA AS DOCAS E O ENTORNO DO MERCADO PUBLICO_x000D_
 MUNICIPAL.</t>
   </si>
   <si>
     <t>26834</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26834/63.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26834/63.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 209/2009, INDICA AO EXECUTIVO MUNICIPAL QUE_x000D_
 DETERMINE A SECRETARIA DE SEGURANCA, DOS TRANSPORTES E DO TRANSITO A UTILIZACAO_x000D_
 DE TINTA COM RESINA METILMETACRILATO NA PINTURA DAS FAIXAS DE PEDESTRES_x000D_
 LOCALIZADAS AO REDOR DOS ESTABELECIMENTOS DE ENSINO DO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26835</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26835/64.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26835/64.pdf</t>
   </si>
   <si>
     <t>26836</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26836/65.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26836/65.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A CRIACAO DE UM ESPACO CULTURAL QUE ABRIGUE EXPOSICOES DE_x000D_
 ARTESANATO, MUSICA, TEATRO E ARTES EM GERAL.</t>
   </si>
   <si>
     <t>26837</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26837/66.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26837/66.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A CEDENCIA DO ESPACO ANTERIORMENTE OCUPADO PELA UNIART, NA PRACA_x000D_
 TAMANDARE, PARA FUNCIONAMENTO DA ASSOCIACAO DOS ARTESAOS DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26838</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26838/67.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26838/67.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, PROVIDENCIAR EM CARATER DE URGENCIA A_x000D_
 PINTURA DE UMA FAIXA DE SEGURANCA NA RUA BENJAMIN CONSTANT ESQUINA RUA_x000D_
 VICE-ALMIRANTE ABREU.</t>
   </si>
   <si>
     <t>26839</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26839/68.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26839/68.pdf</t>
   </si>
   <si>
     <t>26840</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26840/69.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26840/69.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS_x000D_
 PARA CRIACAO DE ESCOLAS DE TURNO INTEGRAL NO MUNICIPIO DO RIO GRANDE, CONFORME_x000D_
 NECESSIDADES DA COMUNIDADE DE CADA BAIRRO E AS POSSIBILIDADES DE CADA ENTIDADE_x000D_
 DE ENSINO.</t>
   </si>
   <si>
     <t>26841</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26841/70.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26841/70.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE UM BANCO DE IDEIAS NO_x000D_
 MUNICIPIO, TENDO COMO FINALIDADE A CAPTACAO DE SUGESTOES, PROJETOS E_x000D_
 INICIATIVAS DA COMUNIDADE RIOGRANDINA.</t>
   </si>
   <si>
     <t>26842</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26842/71.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26842/71.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS_x000D_
 PARA UTILIZACAO DE LAMPADAS DO TIPO LED NAS PRACAS E MONUMENTOS DO MUNICIPIO,_x000D_
 TENDO EM VISTA QUE ESTAS SAO DE ALTA DURABILIDADE E O CONSOMEM 80% MENOS_x000D_
 ENERGIA DO QUE AS LAMPADAS COMUNS.</t>
   </si>
   <si>
     <t>26843</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26843/72.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26843/72.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA AMPLIACAO DO TEATRO MUNICIPAL.</t>
   </si>
   <si>
     <t>26844</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26844/73.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26844/73.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 410/2009, PROTOCOLADA EM 18/07/2009, INDICA AO_x000D_
 EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A_x000D_
 REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE UMA OUVIDORIA NA ADMINISTRACAO_x000D_
 MUNICIPAL, COM A FINALIDADE DE ATENDER A COMUNIDADE RIOGRANDINA.</t>
   </si>
   <si>
     <t>26845</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26845/74.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26845/74.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A MODIFICACAO DAS_x000D_
 RAMPAS DE ACESSO JA EXISTENTES E A CONSTRUCAO DE NOVAS RAMPAS NAS CALCADAS DO_x000D_
 MUNICIPIO, EM CONFORMIDADE COM AS NORMAS ESTABELECIDAS PELA ASSOCIACAO_x000D_
 BRASILEIRA DE NORMAS TECNICAS (ABNT) PARA EXECUCAO E UTILIZACAO DE PASSEIOS_x000D_
 PUBLICOS, DE FORMA A PROPICIAR AS PESSOAS SADIAS OU DEFICIENTES MELHORES_x000D_
 CONDICOES DE TRANSITO, ACESSIBILIDADE E SEGURIDADE NOS LOGRADOUROS PUBLICOS.</t>
   </si>
   <si>
     <t>26846</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26846/75.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26846/75.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMSU, PARA QUE SEJA REALIZADA UMA LIMPEZA GERAL, COM CORTE DE_x000D_
 GRAMA, NO BAIRRO MANGUEIRA.</t>
   </si>
   <si>
     <t>26847</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26847/76.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26847/76.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, DE PROVIDENCIAR A_x000D_
 CONSTRUCAO DA ESTRADA QUE LIGARA A PRAIA DO PESQUEIRO, SENTIDO BARRA FALSA -_x000D_
 LAGOA DOS PATOS AO SACO DO SILVEIRA.</t>
   </si>
   <si>
     <t>26848</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26848/77.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26848/77.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE QUE A MESMA TOME PROVIDENCIAS A RESPEITO DO FUNCIONAMENTO DA_x000D_
 SINALEIRA EXISTENTE NA RUA DOUTOR NASCIMENTO ENTRE AS RUAS DUQUE DE CAXIAS E_x000D_
 GENERAL NETO, PINTURA DO MEIO FIO E TROCA DE LUGAR DA PLACA DE ESTACIONAMENTO_x000D_
 PROIBIDO" EXISTENTE PROXIMO A ESQUINA DA RUA DOUTOR NASCIMENTO COM GENERAL NETO.</t>
   </si>
   <si>
     <t>26849</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26849/78.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26849/78.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, DE PROVIDENCIAR A_x000D_
 CONSTRUCAO DE UM PORTICO, NO DESVIO QUE UNE O PESQUEIRO E A BARRA FALSA.</t>
   </si>
   <si>
     <t>26850</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26850/79.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26850/79.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL POR MEIO DE ACAO CONJUNTA ENVOLVENDO AS_x000D_
 SECRETARIAS COMPETENTES REALIZEM ESTUDOS PARA A REVITALIZACAO DA PRACA_x000D_
 TAMANDARE, DANDO PRIORIDADE PARA LIMPEZA GERAL DOS LAGOS, PODAS DE ARVORES COM_x000D_
 RETIRADA DAS ERVAS DE PASSARINHO, MELHORIAS NAS CALCADAS E NA ILUMINACAO.</t>
   </si>
   <si>
     <t>26851</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26851/80.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26851/80.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA ESPECIAL DO_x000D_
 CASSINO, PARA QUE AMBOS SEJAM PARCEIROS NO PROJETO SOLICITADO A_x000D_
 SUPRG(SUPERINTENDENCIA DOS PORTOS DO RIO GRANDE), REFERENTE A IMPLANTACAO DA_x000D_
 VAGONEVIARIA, PLATAFORMA DE EMBARQUE E DESEMBARQUE DE VAGONETAS NA 4a SECCAO DA_x000D_
 BARRA.</t>
   </si>
   <si>
     <t>26852</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26852/81.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26852/81.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DA_x000D_
 PESCA, QUE ESTUDEM AS POSSIBILIDADES, DE CONSTRUIR UM TRAPICHE PARA OS_x000D_
 PESCADORES, NA AV. MAXIMILIANO DA FONSECA, NAS PROXIMIDADES DA PONTE DOS_x000D_
 FRANCESES, SENTIDO RIO GRANDE - 4a SECCAO DA BARRA, LADO OESTE. SEGUE EM ANEXO_x000D_
 FOTO DO LOCAL.</t>
   </si>
   <si>
     <t>26853</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26853/82.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26853/82.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, A RECONSTRUCAO DO TRAPICHE LOCALIZADO NA RUA HENRIQUE_x000D_
 PANCADA EM FRENTE A CASA 887.</t>
   </si>
   <si>
     <t>26854</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26854/83.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26854/83.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE HOSPITAL MUNICIPAL OU DE_x000D_
 UNIDADE DE PRONTO ATENDIMENTO NAS ANTIGAS INSTALACOES DO HOSPITAL ESPIRITA_x000D_
 GUAYBA RACHE, MANTENDO O TRABALHO VOLUNTARIO QUE LA VEM SENDO REALIZADO.</t>
   </si>
   <si>
     <t>26855</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26855/84.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26855/84.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 308/2009, PROTOCOLADA EM 05/05/2009, INDICA AO_x000D_
 EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE SAUDE A INSTALACAO_x000D_
 DE UM ELEVADOR NO PREDIO DA MESMA, TENDO EM VISTA A QUANTIDADE DE PESSOAS_x000D_
 IDOSAS E PORTADORES DE DEFICIENCIA FISICA QUE UTILIZAM OS SERVICOS DA REFERIDA_x000D_
 SECRETARIA E QUE ENCONTRAM DIFICULDADES DE LOCOMOCAO ATRAVES DAS ESCADAS.</t>
   </si>
   <si>
     <t>26856</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26856/85.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26856/85.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS_x000D_
 PARA VIABILIDADE DA CEDENCIA DO PREDIO ONDE FUNCIONAVA O CENTRO MUNICIPAL DA_x000D_
 CRIANCA E DO ADOLESCENTE - CEMCA PARA A IMPLANTACAO DO COLEGIO TIRADENTES NA_x000D_
 CIDADE DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26857</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26857/86.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26857/86.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO, SMOV, PARA QUE SEJA REALIZADO O REPARO NO CALCAMENTO DA RUA_x000D_
 LAZARO ZAMENHIOFF, BAIRRO LAR GAUCHO.</t>
   </si>
   <si>
     <t>26858</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26858/87.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26858/87.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, A CONSTRUCAO DE UMA PRACA RECREATIVA, AO LADO DO POSTO_x000D_
 MEDICO NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>26859</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26859/88.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26859/88.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, A AGILIZACAO DAS OBRAS DE AMPLIACAO DO POSTO MEDICO NA_x000D_
 VILA DA QUINTA. NA ULTIMA REUNIAO DO ORGAO GESTOR FOI REPASSADO A COMUNIDADE_x000D_
 QUE ESTA NO CRONOGRAMA DA SECRETARIA DA SAUDE A REFERIDA AMPLIACAO E A_x000D_
 COMUNIDADE NOS PROCURA CONSTANTEMENTE PARA SOLICITAR NOSSA INTERCEDENCIA JUNTO_x000D_
 AO EXECUTIVO SOLICITANDO PARA QUE ESTE COMECE O MAIS RAPIDO POSSIVEL A OBRA_x000D_
 CITADA.</t>
   </si>
   <si>
     <t>26860</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26860/89.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26860/89.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE REITERE A INDICACAO DE No_x000D_
 017/10, REFERENTE A PRESTACAO DE SERVICO PUBLICO. SEGUE EM ANEXO FOTOS PARA_x000D_
 CONCRETIZAR A SOLICITACAO.</t>
   </si>
   <si>
     <t>26861</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26861/90.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26861/90.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO QUE REALIZE ESTUDOS PARA DISTRIBUICAO DE KITS DE PRIMEIROS SOCORROS E_x000D_
 NEBULIZADOR COM MASCARAS DESCARTAVEIS AS ESCOLAS DA REDE PUBLICA MUNICIPAL,_x000D_
 CONFORME O NUMERO DE ALUNOS DE CADA ESCOLA.</t>
   </si>
   <si>
     <t>26900</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26900/91.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26900/91.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE ESTUDOS PARA CRIACAO DE INCENTIVOS A IMPLANTACAO DE COMUNIDADES_x000D_
 TERAPEUTICAS VOLTADAS PARA O ATENDIMENTO DE MULHERES.</t>
   </si>
   <si>
     <t>26901</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26901/92.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26901/92.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, DE REALIZAR A CONSTRUCAO_x000D_
 DE UM PARADOURO DE ALVENARIA EM FRENTE AO CONDOMINIO CELMAR GONCALVES NA AV._x000D_
 ITALIA.</t>
   </si>
   <si>
     <t>26902</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26902/93.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26902/93.pdf</t>
   </si>
   <si>
     <t>QUE, ESTUDE A POSSIBILIDADE DE INSTALAR UM ESPACO CULTURAL PERMANENTE E_x000D_
 O MUSEU DO ESPORTE, NO PREDIO LOCALIZADO NA RUA GENERAL NETO JUNTO A PRACA DR._x000D_
 PIO, ONDE ATUALMENTE ABRIGA A SEDE CENTRAL DOS CORREIOS, APOS A DEVOLUCAO DO_x000D_
 MESMO AO MUNICIPIO. ESTE E UM LOCAL PRIVILEGIADO, PORTANTO, A INSTALACAO DE_x000D_
 ESTRUTURA COMPOSTA POR BOX (LOJAS) LICITADOS PARA OS ARTESAOS E ARTISTAS_x000D_
 LOCAIS, SERIA UM INCENTIVO A CULTURA E UM ATRATIVO A MAIS NA CIDADE. O MUSEU DO_x000D_
 ESPORTE TAMBEM IRIA ENRIQUECER ESSE ESPACO CONTANDO A NOSSA HISTORIA, NAS MAIS_x000D_
 DIVERSAS MODALIDADES. ANEXAMOS A ESTE, COPIA DAS INDICACOES No 538/2009 E_x000D_
 08/2010 APROVADAS NESTA CASA.</t>
   </si>
   <si>
     <t>26903</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26903/94.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26903/94.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SAUDE A REALIZACAO DE ESTUDOS PARA A IMPLANTACAO DE CHECK-UP ANUAL GRATUITO_x000D_
 PARA OS DOADORES DE SANGUE REGULARES, CONSIDERANDO COMO TAL OS PORTADORES DE_x000D_
 DOCUMENTO OFICIAL DOS HEMOCENTROS E BANCOS DA SANGUE DO MUNICIPIO QUE TENHAM_x000D_
 FEITO PELO MENOS TRES DOACOES DE SANGUE EM UM PERIODO DE DOZE MESES._x000D_
 SUGERIMOS QUE O CHECK-UP INCLUA, PARA HOMENS E MULHERES, ALEM DOS TESTES_x000D_
 ROTINEIROS PARA DETECTAR DOENCAS DO SANGUE E SEXUALMENTE TRANSMISSIVEIS, OS_x000D_
 SEGUINTES EXAMES: ACIDO URICO; COLESTEROL TOTAL; GLICEMIA; HDL COLESTEROL; LDL_x000D_
 COLESTEROL E TRIGLICERIDEOS. AOS HOMENS, COM IDADE SUPERIOR A 45 ANOS SUGERIMOS_x000D_
 QUE O CHECK-UP INCLUA TAMBEM A REALIZACAO DE UM EXAME DE PSA (ANTIGENO_x000D_
 PROSTATICO ESPECIFICO), E AS MULHERES COM IDADE SUPERIOR A 40 ANOS SUGERIMOS_x000D_
 QUE INCLUA A REALIZACAO DE MAMOGRAFIA.</t>
   </si>
   <si>
     <t>26904</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26904/95.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26904/95.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE ABRIGOS DE ONIBUS DE ALVENARIA NOS PONTOS DE_x000D_
 EMBARQUE E DESEMBARQUE EXISTENTES EM FRENTE AS ESCOLAS DA REDE PUBLICA_x000D_
 MUNICIPAL E ESTADUAL, BEM COMO ESCOLAS PARTICULARES.</t>
   </si>
   <si>
     <t>26905</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26905/96.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26905/96.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL DOS DE SAUDE A REALIZACAO DE_x000D_
 ESTUDOS PARA A DISTRIBUICAO DE ADOCANTE PARA OS PORTADORES DE DIABETES USUARIOS_x000D_
 DO SISTEMA UNICO DE SAUDE, NOS POSTOS DE SAUDE DO MUNICIPIO.</t>
   </si>
   <si>
     <t>26906</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26906/97.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26906/97.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 440/2009, PROTOCOLADA EM 11/08/2009, INDICA AO_x000D_
 EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA COMPETENTE A DIVULGACAO NO SITE_x000D_
 DA PREFEITURA MUNICIPAL DA NOMINATA DOS GUIAS DE TURISMO REGISTRADOS NO_x000D_
 MUNICIPIO, BEM COMO DAQUELES QUE FAZEM PARTE DA ASSOCIACAO DE GUIAS DE TURISMO_x000D_
 DO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>26907</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26907/98.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26907/98.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A IMPLANTACAO DE EQUIPAMENTOS E BRINQUEDOS ADAPTADOS E APROPRIADOS_x000D_
 PARA USO DE CRIANCAS COM NECESSIDADES ESPECIAIS NAS PRACAS E AREAS DE LAZER DO_x000D_
 MUNICIPIO.</t>
   </si>
   <si>
     <t>26908</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26908/99.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26908/99.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 101/2009, PROTOCOLADA EM 04/03/2009, INDICA AO_x000D_
 EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA SEGURANCA DOS_x000D_
 TRANSPORTES E DO TRANSITO A IMPLANTACAO DE SEMAFOROS PARA DEFICIENTES VISUAIS_x000D_
 NA RUA VAL PORTO, NAS PROXIMIDADES DA ESCOLA JOSE ALVAREZ DE AZEVEDO.</t>
   </si>
   <si>
     <t>26909</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26909/100.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26909/100.pdf</t>
   </si>
   <si>
     <t>102/2010, PROTOCOLADA EM 04/03/2009, INDICA AO EXECUTIVO MUNICIPAL QUE_x000D_
 DETERMINE A SECRETARIA MUNICIPAL DA SEGURANCA DOS TRANSPORTES E DO TRANSITO A_x000D_
 IMPLANTACAO DE SEMAFOROS PARA DEFICIENTES VISUAIS NAS RUAS VINTE E QUATRO DE_x000D_
 MAIO E GENERAL NETO, E EM TORNO DA PRACA TAMANDARE, TENDO EM VISTA O "PLANO DE_x000D_
 MOBILIDADE URBANA" QUE ESTA SENDO DESENVOLVIDO POR AQUELA SECRETARIA E QUE_x000D_
 PREVE MELHORES CONDICOES DE ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>26910</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26910/101.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26910/101.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, A SOLICITACAO DE LIMPEZA DAS VALETAS NA RUA;_x000D_
 JOSE SALOMAO NO BALNEARIO DO CASSINO.</t>
   </si>
   <si>
     <t>26911</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26911/102.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26911/102.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, A SOLICITACAO DE LIMPEZA DAS VALETAS NAS RUAS;_x000D_
 ALBERTO MARTINS NO BALNEARIO DO CASSINO.</t>
   </si>
   <si>
     <t>26912</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26912/103.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26912/103.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, A SOLICITACAO DE PATROLAMENTO NAS RUAS;_x000D_
 1, 2, 3, 4, 5, 6, 7, 8, 13, 14, 15, 16, 17, NO PARQUE GUANABARA LOCALIZADA NO_x000D_
 BALNEARIO DO CASSINO.</t>
   </si>
   <si>
     <t>26913</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26913/104.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26913/104.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, SOLICITANDO A MUNICIPALIZACAO DA CANCHA RETA, LOCALIZADA_x000D_
 NO HIPODROMO.</t>
   </si>
   <si>
     <t>26914</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26914/105.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26914/105.pdf</t>
   </si>
   <si>
     <t>O(S) VEREADOR(ES) ABAIXO ASSINADO(S), INDICA(M) APOS OUVIDA A CASA, NA_x000D_
 FORMA REGIMENTAL, QUE SEJA ENVIADA CORRESPONDENCIA AO EXECUTIVO MUNICIPAL E_x000D_
 SECRETARIA COMPETENTE, A SOLICITACAO DE LIMPEZA DAS VALETAS NAS RUAS;_x000D_
 CANDIDO COZZA SOBRINHO NO BALNEARIO DO CASSINO.</t>
   </si>
   <si>
     <t>26915</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26915/106.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26915/106.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA. APOS OUVIDA A CASA, SOLICITAR AO_x000D_
 EXECUTIVO MUNICIPAL, QUE ESTUDE A POSSIBILIDADE DE RETOMAR O CONVENIO COM O_x000D_
 COMANDO DO QUINTO DISTRITO NAVAL, REFERENTE AO SERVICO DE MEDICINA HIPERBARICA.</t>
   </si>
   <si>
     <t>26916</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26916/107.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26916/107.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE ABRIGOS DE ONIBUS NO PONTO DE EMBARQUE E DESEMBARQUE_x000D_
 SITUADO NA RS734, EM FRENTE AO "BAR DO SALSO", TENDO EM VISTA O GRANDE NUMERO_x000D_
 DE USUARIOS DO TRANSPORTE COLETIVO QUE USAM AQUELE PONTO E QUE SOFREM COM AS_x000D_
 ADVERSIDADES DO CLIMA.</t>
   </si>
   <si>
     <t>26918</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26918/108.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26918/108.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE ESTUDOS NO SENTIDO DE VIABILIZAR A COLOCACAO DE_x000D_
 CONTEINERES COLETORES DE LIXO NO BAIRROS E VILAS DE NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>26920</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26920/109.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26920/109.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, PARA QUE ESTE,_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DA SAUDE, REALIZE UMA PARCERIA COM O HOSPITAL_x000D_
 DE CARDIOLOGIA DA SANTA CASA DO RIO GRANDE, PARA A REALIZACAO DE SEMINARIOS DE_x000D_
 ORIENTACAO E PREVENCAO AS DOENCAS CARDIOVASCULARES, ABERTO A POPULACAO EM GERAL.</t>
   </si>
   <si>
     <t>26921</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26921/110.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26921/110.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, PARA QUE ESTE,_x000D_
 ATRAVES DA SECRETARIA MUNICIPAL DA SAUDE, REALIZE UMA PARCERIA COM O HOSPITAL_x000D_
 DE ONCOLOGIA DA SANTA CASA DO RIO GRANDE, PARA A REALIZACAO DE SEMINARIOS DE_x000D_
 ORIENTACAO E PREVENCAO AS DOENCAS CANCERIGENAS, ABERTO A POPULACAO EM GERAL.</t>
   </si>
   <si>
     <t>26924</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26924/111.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26924/111.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE, NO CASO DE DOACAO DO PREDIO ONDE_x000D_
 ATUALMENTE FUNCIONA A AGENCIA CENTRAL DOS CORREIOS PARA O PODER PUBLICO_x000D_
 MUNICIPAL, DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS_x000D_
 PARA INSTALACAO NAQUELE LOCAL DE UM CENTRO DE CONVIVENCIA DA TERCEIRA IDADE,_x000D_
 ABRIGANDO CURSOS, PALESTRAS, OFICINAS E REUNIOES.</t>
   </si>
   <si>
     <t>26926</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26926/112.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26926/112.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE QUIOSQUE NO RINCAO DA CEBOLA, DESTINADO A_x000D_
 COMERCIALIZACAO DE PRODUTOS PRODUZIDOS NO MUNICIPIO E REGIAO.</t>
   </si>
   <si>
     <t>26928</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26928/113.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26928/113.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA DO MEIO AMBIENTE, VERIFIQUE A POSSIBILIDADE_x000D_
 DE REALIZAR A PODA DAS ARVORES EXISTENTES EM TODA A EXTENSAO DO CANALETE, NA_x000D_
 AV. MAJOR CARLOS PINTO. O SOLICITADO SE FAZ NECESSARIO EM RAZAO DE QUE AS_x000D_
 MESMAS ESTAO COM OS GALHOS MUITO GRANDES, FAZENDO COM QUE AS PESSOAS QUE_x000D_
 UTILIZAM A REFERIDA AVENIDA PARA REALIZAR CAMINHADAS TENHAM QUE SE ABAIXAR AO_x000D_
 PASSAR NO LOCAL.</t>
   </si>
   <si>
     <t>26930</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26930/114.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26930/114.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DA SEGURANCA, DOS TRANSPORTES E DO_x000D_
 TRANSITO-SMSTT, ESTUDE A POSSIBILIDADE DE PROVIDENCIAR ALTERACOES NO DECRETO No_x000D_
 10.597 DE 30/12/2009 QUE "DISPOE SOBRE A OPERACIONALIDADE DO SISTEMA DE_x000D_
 ESTACIONAMENTO ROTATIVO-SER, NAS VIAS PUBLICAS DO MUNICIPIO DO RIO GRANDE",_x000D_
 CONFORME SUGESTOES RELACIONADAS ABAIXO._x000D_
 CRIACAO DE VAGAS ESPECIAIS NA AREA DELIMITADA (AREA AZUL) PARA CONDUTORES QUE_x000D_
 PRESTAM SERVICOS DE FRETES, MEDIANTE CADASTRAMENTO PREVIO NA SMSTT;_x000D_
 DELIMITAR ESPACO PARA ESTACIONAMENTO DE VEICULOS NO MERCADO MUNICIPAL EM FRENTE_x000D_
 A LAGOA, ISENTANDO DO PAGAMENTO DA TARIFA, POR UM PRAZO MAXIMO DE PERMANENCIA_x000D_
 DE 15 MINUTOS, NAO HAVENDO A NECESSIDADE DE EMISSAO DE TICKET NO PARQUIMETRO;_x000D_
 DETERMINAR A RESERVA DE VAGAS ISENTAS DE PAGAMENTO DE TARIFA PARA IDOSOS (COM_x000D_
 IDADE IGUAL OU SUPERIOR A 65 ANOS) DEVIDAMENTE CREDENCIADOS NA SMSTT,_x000D_
 OBEDECENDO O PERIODO MAXIMO DE PERMANENCIA DE 2 HORAS E COLO-CANDO A CREDENCIAL_x000D_
 PARA IDENTIFICACAO NO VEICULO EM LOCAL VISIVEL;_x000D_
 IMPLANTACAO DE VAGAS ESPECIAIS (AREA BRANCA), ESTABELECENDO GRATUIDADE PA-RA_x000D_
 CURTA PERMANENCIA (ATE 15 MINUTOS). NESTAS AREAS SERAO COLOCADAS PLACAS DE_x000D_
 SINALIZACAO;_x000D_
 QUE SEJA IMPLANTADA A CENTRAL DE ATENDIMENTO AO USUARIO DO SERVICO DE_x000D_
 ESTACIONAMENTO ROTATIVO, VISANDO PRESTAR ESCLARECIMENTOS E INFORMACOES A_x000D_
 COMUNIDADE;_x000D_
 A PARTIR DA TARIFA MINIMA (30 MINUTOS), QUE SEJA ADOTADA A TARIFA FRACIONA-DA,_x000D_
 POSSIBILITANDO AO USUARIO EFETUAR O PAGAMENTO PROPORCIONAL DO TEMPO EXCEDIDO_x000D_
 (R$ 0,02 /MINUTO), OU SEJA, POSSIBILITAR QUE SEJA PAGO O TEMPO QUE REALMENTE_x000D_
 FOI UTILIZADO, OBEDECENDO AO TEMPO MAXIMO DE 2 (DUAS) HORAS;_x000D_
 NO CASO DE AUSENCIA OU TICKET VENCIDO, QUE SEJA ESTABELECIDO UM PRAZO MAXIMO DE_x000D_
 10 MINUTOS PARA EMISSAO DA TARIFA DE POS-UTILIZACAO;_x000D_
 DETERMINAR O TEMPO DE MAXIMO DE 10 MINUTOS PARA ESTACIONAMENTO EM FRENTE AS_x000D_
 FARMACIAS E DROGARIAS.</t>
   </si>
   <si>
     <t>26955</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26955/115.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26955/115.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO COMANDANTE DO 6oBPM_x000D_
 BRIGAGDA MILITAR, QUE SEJA DISPONIBILIZADO UMA GUARNICAO NA AREA DA QUERENCIA.</t>
   </si>
   <si>
     <t>26956</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26956/116.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26956/116.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA DISPONIBILIZADO UM GUARDA MUNICIPAL JUNTO AO_x000D_
 POSTO DA FAMILIA JA EXISTENTE NA AREA DA QUERENCIA.</t>
   </si>
   <si>
     <t>26957</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26957/117.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26957/117.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA FISCALIZADO O ITINERARIO DE COLETA DE LIXO NA_x000D_
 AREA DA QUERENCIA.</t>
   </si>
   <si>
     <t>26958</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26958/118.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26958/118.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA ESTUDADO A VIABILIDADE DE POSTO MEDICO,_x000D_
 ADEQUADO AO BAIRRO, TORNA-SE IMPRESCINDIVEL PELO GRANDE NUMERO DE MORADORES.</t>
   </si>
   <si>
     <t>26959</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26959/119.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26959/119.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA PATROLADO, NA RUA DO QUARTEL E NA RUA DA_x000D_
 PRAIA NA QUERENCIA, EM TODA A EXTENSAO, TORNA-SE IMPRESCINDIVEL PELO GRANDE_x000D_
 FLUXO DE PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26960</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26960/120.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26960/120.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA TRAVESSA 8_x000D_
 NA QUERENCIA, EM TODA A EXTENSAO, TORNA-SE IMPRESCINDIVEL PELO GRANDE FLUXO DE_x000D_
 PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26961</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26961/121.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26961/121.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA RUA DO HOTEL_x000D_
 NA QUERENCIA, EM TODA A EXTENCAO, TORNA-SE IMPRESCINDIVEL PELO GRANDE FLUXO DE_x000D_
 PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26962</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26962/122.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26962/122.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA RUA DA PRAIA_x000D_
 NA QUERENCIA, FRENTE AO NUMERO 278, TORNA-SE IMPRESCINDIVEL PELO GRANDE FLUXO_x000D_
 DE PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26963</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26963/123.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26963/123.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA RUA 4 NA_x000D_
 QUERENCIA, POR TODA A SUA EXTENSAO TORNA-SE IMPRESCINDIVEL PELO GRANDE FLUXO DE_x000D_
 PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26964</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26964/124.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26964/124.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA RUA ESTELA_x000D_
 MARES, POR TODA A SUA EXTENSAO TORNA-SE IMPRESCINDIVEL PELO GRANDE FLUXO DE_x000D_
 PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26965</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26965/125.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26965/125.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA AVENIDA_x000D_
 BRASIL PROXIMO AOS NUMEROS, 1824 TORNAM IMPRESCINDIVEL PELO GRANDE FLUXO DE_x000D_
 PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26966</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26966/126.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26966/126.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), APOS OUVIDA A_x000D_
 CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO A_x000D_
 SECRETARIA COMPETENTE, QUE SEJA COLOCADA LAMPADAS NOS POSTES, NA AVENIDA_x000D_
 CASSINO PROXIMO AOS NUMEROS, 1596, 1880, 1884, 1828, 1810, 1890, 1868, 1860,_x000D_
 1804, 1674, 1788, 1846 E 1824 TORNA NECESSARIA PELO GRANDE FLUXO DE PESSOAS_x000D_
 QUE RESIDEM E CIRCULAM PELA AREA.</t>
   </si>
   <si>
     <t>26967</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26967/127.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26967/127.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE SEJA COLOCADO TUBOS , NA RUA DA PRAIA E NA RUA DO_x000D_
 QUARTEL NA QUERENCIA, EM TODA A EXTENSAO, TORNA-SE IMPRESCINDIVEL PELO GRANDE_x000D_
 FLUXO DE PESSOAS QUE RESIDEM E CIRCULAM PELA AVENIDA.</t>
   </si>
   <si>
     <t>26968</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26968/128.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26968/128.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA EFETUADO O_x000D_
 SERVICO DE LIMPEZA NAS VALETAS DAS RUAS 21, 25 E 27 PARALELAS A BR 392, NO_x000D_
 BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>26974</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26974/129.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26974/129.pdf</t>
   </si>
   <si>
     <t>QUE ENCAMINHE A ESTA CASA LEGISLATIVA PROJETO DE LEI AUTORIZANDO A_x000D_
 IMPLANTAR NOS HOSPITAIS DO MUNICIPIO, A DISTRIBUICAO DE BOMBA DE SUCCAO DE_x000D_
 LEITE MATERNO A TODAS AS MAES QUE REALIZAREM PARTOS ATRAVES DO SISTEMA UNICO DE_x000D_
 SAUDE E TENHAM DIFICULDADE DE AMAMENTACAO. TAL PROPOSICAO VISA ATENDER AQUELAS_x000D_
 PESSOAS QUE TEM DIFICULDADES FINANCEIRAS PARA ADQUIRIR O REFERIDO APARELHO,_x000D_
 POSSIBILITANDO A AMAMENTACAO QUE E PRIMORDIAL PARA A IMUNIDADE DO RECEM-NASCIDO_x000D_
 E PROMOVENDO O BEM ESTAR E A SAUDE FISICA. OUTROSSIM, ANEXAMOS A ESTE, SUGESTAO_x000D_
 DE PROJETO DE LEI.</t>
   </si>
   <si>
     <t>26979</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26979/130.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26979/130.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE REALIZAR O ASFALTAMENTO_x000D_
 DA RUA DR. NASCIMENTO, NO TRECHO COMPREENDIDO ENTRE A RUA GEN. CANABARRO E_x000D_
 MAJOR CARLOS PINTO, EM RAZAO DAS MAS CONDICOES DE TRAFEGABILIDADE E POR SER UMA_x000D_
 VIA DE INTENSO FLUXO DE VEICULOS. REITERA A INDICACAO No 247/2008.</t>
   </si>
   <si>
     <t>26981</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26981/131.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26981/131.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO TELAS PROTETORAS NAS BOCAS DE LOBO DO MUNICIPIO,_x000D_
 POSSIBILITANDO APENAS A VAZAO DAS AGUAS E IMPEDINDO O INGRESSO DE DETRITOS DO_x000D_
 LIXO NO SISTEMA DE ESCOAMENTO DAS AGUAS PLUVIAIS</t>
   </si>
   <si>
     <t>26982</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26982/132.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26982/132.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS, SEJA_x000D_
 VERIFICADA A POSSIBILIDADE DE IMPLANTAR UMA ESTACAO DE LIXO DIFERENCIADO NO_x000D_
 BAIRRO PARQUE MARINHA, UMA VEZ QUE O REFERIDO BAIRRO NAO DISPOE DE UM LOCAL_x000D_
 APROPRIADO PARA O DEPOSITO DESSE LIXO.</t>
   </si>
   <si>
     <t>26992</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26992/133.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26992/133.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, SOLICITAR INFORMACOES E AO MESMO TEMPO AGILIZACAO QUANTO_x000D_
 A REALOCACAO DA ESCOLA OLAVO BILAC, SITUADA NA VILA DA QUINTA. A SOLICITACAO_x000D_
 DEVE-SE AO FATO DE QUE AS OBRAS DE DUPLICACAO DA BR 392 JA ESTAO EM ANDAMENTO E_x000D_
 ATE A PRESENTE DATA NAO FOI DEFINIDO QUAL SERA O DESTINO DA ESCOLA. A_x000D_
 COMUNIDADE ESTA ANSIOSA QUANTO A SEGURANCA DOS ALUNOS, VISTO QUE COM A_x000D_
 DUPLICACAO DA ESTRADA, AS CRIANCAS ESTARAO MUITO VULNERAVEIS A ACIDENTES EM_x000D_
 FUNCAO DA PROXIMIDADE DO PORTAO DA ESCOLA COM A FAIXA.</t>
   </si>
   <si>
     <t>26994</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26994/134.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26994/134.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, SOLICITAR ESTUDOS PARA IMPLANTACAO DE UMA UNIDADE_x000D_
 SEMELHANTE A ESCOLA VIVA NO ANTIGO PREDIO DA ESTACAO FERREA LOCALIZADA NA VILA_x000D_
 DA QUINTA.</t>
   </si>
   <si>
     <t>26997</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26997/135.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26997/135.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO CORRESPONDENCIA AO ENGENHEIRO SANDRO WAGNER VAZ DOS_x000D_
 SANTOS, COORDENADOR DO 7o DISTRITO OPERACIONAL DO DAER - PELOTAS SOLICITANDO_x000D_
 QUE EFETUE ESTUDO VIABILIZANDO UMA MELHOR TRAVESSIA DE PEDESTRES EM FRENTE AO_x000D_
 SPORT CLUB RIO GRANDE, NA RS - 734.</t>
   </si>
   <si>
     <t>26999</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26999/136.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26999/136.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL COMPETENTE_x000D_
 PARA QUE A MESMA TOME PROVIDENCIAS EM CARATER DE URGENCIA NO NIVELAMENTO DO_x000D_
 PAVIMENTO DA RUA HENRIQUE PANCADA, EM ESPECIAL ENTRE AS RUA CASEMIRO DE ABREU E_x000D_
 AMAPA.</t>
   </si>
   <si>
     <t>27001</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27001/137.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27001/137.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REITERADA INDICACAO No 54/ 2009, PROTOCOLADA EM_x000D_
 04/02/2009, SOLICITA AO EXECUTIVO MUNICIPAL, QUE ENCAMINHE, JUNTO A SECRETARIA_x000D_
 COMPETENTE, O ESTUDO DA POSSIBILIDADE DE COLOCAR OS SEMAFAROS EM ESTADO DE_x000D_
 ALERTA, DAS ZERO HORA AS CINCO. (JULGADO NECESSARIO PELO DEPARTAMENTO.)</t>
   </si>
   <si>
     <t>27004</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27004/138.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27004/138.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, SEJA PROVIDENCIADA A DOACAO DA AREA LOCALIZADA NA ESQUINA DA_x000D_
 RUA DAS GALERAS COM AV: DOS ARQUIPELAGOS NO PARQUE MARINHA (AO LADO DO CAMPO DE_x000D_
 FUTEBOL), PARA A ESCOLA DE SAMBA UNIDOS DA CAPIVARA._x000D_
 REITERA A INDICACAO No 73/2009.</t>
   </si>
   <si>
     <t>27007</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27007/139.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27007/139.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, VERIFIQUE A POSSIBILIDADE DE_x000D_
 REALIZAR A REVITALIZACAO DAS MESAS DISPONIVEIS PARA JOGO DE DAMAS NO INTERIOR_x000D_
 DA PRACA TAMANDARE, BEM COMO A COBERTURA DAS MESMAS POSSIBILITANDO QUE OS_x000D_
 SIMPATIZANTES DO REFERIDO ESPORTE POSSAM USUFRUIR DO LOCAL, AINDA QUE EM DIAS_x000D_
 CHUVOSOS. REITERA INDICACAO No. 342/2005.</t>
   </si>
   <si>
     <t>27010</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27010/140.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27010/140.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, VERIFIQUE A POSSIBILIDADE DE_x000D_
 SUBSTITUIR OS BANHEIROS PUBLICOS EXISTENTES NO INTERIOR DA PRACA TAMANDARE POR_x000D_
 NOVOS, JA ADAPTADOS A PORTADORES DE NECESSIDADES ESPECIAIS E CONTENDO_x000D_
 FRALDARIOS. O SOLICITADO SE FAZ NECESSARIO UMA VEZ QUE OS BANHEIROS EXISTENTES_x000D_
 NAQUELE LOCAL ENCONTRAM-SE DETERIORADOS DEVIDO AO FATO DE SEREM MUITO ANTIGOS,_x000D_
 NAO A-TENDENDO AS NECESSIDADES DA COMUNIDADE.</t>
   </si>
   <si>
     <t>27012</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27012/141.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27012/141.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DA SEGURANCA, DOS TRANSPORTES E DO_x000D_
 TRANSITO-SMSTT, ESTUDE A POSSIBILIDADE DE REALIZAR UMA PARCERIA COM A EMPRESA_x000D_
 REK PARKING, COM OBJETIVO DE CRIAR O DIA DO ESTACIONAMENTO SOLIDARIO, ONDE A_x000D_
 RENDA OBTIDA NESSE DIA, ATRAVES DO SISTEMA DE ESTACIONAMENTO ROTATIVO, SEJA_x000D_
 REPASSADA A SECRETARIA MUNICIPAL DE ASSISTENCIA SOCIAL, PARA UTILIZACAO NA "_x000D_
 SEMANA MUNICIPAL DE COMBATE E PREVENCAO AO USO INDEVIDO DE DROGAS ", REALIZADA_x000D_
 ANUALMENTE NO MES DE JUNHO, VISANDO DAR APOIO FINANCEIRO PARA INCREMENTAR AS_x000D_
 ACOES REALIZADAS NESTA SEMANA, VOLTADAS A PREVENCAO DA DROGADICAO EM NOSSO_x000D_
 MUNICIPIO, COM A INTENCAO DE MOBILIZAR CADA VEZ MAIS A SOCIEDADE.</t>
   </si>
   <si>
     <t>27014</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27014/142.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27014/142.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 VIACAO PARA QUE A MESMA REALIZE A COLOCACAO DE TUBULACAO EM FRENTE AO ABRIGO DE_x000D_
 TRANSPORTE COLETIVO LOCALIZADA NA RUA SETE ESQUINA RUA QUATRO NO BAIRRO PROF_x000D_
 LURB II.</t>
   </si>
   <si>
     <t>27020</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27020/143.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27020/143.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO PARA QUE A MESMA REALIZE EM CARATER DE_x000D_
 URGENCIA A PINTURA DE UMA FAIXA DE SEGURANCA E REDUTORES DE VELOCIDADE EM_x000D_
 FRENTE AO COLEGIO TECNICO ESTADUAL GETULIO VARGAS.</t>
   </si>
   <si>
     <t>27024</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27024/144.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27024/144.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, SMOV, DENTRO DAS DEVIDAS POSSIBILIDADES, PARA QUE SEJA EFETUADO_x000D_
 MELHORIAS NO CRUZAMENTO DA AV. MAXIMILIANO DA FONSECA COM RUA 11, NA 4a SECCAO_x000D_
 DA BARRA.</t>
   </si>
   <si>
     <t>27027</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27027/145.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27027/145.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMEC, ESTUDE A POSSIBILIDADE DE, A PARTIR DO PROXIMO_x000D_
 ANO LETIVO, DISPONIBILIZAR UNIFORMES AOS ALUNOS DO ENSINO FUNDAMENTAL DA REDE_x000D_
 MUNICIPAL. OUTROSSIM, SOLICITAMOS O ENVIO DE COPIA A SECRETARIA ESTADUAL DE_x000D_
 EDUCACAO, SUGERINDO A IMPLANTACAO TAMBEM NAS ESCOLAS DA REDE ESTADUAL, A_x000D_
 EXEMPLO DE OUTROS ESTADOS.</t>
   </si>
   <si>
     <t>27029</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27029/146.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27029/146.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE AS SECRETARIAS COMPETENTES, REALIZAREM UM MUTIRAO DE_x000D_
 LIMPEZA NO BAIRRO SAO MIGUEL, INCLUINDO RECOLHIMENTO DE ENTULHOS, VALETEAMENTO_x000D_
 E NIVELAMENTO DAS RUAS.</t>
   </si>
   <si>
     <t>27032</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27032/147.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27032/147.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, DENTRO DAS_x000D_
 DEVIDAS POSSIBILIDADES, A COLOCACAO DE UMA FAIXA DE SEGURANCA NA RUA AQUIDABAN,_x000D_
 EM FRENTE A UNIMED, CENTRO.</t>
   </si>
   <si>
     <t>27034</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27034/148.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27034/148.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, ESTUDOS PARA A IMPLANTACAO DE UMA ESCOLA MUNICIPAL NA_x000D_
 NOVA QUINTA.</t>
   </si>
   <si>
     <t>27036</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27036/149.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27036/149.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, DENTRO DAS_x000D_
 DEVIDAS POSSIBILIDADES, PARA QUE SEJA REVITALIZADA A PINTURA DAS FAIXAS DE_x000D_
 SEGURANCA NOS SEMAFOROS DA RUA VAL PORTO ESQUINA RUA MODESTO REY DORNELES.</t>
   </si>
   <si>
     <t>27038</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27038/150.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27038/150.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, REALIZE UM PROJETO DE_x000D_
 ARBORIZACAO DA PRACA SARAIVA, UMA VEZ QUE FORAM RETIRADAS MUITAS ARVORES DO_x000D_
 LOCAL NA OCASIAO DA CONSTRUCAO DO GINASIO FARYDO SALOMAO. O PROJETO, ALEM DE_x000D_
 EMBELEZAR O LOCAL, INCENTIVARIA A PRESERVACAO DA NATUREZA. REITERA INDICACOES_x000D_
 No 138/2003 E 492/2009.</t>
   </si>
   <si>
     <t>27041</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27041/151.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27041/151.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA VIABILIDADE DE CEDENCIA DE ESPACO PARA_x000D_
 INSTALACAO DA ASSOCIACAO DE PAIS E AMIGOS DO AUTISTA DO RIO GRANDE - AMAR.</t>
   </si>
   <si>
     <t>27042</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27042/152.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27042/152.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, QUE ENCAMINHE JUNTO A SECRETARIA COMPETENTE, PROVIDENCIAR_x000D_
 NIVELAMENTO E RE-CALCAMENTO DO BURACO EXISTENTE NA AV. DOS ARQUIPELAGOS ESQUINA_x000D_
 RUA ILHA DAS FLORES NO PARQUE MARINHA JUNTO A TAMPA DA REDE TELEFONICA.</t>
   </si>
   <si>
     <t>27044</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27044/153.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27044/153.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE A MESMA PROVIDENCIE A COLOCACAO DE PLACAS DE "PARE" NO_x000D_
 ENTRONCAMENTO DAS RUAS AMAPA E CALDAS JUNIOR NO BAIRRO HIDRAULICA.</t>
   </si>
   <si>
     <t>27056</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27056/154.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27056/154.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS, SEJA ESTUDADA_x000D_
 A POSSIBILIDADE DE SUBSTITUIR OS CONTEINERES DE RECOLHIMENTO DE LIXO QUE SE_x000D_
 ENCONTRAM DANIFICADOS. OUTROSSIM, SOLICITAMOS QUE SEJA IMPLANTADO UM PROGRAMA_x000D_
 DE HIGIENIZACAO PERIODICA DOS MESMOS.</t>
   </si>
   <si>
     <t>27057</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27057/155.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27057/155.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO E CULTURA - SMEC A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DA ESCOLA_x000D_
 MUNICIPAL DE ENSINO FUNDAMENTAL CIPRIANO PORTO ALEGRE E TAMBEM CONSTRUCAO DE_x000D_
 GINASIO ESPORTIVO NA AREA ONDE HOJE ESTA LOCALIZADA A EXTENSAO DA REFERIDA_x000D_
 ESCOLA, OU SEJA: NO LOCAL ONDE ANTIGAMENTE FUNCIONAVA O CENTRO MUNICIPAL DA_x000D_
 CRIANCA E DO ADOLESCENTE - CEMCA. E, AINDA, QUE SEJAM REALIZADOS ESTUDOS PARA_x000D_
 CRIACAO DE ESCOLA DE EDUCACAO INFANTIL NO PREDIO QUE ATUALMENTE OCUPA ESTA_x000D_
 INSTITUICAO DE ENSINO.</t>
   </si>
   <si>
     <t>27058</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27058/156.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27058/156.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA, DOS TRANSPORTES E DO TRANSITO A REALIZACAO DE ESTUDOS PARA MELHOR_x000D_
 ADAPTACAO DO TEMPO DO SEMAFORO EXISTENTE NA ESQUINA DA RUA DOMINGOS DE ALMEIDA_x000D_
 COM AVENIDA BUARQUE DE MACEDO, TENDO EM VISTA O AUMENTO DO FLUXO DE TRANSITO_x000D_
 NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>27059</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27059/157.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27059/157.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE TRAPICHE NA LOCALIDADE DO PORTO REI, NA ILHA DOS_x000D_
 MARINHEIROS.</t>
   </si>
   <si>
     <t>27060</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27060/158.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27060/158.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE INDIQUE A SECRETARIA MUNICIPAL DE_x000D_
 TURISMO, ESPORTE E LAZER QUE ELABORE UM ESTUDO PARA A IMPLANTACAO DE UM_x000D_
 ESPETACULO DE SOM E LUZ NOS MOLDES DO EXISTENTE NO MUSEU IMPERIAL DE PETROPOLIS_x000D_
 -RJ, NA IGREJA DE NOSSA SENHORA DO CARMO DA ANTIGA SE -RJ, NAS RUINAS DE SAO_x000D_
 MIGUEL E NA CIDADE DE CAXIAS DO SUL.</t>
   </si>
   <si>
     <t>27061</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27061/159.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27061/159.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A COLOCACAO DE_x000D_
 CONTAINERS DE LIXO EM TODO BAIRRO PARQUE MARINHA.</t>
   </si>
   <si>
     <t>27063</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27063/160.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27063/160.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A CRIACAO DE UMA CRECHE PUBLICA NO BAIRRO PARQUE_x000D_
 GUANABARA, DEVIDO A DEMANDA EXISTENTE NESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>27064</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27064/161.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27064/161.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE QUE PRESTE REPAROS E MANUTENCAO NA PRACA EXISTENTE_x000D_
 NO BAIRRO PARQUE GUANABARA, DEVIDO A MESMA ESTAR EM PRECARIAS CONDICOES.</t>
   </si>
   <si>
     <t>27067</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27067/162.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27067/162.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACOES NoS 310/2009 E 371/2009 INDICA AO EXECUTIVO_x000D_
 MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA SEGURANCA, DOS TRANSPORTES E_x000D_
 DO TRANSITO A IMPLANTACAO DE SINALIZACAO ADEQUADA NA "ROTULA" EXISTENTE ENTRE A_x000D_
 AVENIDA MAJOR CARLOS PINTO E RUA AQUIDABAN, BEM COMO A IMPLANTACAO DE REDUTORES_x000D_
 DE VELOCIDADE OU QUALQUER OUTRO MEIO ADEQUADO E EFICIENTE PARA CONTER O FLUXO_x000D_
 DE TRANSITO DAQUELA LOCALIDADE, TENDO EM VISTA QUE O REFERIDO CRUZAMENTO E_x000D_
 PERIGOSO E JA VEM REGISTRANDO ACIDENTES DE TRANSITO GRAVES, INCLUSIVE COM_x000D_
 OBITOS.</t>
   </si>
   <si>
     <t>27070</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27070/163.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27070/163.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, QUE DISPONIBILIZE DOIS PONTOS LIVRES, PARA_x000D_
 TAXISTAS, NO BAIRRO CASSINO. SENDO UM, NA RUA OSVALDO CRUZ E O OUTRO NA RUA_x000D_
 FERNANDO FREIRE.</t>
   </si>
   <si>
     <t>27071</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27071/164.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27071/164.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, QUE VIABILIZE JUNTO A EMPRESA NOIVA MAR A DISPONIBILIDADE DE MAIS HORARIOS DE ONIBUS DA LINHA CIRCULAR, CASSINO/PARQUE GUANABARA, DEVIDO O GRANDE NUMERO DE PESSOAS QUE TRANSITAM NESTE TRECHO E_x000D_
 ESPERARAM MAIS DE 40MIN PARA TEREM ACESSO AOS LOCAIS DE DESTINO.</t>
   </si>
   <si>
     <t>27072</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27072/165.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27072/165.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, TOME AS MEDIDAS NECESSARIAS PARA_x000D_
 O CUMPRIMENTO DA LEI No 6.113/2005 QUE "DISPOE SOBRE A SINALIZACAO POR MEIO DE_x000D_
 PINTURA RETROREFLEXIVA DAS CACAMBAS COLETORAS DE ENTULHOS E DA OUTRAS_x000D_
 PROVIDENCIAS", DE FORMA QUE AS REFERIDAS CACAMBAS POSSAM SER FACILMENTE_x000D_
 VIZUALIZADAS EVITANDO, DESTA FORMA, POSSIVEIS ACIDENTES.</t>
   </si>
   <si>
     <t>27073</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27073/166.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27073/166.pdf</t>
   </si>
   <si>
     <t>A REALIZACAO DA AMPLIACAO, DA ALTURA DO MURO, DA ESCOLA MUNICIPAL DE_x000D_
 ENSINO FUNDAMENTAL CIPRIANO PORTO ALEGRE.</t>
   </si>
   <si>
     <t>27074</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27074/167.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27074/167.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, O PATROLAMENTO DAS RUAS E A LIMPEZA DAS VALETAS NA_x000D_
 LOCALIDADE DE DOMINGOS PETROLINE E AO MESMO TEMPO ESTUDOS PARA COLOCACAO DE_x000D_
 TELAS DE PROTECAO NA PRACA LOCALIZADA EM FRENTE A ANTIGA ESTACAO FERREA.</t>
   </si>
   <si>
     <t>27076</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27076/169.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27076/169.pdf</t>
   </si>
   <si>
     <t>SEJA OFICIADO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 DETERMINE AO SETOR COMPETENTE ESTUDOS NO SENTIDO DE POSSIBILITAR O ACESSO DOS_x000D_
 IDOSOS EM TODO O ESPACO DISPONIVEL NO TRANSPORTE COLETIVO E NAO APENAS AS_x000D_
 POLTRONAS RESERVADOS A TERCEIRA IDADE._x000D_
 JUSTIFICA-SE O PEDIDO PELO FATO DE HAVER HORARIOS EM QUE OS IDOSOS FICAM_x000D_
 AGLOMERADOS EM SEU ESCASSO ESPACO NA PARTE DIANTEIRA DOS COLETIVOS E O RESTANTE_x000D_
 DO VEICULO COM POLTRONAS VAZIAS.</t>
   </si>
   <si>
     <t>27077</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27077/170.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27077/170.pdf</t>
   </si>
   <si>
     <t>AUMENTO DA GRATIFICACAO DE INCENTIVO AO PROFESSOR DE REGENCIA DE CLASSE_x000D_
 CONFORME A LEI No 5.336 DE 16 DE SETEMBRO DE 1999 DE R$ 100,00 (CEM REAIS) PARA_x000D_
 R$ 250,00 (DUZENTOS E CINQUENTA REAIS) E ESTENDA O MESMO PARA TODOS_x000D_
 ESPECIALISTAS EM EDUCACAO BASICA EM SEUS DIVERSOS NIVEIS E MODALIDADES, DE_x000D_
 ACORDO COM A LEI 6.500 ART. 33 § 2o.</t>
   </si>
   <si>
     <t>27078</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27078/171.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27078/171.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, A CONSTRUCAO DE UM COMPLEXO ESPORTIVO CONTENDO QUADRA DE_x000D_
 FUTEBOL, PISTA DE ATLETISMO, PRACA RECREATIVA PARA AS CRIANCAS, AREA COM_x000D_
 EQUIPAMENTOS PARA EXERCICIOS FISICOS APROPRIADOS PARA A TERCEIRA IDADE E DEMAIS_x000D_
 USUARIOS E PISTA DE SKATE.</t>
   </si>
   <si>
     <t>27084</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27084/172.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27084/172.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A SECRETARIA COMPETENTE A POSSIBILIDADE DE_x000D_
 CONSTRUIR PAREDES QUE IMPECAM A VISIBILIDADE EXTERNA PARA INTERNA, NOS_x000D_
 BANHEIROS PUBLICOS NA RODOVIARIA DO CASSINO.</t>
   </si>
   <si>
     <t>27085</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27085/173.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27085/173.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA ASFALTADA A RUA QUE FAZ A LIGACAO DO BAIRRO PARQUE MARINHA_x000D_
 COM O PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>27086</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27086/174.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27086/174.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, VERIFIQUE A POSSIBILIDADE DE_x000D_
 REALIZAR A COLOCACAO DE PLACAS INDICANDO OS NOMES DAS RUAS E RESPECTIVOS CEPS_x000D_
 NO BAIRRO SENANDES, DE MODO QUE PERMITA A COMUNIDADE A LOCALIZACAO DOS_x000D_
 ENDERECOS COM EFICIENCIA E EVITANDO QUE ALGUNS SERVICOS, PRINCIPALMENTE NO QUE_x000D_
 DIZ RESPEITO A ENTREGAS POSTAIS, SEJAM PREJUDICADOS PELA FALTA DESSAS PLACAS.</t>
   </si>
   <si>
     <t>27087</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27087/175.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27087/175.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A CONCLUSAO DA LIMPEZA DAS RUAS NO BAIRRO NOVA_x000D_
 QUINTA.</t>
   </si>
   <si>
     <t>27088</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27088/176.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27088/176.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, O NIVELAMENTO DAS RUAS E UM VISTORIA NA_x000D_
 TUBULACAO, REALIZANDO A TROCA DOS TUBOS QUE TIVEREM DANIFICADOS, NO BAIRRO NOVA_x000D_
 QUINTA.</t>
   </si>
   <si>
     <t>27089</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27089/177.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27089/177.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A CONSTRUCAO DE UMA PRACA, NA VILA MARIA, PARA_x000D_
 ATENDER AS NECESSIDADES RECREATIVAS DA SUA COMUNIDADE E DOS BAIRROS VIZINHOS_x000D_
 COMO, VILA LEONIDAS E SIBRAZEM.</t>
   </si>
   <si>
     <t>27090</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27090/178.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27090/178.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, REALIZAR O NIVELAMENTO DAS RUAS E A LIMPEZA DOS_x000D_
 BUEIROS E VALETAS DA VILA MARIA.</t>
   </si>
   <si>
     <t>27091</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A AMPLIACAO E UMA MELHOR MANUTENCAO DO POSTO DE SAUDE, NA VILA MARIA.</t>
   </si>
   <si>
     <t>27092</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27092/180.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27092/180.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO E CULTURA - SMEC A REALIZACAO DE ESTUDOS PARA CRIACAO DE ESCOLA DE_x000D_
 EDUCACAO INFANTIL NO PREDIO ATUALMENTE OCUPADO PELA ESCOLA MUNICIPAL DE_x000D_
 EDUCACAO FUNDAMENTAL CIPRIANO PORTO ALEGRE, TENDO EM VISTA O ANUNCIO DE QUE_x000D_
 ESTA INSTITUICAO DE ENSINO PASSARA A FUNCIONAR EM OUTRO LOCAL.</t>
   </si>
   <si>
     <t>27093</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27093/181.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27093/181.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A IMPLANTACAO DE CRECHE INFANTIL NAS PROXIMIDADES DO CAMPING_x000D_
 MUNICIPAL DO BALNEARIO CASSINO.</t>
   </si>
   <si>
     <t>27094</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27094/182.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27094/182.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DA SEGURANCA, TRANSPORTES E TRANSITO, SMSTT, PARA QUE SEJA EFETUADA A_x000D_
 TROCA DO ABRIGO DE ONIBUS, DA RUA ABDALA NADER ESQUINA RUA 08 DE JULHO, BAIRRO_x000D_
 GETULIO VARGAS.</t>
   </si>
   <si>
     <t>27095</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27095/183.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27095/183.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SERVICOS URBANOS, VERIFIQUE A_x000D_
 POSSIBILIDADE DE IMPLANTAR UMA PRACA COM PLAYGROUND NO BAIRRO PARQUE COELHO,_x000D_
 UMA VEZ QUE HA VARIOS ANOS OS MORADORES DAQUELE BAIRRO FAZEM ESTA_x000D_
 REIVINDICACAO, ALEGANDO NAO HAVER NAS PROXIMIDADES UM LOCAL DE LAZER,_x000D_
 PRINCIPALMENTE, PARA AS CRIANCAS QUE LA RESIDEM.</t>
   </si>
   <si>
     <t>27096</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27096/184.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27096/184.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE A MESMA PROVIDENCIE A COLOCACAO DE UM SEMAFORO NO ENCONTRO_x000D_
 DAS RUAS 1o DE MAIO E AV. ARGENTINA NO BAIRRO BUCHHOLZ.</t>
   </si>
   <si>
     <t>27097</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27097/185.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27097/185.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO, SMOV, PARA QUE SEJA REALIZADO O REPARO NO CALCAMENTO DA RUA_x000D_
 PERO VAZ DE CAMINHA, ESQUINA RUA ALAN KARDEC, BAIRRO LAR GAUCHO.</t>
   </si>
   <si>
     <t>27098</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27098/186.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27098/186.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO PARA QUE SEJA REALIZADA A RECUPERACAO_x000D_
 DO CALCAMENTO DA RUA VICE ALMIRANTE ABREU COMPREENDIDO ENTRE AS RUAS GENERAL_x000D_
 NETO E VINTE E QUATRO DE MAIO, PRINCIPALMENTE NO TRECHO DE ESPERA NA SINALEIRA_x000D_
 COM A RUA VINTE A QUATRO DE MAIO.</t>
   </si>
   <si>
     <t>27099</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27099/187.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27099/187.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTE E DO TRANSITO PARA QUE A MESMA ESTUDE UMA FORMA QUE_x000D_
 POSSIBILITE A REDUCAO DE VELOCIDADE DOS VEICULOS QUE VEM DA SENADOR CORREA_x000D_
 SENTIDO AV. BUARQUE DE MACEDO, MAIS PRECISAMENTE EM FRENTE A LOJA TUMELERO.</t>
   </si>
   <si>
     <t>27100</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27100/188.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27100/188.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SAUDE A REALIZACAO DE ESTUDOS PARA CONSTRUCAO DE NOVO POSTO DE SAUDE NA VILA_x000D_
 BERNADETE, A FIM DE ABRIGAR INSTALACOES MAIS MODERNAS E ATENDER A DEMANDA_x000D_
 DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>27101</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27101/189.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27101/189.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA, NA FORMA REGIMENTAL, APÓS OUVIDA A CASA, SOLICITAR AO EXCELENTÍSSIMO SR. PREFEITO MUNICIPAL, A CONSTRUÇÃO DE UMA PRAÇA COM PLAYGROUND, FUTEBOL DE 7 E PISTA PARA CAMINHADA, NA "PRACINHA" DA ASSOCIAÇÃO ESPÍRITA DR. GUAHYBA RACHE, LOCALIZADA NA AV. PELOTAS.</t>
   </si>
   <si>
     <t>27102</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27102/190.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27102/190.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SMSTT, SECRETARIA_x000D_
 MUNICIPAL DE SEGURANCA TRANSPORTE E TRANSITO, PARA QUE ESTUDE A POSSIBILIDADE_x000D_
 DA EXTENSAO DA LINHA PESQUEIRO IR ATE OS VILAREJOS NAS QUINTAS-FEIRAS.</t>
   </si>
   <si>
     <t>27103</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27103/191.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27103/191.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, NA FORMA REGIMENTAL, JUNTAMENTE COM A_x000D_
 SECRETARIA DO MEIO AMBIENTE, SMMA, QUE SEJA REALIZADO A PODA DAS ARVORES_x000D_
 CHAMADAS MARICAS, LOCALIZADAS AO LONGO DA ESTRADA QUE LEVA O TRAPICHE DA_x000D_
 LOCALIDADE DO PESQUEIRO.</t>
   </si>
   <si>
     <t>27105</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27105/192.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27105/192.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DA SEGURANCA, TRANSPORTES E TRANSITO, SMSTT, PARA QUE SEJA COLOCADO_x000D_
 UMA PLACAS INDICATIVA DE PROIBIDO ESTACIONAR, NO PONTO DE TAXI DO OGMO, NA AV._x000D_
 HONORIO BICALHO, PORTAO 4.</t>
   </si>
   <si>
     <t>27106</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27106/193.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27106/193.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 SAUDE A REALIZACAO DE ESTUDOS PARA FECHAMENTO DO CANALETE DA RUA SALGADO FILHO_x000D_
 E A IMPLANTACAO DE EQUIPAMENTOS PARA EXERCICIOS FISICOS, NOS MOLDES DO CANALETE_x000D_
 EXISTENTE NA AVENIDA IMIGRANTES, NA CIDADE GAUCHA DE SANTA CRUZ DO SUL_x000D_
 (FOTOGRAFIAS ANEXADAS A SEGUIR).</t>
   </si>
   <si>
     <t>27107</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27107/194.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27107/194.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, A COLOCACAO DE_x000D_
 CONTAINERS DE RECOLHIMENTO DE LIXO EM TODA A VILA DA QUINTA.</t>
   </si>
   <si>
     <t>27108</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27108/195.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27108/195.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, ATRAVES DA_x000D_
 SECRETARIA COMPETENTE, PROVIDENCIAR A RECOLOCACAO DA CAMADA DO ASFALTO NAS RUAS_x000D_
 MONTEIRO LOBATO ATE A RUA 08 DE JULHO COM EXCECAO DA RUA DR. MARCIANO ESPINDOLA_x000D_
 QUE JA ESTA SENDO COLOCADO UNISTEN E DAS RUAS DEPUTADO FERNANDO FERRARI ATE A_x000D_
 RUA SAUL PORTO NO BAIRRO GETULIO VARGAS. EM ANEXO, MAPA.</t>
   </si>
   <si>
     <t>27109</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27109/196.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27109/196.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A IMPLANTACAO DE ESTACIONAMENTO OBLIQUO NA RUA GENERAL VITORINO,_x000D_
 ENTRE RUA 24 DE MAIO E RUA GENERAL NETO, EM FRENTE AO ANTIGO PREDIO DA_x000D_
 SOCIEDADE BENEFICIENCIA PORTUGUESA.</t>
   </si>
   <si>
     <t>27110</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27110/197.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27110/197.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DA SEGURANCA, TRANSPORTES E TRANSITO, SMSTT, PARA QUE SEJA COLOCADA_x000D_
 UMA PARADA DE ONIBUS, NA RUA 08 DE JULHO, ENTRE AS RUAS 11 E 13, NO BAIRRO_x000D_
 GETULIO VARGAS.</t>
   </si>
   <si>
     <t>27111</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27111/198.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27111/198.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, DE ATENDER A_x000D_
 REIVINDICACAO DOS FEIRANTES E COMUNIDADE EM GERAL, EM MANTER A FEIRA LIVRE AOS_x000D_
 SABADOS NA RUA VICE-ALMIRANTE ABREU, CENTRO.</t>
   </si>
   <si>
     <t>27112</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27112/199.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27112/199.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, ATRAVES DA SECRETARIA MUNICIPAL DE_x000D_
 TRANSPORTES E SEGURANCA NO TRANSITO, DISPONIBLIZE PLACAS DE SINALIZACAO NO_x000D_
 CRUZAMENTO ENTRE AS RUAS PANDIA COLOGERAS COM A RUA SATURNINO DE BRITTO NA VILA_x000D_
 BRAZ.</t>
   </si>
   <si>
     <t>27117</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27117/200.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27117/200.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICACAO No112/2009, SOLICITA AO EXECUTIVO MUNICIPAL_x000D_
 MELHORAIS NA ESTRADA DO CORREDOR DA PALMA.</t>
   </si>
   <si>
     <t>27119</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27119/201.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27119/201.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICACAO No. 1571/2009, SOLICITA AO EXECUTIVO MUNICIPAL_x000D_
 ATRAVES DA SECRETARIA COMPETENTE, ESTUDOS PARA A IMPLANTACAO DE UMA CENTRAL DO_x000D_
 CARTAO MAIS RIO GRANDE NA PRACA TAMANDARE, COM HORARIO DE ATENDIMENTO SEM_x000D_
 FECHAR AO MEIO DIA.</t>
   </si>
   <si>
     <t>27120</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27120/202.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27120/202.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, PARA QUE SEJA ESTUDADA A POSSIBILIDADE, DE ENFEITAR O OBELISCO -_x000D_
 MONUMENTO, LOCALIZADO NO CRUZAMENTO DA RUA MAJOR CARLOS PINTO COM RUA_x000D_
 AQUIDABAN, BAIRRO CIDADE NOVA. SEGUE FOTO EM ANEXO DO LOCAL.</t>
   </si>
   <si>
     <t>27122</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27122/203.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27122/203.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DA SEGURANCA, TRANSPORTES E TRANSITO, SMSTT, PARA QUE SEJAM COLOCADOS_x000D_
 ABRIGOS DE ONIBUS, NAS RUAS VEREADOR ALBERTO MARTINS DA SILVA, No 593 E No 707,_x000D_
 RUA CORONEL AUGUSTO CESAR LEIVAS ESQUINA RUA JOAQUIM GOMES SIQUEIRA E HENRIQUE_x000D_
 GOLDEMBERG, RUA ANTONIO BATISTA DAS NEVES, No 707 E No 593, LOCALIDADE DO_x000D_
 CAMPING MUNICIPAL, CASSINO.</t>
   </si>
   <si>
     <t>27123</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27123/204.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27123/204.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, PARA QUE DETERMINE A SECRETARIA_x000D_
 MUNICIPAL DA SEGURANCA, TRANSPORTES E TRANSITO, SMSTT, PARA QUE SEJA REALIZADA_x000D_
 A TROCA DE LUGAR DO ABRIGO DE ONIBUS, LOCALIZADO NA ERS 734, NA ENTRADA DA VILA_x000D_
 MARIA. SEGUE FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>27125</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27125/205.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27125/205.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL DA_x000D_
 SAUDE PROVIDENCIAR MELHORIAS NO POSTO MEDICO DO BAIRRO SANTA TERESA.</t>
   </si>
   <si>
     <t>27127</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27127/206.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27127/206.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A INCLUSAO NA LEI DE DIRETRIZES_x000D_
 ORCAMENTARIAS-LDO 2011, ASFALTAMENTO NA AVENIDA B NA QUINTINHA NA VILA DA_x000D_
 QUINTA.</t>
   </si>
   <si>
     <t>27130</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27130/207.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27130/207.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE TOME AS MEDIDAS CABIVEIS PARA QUE O_x000D_
 PROPRIETARIO DO IMOVEL SITO A AVENIDA PRESIDENTE VARGAS CONFRONTE A RUA DOMIGOS_x000D_
 DE ALMEIDA, CONHECIDO COMO ANTIGO SOLAR DA FAMILIA BALLESTER, FACA O CALCAMENTO_x000D_
 DA AREA EXTERIOR AO MURO DA RESIDENCIA.</t>
   </si>
   <si>
     <t>27131</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27131/208.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27131/208.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE INCLUIR NO PPA_x000D_
 2010/2013 E LDO 2011, A PAVIMENTACAO DA RUA SENADOR SALGADO FILHO, NO TRECHO_x000D_
 COMPREENDIDO ENTRE APELLES PORTO ALEGRE E ANDRADAS, UMA VEZ QUE ESTA E UMA VIA_x000D_
 CENTRAL E ENCONTRA-SE EM PESSIMAS CONDICOES DE TRAFEGABILIDADE, PRINCIPALMENTE_x000D_
 NOS DIAS DE CHUVA EM QUE A MESMA FICA ALAGADA.</t>
   </si>
   <si>
     <t>27133</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27133/209.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27133/209.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE INCLUIR NO PPA_x000D_
 2010/2013 E LDO 2011, O ASFALTAMENTO DA RUA MAJOR CARLOS PINTO NO TRECHO_x000D_
 COMPREENDIDO ENTRE AV. AQUIDABAN E CANAL NORTE, EM RAZAO DE QUE, COM AS_x000D_
 MUDANCAS NO TRANSITO, NO REFERIDO TRECHO HA UM INTENSO FLUXO DE VEICULOS_x000D_
 PESADOS, SENDO QUE SE PODE OBSERVAR VARIOS DESNIVEIS E BURACOS NO CALCAMENTO,_x000D_
 CAUSANDO INCLUSIVE VIBRACOES E CONSEQUENTEMENTE RACHADURAS NOS IMOVEIS ALI_x000D_
 LOCALIZADOS.</t>
   </si>
   <si>
     <t>27135</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27135/210.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27135/210.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A LIMPEZA E DESENTUPIMENTO DAS VALETAS DA RUA_x000D_
 EDUARDO ARAUJO, PROXIMO AO POSTO DE SAUDE, E POSTERIORMENTE A COLOCACAO DE_x000D_
 TUBOS.</t>
   </si>
   <si>
     <t>27137</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27137/211.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27137/211.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A COLOCACAO DE ABRIGOS DE ONIBUS NA BR 471, NAS_x000D_
 IMEDIACOES DO TAIM, PARA DAR MAIS SEGURANCA E MELHORAR AS CONDICOES DE VIDA_x000D_
 DAQUELA COMUNIDADE PRINCIPALMENTE NOS DIAS DE CHUVA.</t>
   </si>
   <si>
     <t>27138</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27138/212.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27138/212.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, QUE ESTUDE A POSSIBILIDADE DE COLOCACAO DE UMA_x000D_
 MELHOR SINALIZACAO NA RUA DOM BOSCO, DEVIDO AOS INUMEROS BURACOS CAUSADOS PELAS_x000D_
 OBRAS DE SANEAMENTO DA CORSAN.</t>
   </si>
   <si>
     <t>27141</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27141/213.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27141/213.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, QUE ESTUDE A POSSIBILIDADE DE COLOCACAO DE UMA_x000D_
 SINALEIRA EM FRENTE A ESCOLA 13 DE MAIO, NA RUA DOM BOSCO.</t>
   </si>
   <si>
     <t>27147</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27147/214.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27147/214.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE A MESMA PROVIDENCIE UM ESPACO RESERVADO SOMENTE PARA_x000D_
 EMBARQUE E DESEMBARQUE DE ESTUDANTES EM FRENTE A ESCOLA "FISK", NA RUA MARECHAL_x000D_
 FLORIANO N° 586.</t>
   </si>
   <si>
     <t>27149</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27149/215.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27149/215.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE MINIZOOLOGICO QUE_x000D_
 REPRODUZA A FAUNA E A FLORA DA RESERVA ECOLOGICA DO TAIM, NOS MOLDES DAQUELE_x000D_
 EXISTENTE NA CIDADE DE GRAMADO-RS. SUGERIMOS QUE A IMPLANTACAO SEJA FEITA NA_x000D_
 PRACA TAMANDARE, JUNTO COM A REVITALIZACAO DA MESMA.</t>
   </si>
   <si>
     <t>27151</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27151/216.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27151/216.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A INCLUSAO NA LEI DE DIRETRIZES_x000D_
 ORCAMENTARIAS-LDO 2011, ASFALTAMENTO NA AVENIDA A NA QUINTINHA NA VILA DA_x000D_
 QUINTA.</t>
   </si>
   <si>
     <t>27152</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27152/217.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27152/217.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL DA_x000D_
 SAUDE PROVIDENCIAR MELHORIAS NO POSTO MEDICO DO BAIRRO BARRA.</t>
   </si>
   <si>
     <t>27154</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27154/218.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27154/218.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, A CONSTRUCAO DE UM PRACA DE RECREACAO NO BAIRRO CIDADE DE AGUEDA.</t>
   </si>
   <si>
     <t>27155</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27155/219.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27155/219.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA, DOS TRANSPORTES E DO TRANSITO A COLOCACAO DE PLACAS DE SINALIZACAO_x000D_
 DE ESTACIONAMENTO PERMITIDO SOMENTE PARA EMBARQUE E DESEMBARQUE DE IDOSOS E_x000D_
 AMBULANCIAS EM FRENTE AS CASAS E CLINICAS GERIATRICAS, BEM COMO PROVIDENCIE A_x000D_
 PINTURA NA COR BRANCA NO MEIOFIO DAS CALCADAS EM FRENTE A ESTES_x000D_
 ESTABELECIMENTOS, NOS TERMOS DO ITEM 2.1.2 DA RESOLUCAO 160/2004 DO CONSELHO_x000D_
 NACIONAL DE TRANSITO ANEXADA A SEGUIR.</t>
   </si>
   <si>
     <t>27157</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27157/220.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27157/220.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA REALIZADA A DESOBSTRUCAO DE RESIDUOS DAS_x000D_
 "BOCAS DE LOBO", DA RUA OSVALDO ARANHA COM EDUARDO BALLESTER, EM TODA SUA_x000D_
 EXTENSAO, NO BAIRRO BERNADETH.</t>
   </si>
   <si>
     <t>27159</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27159/221.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27159/221.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DO MEIO AMBIENTE, VERIFIQUE AS_x000D_
 CONDICOES DAS ARVORES LOCALIZADAS EM TODA EXTENSAO DA RUA DUQUE DE CAXIAS, POIS_x000D_
 ALGUMAS DELAS MOSTRAM GRANDES RACHADURAS E, CONSEQUENTEMENTE, ESTANDO SUJEITAS_x000D_
 A CAIR PROVOCANDO ALGUM ACIDENTE COM PESSOAS OU VEICULOS QUE POR ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>27160</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27160/222.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27160/222.pdf</t>
   </si>
   <si>
     <t>QUE ENVIE O MAIS BREVE POSSIVEL A ESTA CASA LEGISLATIVA, PROJETO DE LEI_x000D_
 TORNANDO OBRIGATORIO O USO DE DETECTOR DE METAIS EM EVENTOS FECHADOS DESTINADOS_x000D_
 A DIVERSAO, NO MUNICIPIO DO RIO GRANDE. TAL SOLICITACAO SE DEVE AO FATO DE QUE_x000D_
 NO ANO DE 2005 PROTOCOLAMOS PROJETO DE LEI NESSE SENTIDO, SENDO O MESMO_x000D_
 APROVADO NO LEGISLATIVO E POSTERIORMENTE VETADO PELO EXECUTIVO, JUSTIFICANDO-SE_x000D_
 O VETO POR TRATAR-SE DE VICIO DE ORIGEM. APOS DISCUSSAO ACERCA DESSA PAUTA,_x000D_
 TENDO EM VISTA A RELEVANCIA DA PROPOSTA, A ADMINISTRACAO MUNICIPAL ASSUMIU_x000D_
 COMPROMISSO EM REMETER O REFERIDO PROJETO, PARA SER DEBATIDO COM SEGMENTOS DA_x000D_
 COMUNIDADE, ENVOLVIDOS EM EVENTOS QUE TENHAM GRANDE NUMERO DE CIRCULACAO DE_x000D_
 PESSOAS. COM A OBRIGATORIEDADE DO USO DO DETECTOR DE METAIS BUSCAMOS COIBIR A_x000D_
 OCORRENCIA DE HOMICIDIOS E CONFLITOS ENVOLVENDO ARMAS DE FOGO E METAIS_x000D_
 CORTANTES DENTRO DESSES RECINTOS. ANEXAMOS A ESTE, O P.L No 055/2005 PARA_x000D_
 APRECIACAO, COMO FORMA DE SUGESTAO AO EXECUTIVO.</t>
   </si>
   <si>
     <t>27162</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27162/223.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27162/223.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, A COLOCACAO DE SINALIZACAO QUE MELHOR SE ADEQUAR AO CODIGO DE_x000D_
 TRANSITO, CONFORME CAPITULO VIII, ARTIGO 87, EM FRENTE AO POSTO MEDICO NA RUA_x000D_
 BELLO BRUM NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>27163</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27163/224.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27163/224.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INDICADO O DAER PARA COLOCACAO DE SEMAFOROS NA LOCALIDADE DA_x000D_
 JUNCAO (AV. SANTOS DUMONT ENTRADA DA RUA OLAVO BILAC), NA AV. SANTOS DUMONT COM_x000D_
 AV. ARGENTINA E NA RS-734 EM FRENTE AO CONDOMINIO WALDEMAR DUARTE.</t>
   </si>
   <si>
     <t>27164</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27164/225.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27164/225.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, VIABILIZE ESTUDOS PARA A_x000D_
 IMPLANTACAO DE UM NOVO TERMINAL RODOVIARIO DO RIO GRANDE, REITERANDO INDICACAO_x000D_
 No 86/2005. OUTROSSIM, SUGERIMOS QUE SEJA UTILIZADO ESPACO DA REDE FERROVIARIA_x000D_
 (ATUAL CENTRO DE EVENTOS).</t>
   </si>
   <si>
     <t>27166</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27166/226.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27166/226.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A INCLUSAO NA LEI DE DIRETRIZES_x000D_
 ORCAMENTARIAS-LDO 2011, ASFALTAMENTO NAS RUAS B E C NA NOVA QUINTA NA VILA DA_x000D_
 QUINTA.</t>
   </si>
   <si>
     <t>27172</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27172/227.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27172/227.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE EDUCACAO E CULTURA, ESTUDE A_x000D_
 POSSIBILIDADE DE REALIZAR UMA VISTORIA NA ESCOLA MUNICIPAL DE ENSINO_x000D_
 FUNDAMENTAL CLEMENTE PINTO, VISANDO IDENTIFICAR PONTOS QUE CARECEM DE_x000D_
 RECUPERACAO, PARA POSTERIORMENTE REALIZACAO DAS OBRAS DE MELHORIAS ENTRE AS_x000D_
 QUAIS PODEMOS CITAR: TELHADO, PARTE ELETRICA, PINTURA E_x000D_
 AMPLIACAO/REVITALIZACAO DA PRACA LOCALIZADA NO INTERIOR DA ESCOLA. OUTROSSIM,_x000D_
 SOLICITAMOS QUE SEJA REALIZADO UM PROJETO PARA A CONSTRUCAO DA COBERTURA DA_x000D_
 QUADRA POLIESPORTIVA E IMPLANTACAO DE UMA NOVA BIBLIOTECA, PARA PRESTAR UM_x000D_
 MELHOR ATENDIMENTO A APROXIMADAMENTE 800 ALUNOS DO BAIRRO CIDADE NOVA.</t>
   </si>
   <si>
     <t>27174</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27174/228.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27174/228.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA COMPETENTE, ESTUDE A POSSIBILIDADE DE_x000D_
 ELABORAR UM PROJETO EM PARCERIA COM A FUNDACAO UNIVERSIDADE FEDERAL DO RIO_x000D_
 GRANDE E INICIATIVA PRIVADA, OBJETIVANDO A IMPLANTACAO DE UMA OLARIA (FABRICA_x000D_
 DE CONSTRUCAO DE TIJOLOS ECOLOGICOS E TELHAS), NA ILHA DA TOROTAMA, VISANDO_x000D_
 OFERECER PERMANENTEMENTE UMA FONTE DE RENDA ALTERNATIVA AOS PESCADORES DAQUELA_x000D_
 COMUNIDADE. ESSE TIPO DE MATERIAL NAO E PREDATORIO AO MEIO AMBIENTE E, ALEM DE_x000D_
 SER UM PROCESSO RAPIDO, FACIL E ECONOMICO, NAO POSSUI RESTRICOES QUANTO AO SEU_x000D_
 USO.</t>
   </si>
   <si>
     <t>27175</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27175/229.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27175/229.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A COLOCACAO DE PLACA CONTENDO NOME E INFORMACOES SOBRE O ARTISTA_x000D_
 ERICO GOBBI NAS ESCULTURAS DE SUA AUTORIA ESPALHADAS PELO MUNICIPIO DO RIO_x000D_
 GRANDE, TENDO EM VISTA A IMPORTANCIA DA DIVULGACAO DO TRABALHO DESTE ARTISTA_x000D_
 RIO-GRANDINO QUE E CONHECIDO EM VARIOS PAISES.</t>
   </si>
   <si>
     <t>27176</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27176/230.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27176/230.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, A INCLUSAO NO PPA 2009/2012, PARA QUE_x000D_
 SEJA EFETUADO O SERVICO DE APLICACAO DE ASFALTO, NA RUA GUSTAVO SAMPAIO, BAIRRO_x000D_
 AMERICA.</t>
   </si>
   <si>
     <t>27177</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27177/231.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27177/231.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE_x000D_
 DO MUNICIPIO, SMOV, PARA QUE SEJA REALIZADA A DESOBSTRUCAO DE RESIDUOS DAS_x000D_
 "BOCAS DE LOBO", DA RUA ABDALA NADER ENTRE A RUA 14 E A BR 392, NO BAIRRO_x000D_
 GETULIO VARGAS.</t>
   </si>
   <si>
     <t>27179</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27179/232.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27179/232.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ESTUDOS NO SENTIDO DE IMPLANTAR UM_x000D_
 PROJETO DE TRANSPORTE COLETIVO QUE CONTEMPLE A CLASSE OPERARIA DA LOCALIDADE DO_x000D_
 TAIM TENDO COMO SUGESTAO A DENOMINACAO LINHA DO TRABALHADOR.</t>
   </si>
   <si>
     <t>27180</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27180/233.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27180/233.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, ATRAVES DA SECRETARIA MUNICIPAL DE_x000D_
 TURISMO, ESPORTE E LAZER (SMTEL) IMPLANTAR O PROJETO UM OLHAR TURISTICO SOBRE O_x000D_
 RIO GRANDE, NA ESCOLA LILIA NEVES NA VILA DA QUINTA.</t>
   </si>
   <si>
     <t>27181</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27181/234.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27181/234.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE INCLUIR NO PPA_x000D_
 2010/2013 E LDO/2011 AS OBRAS DE DRENAGEM E ASFALTAMENTO DA RUA FRANCISCO_x000D_
 PASTORE (VILA DIAS) EM TODA SUA EXTENSAO, UMA VEZ QUE O ASFALTO ATUALMENTE_x000D_
 EXISTENTE NO LOCAL ESTA CONSIDERAVELMENTE DETERIORADO EM FUNCAO DE SER MUITO_x000D_
 ANTIGO (APROXIMADAMENTE 14 ANOS).</t>
   </si>
   <si>
     <t>27184</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27184/235.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27184/235.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, VERIFIQUE A POSSIBILIDADE DE FECHAR A VALETA_x000D_
 EXISTENTE NO FINAL DA RUA FRANCISCO PASTORE (VILA DIAS), POIS O LOCAL ESTA_x000D_
 GERANDO TRANSTORNOS AOS MORADORES E SE TRANSFORMANDO EM DEPOSITO DE LIXO.</t>
   </si>
   <si>
     <t>27185</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27185/236.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27185/236.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL, A INCLUSAO NO PPA 2009/2012, PARA QUE_x000D_
 SEJA EFETUADO O SERVICO DE CALCAMENTO, NA RUA GENERAL PORTINHO ENTRE AS RUAS_x000D_
 CARLOS GOMES E AQUIDABAN, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>27188</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27188/237.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27188/237.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE A CRIACAO DE UMA CRECHE PUBLICA NO BAIRRO BOLAXA,_x000D_
 DEVIDO A DEMANDA EXISTENTE NESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>27190</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27190/238.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27190/238.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO E CULTURA A AQUISICAO E DISTRIBUICAO NAS ESCOLAS DA REDE PUBLICA_x000D_
 MUNICIPAL O LIVRO E O MATERIAL ARTESANAL DO PROJETO "BICHOS DO MAR DE DENTRO",_x000D_
 COMO FORMA DE LEVAR AO CONHECIMENTOS DOS ALUNOS DA EDUCACAO INFANTIL E ENSINO_x000D_
 FUNDAMENTAL A FAUNA E FLORA DA REGIAO EM QUE VIVEM.</t>
   </si>
   <si>
     <t>27191</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27191/239.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27191/239.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO E CULTURA A AQUISICAO E DISTRIBUICAO NAS ESCOLAS DA REDE PUBLICA_x000D_
 MUNICIPAL DO LIVRO DO PROJETO "BICHOS DO MAR DE DENTRO", COMO FORMA DE LEVAR AO_x000D_
 CONHECIMENTOS DOS ALUNOS DO ENSINO FUNDAMENTAL A FAUNA E FLORA DA REGIAO EM QUE_x000D_
 VIVEM.</t>
   </si>
   <si>
     <t>27192</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27192/240.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27192/240.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INDIQUE PARA QUE SEJA INCLUIDO NO PPA_x000D_
 2010/2013 A COLOCACAO DE TUBOS NA RUA PANAMA EM DIRECAO AS RUAS JOSE BONIFACIO_x000D_
 E PINTO BANDEIRA.</t>
   </si>
   <si>
     <t>27193</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27193/241.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27193/241.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ANALISE A POSSIBILIDADE DE INCLUIR NA_x000D_
 LEI N° 5.622, QUE TRATA DO TRANSPORTE COLETIVO, OS ESTUDANTES E PROFESSORES QUE_x000D_
 PARTICIPAM DE PROGRAMAS DE QUALIFICACAO PROFISSIONAL OFERTADOS PELO GOVERNO_x000D_
 FEDERAL E ESTADUAL. EM ANEXO E ENCAMINHADA SUGESTAO DE ALTERACAO.</t>
   </si>
   <si>
     <t>27194</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27194/242.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27194/242.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE O ASFALTAMENTO DAS RUAS_x000D_
 MORON, WALTER RAMOS LAGES E GENERAL PORTINHO, TENDO EM VISTA QUE, APOS A_x000D_
 IMPLANTACAO DA MAO UNICA DE DIRECAO NA RUA AQUIDABAN, ESTAS SE TORNARAM VIAS DE_x000D_
 ESCOAMENTO DO TRANSITO. CASO NAO EXISTA PREVISAO PARA ESTA OBRA, QUE SEJA_x000D_
 INCLUIDA NO PLANO PLURIANUAL.</t>
   </si>
   <si>
     <t>27195</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27195/243.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27195/243.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS_x000D_
 PARA CRIACAO E IMPLANTACAO DE UM JARDIM SENSORIAL EM UMA PRACA DO MUNICIPIO_x000D_
 COMO FORMA DE PROMOVER ATIVIDADES VISANDO BENEFICIAR PESSOAS COM NECESSIDADES_x000D_
 ESPECIAIS QUE NECESSITEM DE RELAXAMENTO E CONTATO COM A NATUREZA PARA ESTIMULAR_x000D_
 O CORPO E OS SENTIDOS E SENSIBILIZANDO O PUBLICO EM GERAL, CONFORME MODELOS_x000D_
 ANEXADOS A SEGUIR. SUGERIMOS A PRACA XAVIER FERREIRA COMO LOCAL PARA_x000D_
 IMPLANTACAO DO JARDIM SENSORIAL.</t>
   </si>
   <si>
     <t>27196</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27196/244.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27196/244.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE INDIQUE A SECRETARIA MUNICIPAL DE_x000D_
 SEGURANCA,TRANSPORTE E DO TRANSITO, QUE SEJA FEITA A REVITALIZACAO DA_x000D_
 SINALIZACAO DO PONTO DE TAXI SITUADO EM FRENTE AO SUPERMERCADO MAX, NA AVENIDA_x000D_
 PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>27197</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27197/245.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27197/245.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE REALIZAR O REPARO NO_x000D_
 CALCAMENTO DA RUA APELLES PORTO ALEGRE ENTRE RUA JOAO ALFREDO E SALGADO FILHO,_x000D_
 MAIS PRECISAMENTE EM FRENTE AO POSTO DE PUERICULTURA DRa RITA LOBATO, UMA VEZ_x000D_
 QUE O REFERIDO LOCAL APRESENTA BURACOS NO CALCAMENTO, CAUSANDO TRANSTORNOS AOS_x000D_
 VEICULOS QUE POR ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>27198</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27198/246.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27198/246.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA COLOCACAO DE PISO ADEQUADO AOS_x000D_
 PORTADORES DE NECESSIDADES ESPECIAIS ATENDIDOS PELA ESCOLA DE EDUCACAO ESPECIAL_x000D_
 JOSE ALVARES DE AZEVEDO, NAS AREAS INTERNAS E EXTERNAS DA MESMA.</t>
   </si>
   <si>
     <t>27199</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27199/247.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27199/247.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA CRIACAO E IMPLANTACAO DE PROGRAMA DE_x000D_
 RECOLHIMENTO DE SOBRAS DE MEDICAMENTOS NAO VENCIDOS, TENDO EM VISTA O_x000D_
 APROVEITAMENTO DESTAS SUBSTANCIAS QUE DEIXAM DE SER UTILIZADAS COM O TERMINO DE_x000D_
 TRATAMENTOS MEDICOS. COMO SUGESTAO, ANEXAMOS A SEGUIR MINUTA DE PROJETO DE LEI_x000D_
 CRIANDO O PROGRAMA DE ARRECADACAO DE MEDICAMENTOS NAO VENCIDOS.</t>
   </si>
   <si>
     <t>27200</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27200/248.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27200/248.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO PARA QUE SEJA REALOCADO O ABRIGO DE_x000D_
 TRANSPORTE COLETIVO LOCALIZADO EM FRENTE AO RESTAURANTE LAS LENAS SITUADO NA_x000D_
 RUA AQUIDABAN, No479.</t>
   </si>
   <si>
     <t>27201</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27201/249.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27201/249.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ANALISE JUNTO A_x000D_
 SECRETARIA MUNICIPAL DE SEGURANCA, TRANSPORTES E TRANSITO,A POSSIBILIDADE DE_x000D_
 ALTERACAO DO ITINERARIO DA LINHA "CORUJAO", PARA QUE POSSA VIR A ATENDER COM_x000D_
 MAIS EFICIENCIA A COMUNIDADE QUE FAZ USO DOS HOSPITAIS NO PERIODO DA MADRUGADA.</t>
   </si>
   <si>
     <t>27202</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27202/250.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27202/250.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA, DOS TRANSPORTES E DO TRANSITO A PINTURA E REVITALIZACAO DAS FAIXAS_x000D_
 DE PEDESTRES EXISTENTES NO MUNICIPIO.</t>
   </si>
   <si>
     <t>27203</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27203/251.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27203/251.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS_x000D_
 PARA IMPLANTACAO DE CICLOFAIXA NOS DOIS LADOS DA AVENIDA PORTUGAL,_x000D_
 TRANSFORMANDO A CICLOVIA EXISTENTE NO CANTEIRO CENTRAL DAQUELA AVENIDA EM PISTA_x000D_
 PARA CAMINHADAS.</t>
   </si>
   <si>
     <t>27204</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27204/252.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27204/252.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL DA_x000D_
 EDUCACAO-SMEC, ESTUDOS PARA A IMPLANTACAO DE UMA ESCOLA MUNICIPAL DE_x000D_
 EDUCACAO INFANTIL E UMA CRECHE NO BAIRRO POVO NOVO.</t>
   </si>
   <si>
     <t>27206</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27206/253.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27206/253.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL DA_x000D_
 EDUCACAO-SMEC, ESTUDOS PARA A REALOCACAO DA ESCOLA MUNICIPAL DE EDUCACAO_x000D_
 INFANTIL VILA DA QUINTA SITO A RUA JOAO MOREIRA No. 204 NO BAIRRO QUINTA.</t>
   </si>
   <si>
     <t>27207</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27207/255.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27207/255.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 IMPLANTE, DENTRO DAS POSSIBILIDADES, PROJETO DE LEI PARA INCLUSAO DA DISCIPLINA_x000D_
 DE PRIMEIROS SOCORROS E PREVENCAO CONTRA INCENDIO NO CURRICULO ESCOLAR DA REDE_x000D_
 MUNICIPAL DE ENSINO. (EM ANEXO REDACAO ELABORADA COM ESSE PROPOSITO).</t>
   </si>
   <si>
     <t>27217</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27217/256.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27217/256.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 IMPLANTE, DENTRO DAS POSSIBILIDADES, PROJETO DE LEI PARA DIVULGACAO DOS NUMEROS_x000D_
 DE TELEFONES DE EMERGENCIA E UTILIDADE PUBLICA EM ESTABELECIMENTOS PUBLICOS E_x000D_
 VEICULOS DO TRANSPORTE COLETIVO MUNICIPAL. (EM ANEXO REDACAO ELABORADA COM ESSE_x000D_
 PROPOSITO).</t>
   </si>
   <si>
     <t>27221</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27221/257.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27221/257.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL PARA QUE_x000D_
 IMPLANTE, DENTRO DAS POSSIBILIDADES, PROJETO DE LEI PARA QUE TODAS AS PESSOAS_x000D_
 QUE SEJAM BENEFICIADAS POR ALGUM PROGRAMA GOVERNAMENTAL E TODAS AS CRIANCAS QUE_x000D_
 PARTICIPEM DE PROJETOS ENVOLVENDO ESPORTE, SAUDE E EDUCACAO TENHAM PASSE LIVRE NO TRANSPORTE COLETIVO DA NOSSA CIDADE. (EM ANEXO REDACAO ELABORADA COM ESSE_x000D_
 PROPOSITO).</t>
   </si>
   <si>
     <t>27223</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27223/258.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27223/258.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DE OBRAS_x000D_
 E VIACAO PARA QUE A MESMA REALIZE O NIVELAMENTO DA RUA DR. CARLOS FREDERICO_x000D_
 ENGENLHARDT, E A COLOCACAO DE BUEIROS NAS TRANSVERSAIS RUAS D E E DO PARQUE_x000D_
 RESIDENCIAL SAO PEDRO. EM ANEXO COPIA DE ABAIXO-ASSINADO.</t>
   </si>
   <si>
     <t>27225</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27225/259.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27225/259.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA MUNICIPAL DA_x000D_
 EDUCACAO-SMEC, ESTUDOS PARA A CONSTRUCAO DE UMA ESCOLA MUNICIPAL DE EDUCACAO_x000D_
 INFANTIL E UMA CRECHE NO BAIRRO GETULIO VARGAS.</t>
   </si>
   <si>
     <t>27228</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27228/260.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27228/260.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE ZOOLOGICO VIRTUAL COM_x000D_
 TERMINAIS COMPUTADORIZADOS QUE REPRODUZAM A FAUNA E FLORA DA NOSSA REGIAO, DA_x000D_
 COSTA DOCE E DA RESERVA ECOLOGICA DO TAIM, BEM COMO QUIOSQUE PARA_x000D_
 COMERCIALIZACAO DO ARTESANATO CONFECCIONADO PELO PROJETO "BICHOS DO MAR DE_x000D_
 DENTRO", ASSIM BUSCANDO PARCERIA COM SEBRAE-RS SUGERIMOS QUE A IMPLANTACAO_x000D_
 SEJA FEITA NA PRACA TAMANDARE, JUNTO COM A REVITALIZACAO DA MESMA.</t>
   </si>
   <si>
     <t>27229</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27229/261.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27229/261.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REVITALIZACAO DA RUA OLAVO BILAC COM A CONSTRUCAO DE PISTA PARA_x000D_
 CAMINHADAS, CICLOVIA, CANTEIROS E BANCOS, TENDO EM VISTA A NECESSIDADE DE DAR_x000D_
 AQUELA LOCALIDADE UMA AREA DE LAZER NOS MOLDES DA RUA QUINZE DE NOVEMBRO.</t>
   </si>
   <si>
     <t>27231</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27231/262.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27231/262.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS TRANFERENCIA DA FEIRA LIVRE QUE SE REALIZA_x000D_
 NA RUA OLAVO BILAC AOS DOMINGOS PARA A AVENIDA DOS BANDEIRANTES.</t>
   </si>
   <si>
     <t>27233</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27233/263.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27233/263.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A DOACAO DE UMA AREA PARA A ASSOCIACAO DOS_x000D_
 MORADORES DO BAIRRO BERNADETH.</t>
   </si>
   <si>
     <t>27235</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27235/264.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27235/264.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL, PARA QUE_x000D_
 INDIQUE AO SETOR COMPETENTE, A RECUPERACAO DO ESGOTO PLUVIAL, BEM COMO, DA_x000D_
 ILUMINACAO PUBLICA, DO DISTRITO DO POVO NOVO, PRINCIPALMENTE NO QUE DIZ_x000D_
 RESPEITO A RUA MIGUEL SENNA, QUE QUANDO CHOVE FICA TOTALMENTE SEM ACESSO.</t>
   </si>
   <si>
     <t>27237</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27237/265.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27237/265.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A COLOCACAO DE SINALIZACAO NOS MOLHES DA BARRA NO SENTIDO DE PROIBIR_x000D_
 O TRANSITO DE MOTOCICLETAS SOBRE OS TRILHOS, TENDO EM VISTA A PREVENCAO DE_x000D_
 ACIDENTES, A SEGURANCA DOS USUARIOS E A CONSERVACAO DO LOCAL COMO PONTO_x000D_
 TURISTICO.</t>
   </si>
   <si>
     <t>27240</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27240/266.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27240/266.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INCLUSAO DE INFORMACOES REFERENTES AS ATRIBUICOES DE CADA UMA DAS_x000D_
 SECRETARIAS DA ADMINISTRACAO MUNICIPAL NO SITE DA PREFEITURA MUNICIPAL DO RIO_x000D_
 GRANDE, TENDO EM VISTA A NECESSIDADE DE ESCLARECER A COMUNIDADE SOBRE OS_x000D_
 SERVICOS QUE PRESTAM ESTAS UNIDADES.</t>
   </si>
   <si>
     <t>27242</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27242/267.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27242/267.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTE E DO TRANSITO PARA QUE SEJA CONSTRUIDA UMA ROTULA NO_x000D_
 ENTRONCAMENTO DA RUA AQUIDABAN, E AVENIDAS MAJOR CARLOS PINTO E PORTUGAL.</t>
   </si>
   <si>
     <t>27244</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27244/268.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27244/268.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE REALIZAR A CONCLUSAO DA_x000D_
 PAVIMENTACAO DA RUA HELOS GUARDIOLA VELLOSO, NO ENTORNO DA PRACA LOCALIZADA NO_x000D_
 BAIRRO PARQUE COELHO, RECENTEMENTE INAUGURADA.</t>
   </si>
   <si>
     <t>27248</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27248/269.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27248/269.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE INCLUA NA LEI DE DIRETRIZES_x000D_
 ORCAMENTARIAS A CRIACAO DE ESCOLA DE ENSINO FUNDAMENTAL JUNTO A CRECHE_x000D_
 MUNICIPAL LOCALIZADA NAS PROXIMIDADES DO COLEGIO ASSIS BRASIL.</t>
   </si>
   <si>
     <t>27249</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27249/270.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27249/270.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE SEJA REALIZADO O ENSAIBRAMENTO DE TODA A EXTENSAO DA RUA_x000D_
 ANA PERNIGOTE NO BAIRRO BOLAXA.</t>
   </si>
   <si>
     <t>27250</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27250/271.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27250/271.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, PARA QUE A MESMA ESTUDE A POSSIBILIDADE DE ASFALTAMENTO DO CANTEIRO_x000D_
 CENTRAL DA AV. BUARQUE DE MACEDO, ENTRE AS RUAS DOMINGOS DE ALMEIDA E MINAS_x000D_
 GERAIS ONDE ACONTECE A FEIRA-LIVRE AOS SABADOS OU ATE MESMO A REVITALIZACAO DO_x000D_
 LUGAR, CITO: NIVELAMENTO, CORTE DE GRAMA, LIMPEZA DO LOCAL E ENSAIBRAMENTO.</t>
   </si>
   <si>
     <t>27251</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27251/272.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27251/272.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SECRETARIA MUNICIPAL DE SAUDE, ESTUDE A POSSIBILIDADE_x000D_
 DE REALIZAR CONVENIO COM CLINICAS VETERINARIAS PARA A IMPLANTACAO DO PROGRAMA_x000D_
 PERMANENTE DE CONTROLE POPULACIONAL DE CAES, POR MEIO DE ESTERILIZACAO,_x000D_
 CONFORME JA DISCUTIDO EM AUDIENCIA PUBLICA NESTA CASA LEGISLATIVA E PROJETO_x000D_
 ENCAMINHADO EM 2005.</t>
   </si>
   <si>
     <t>27252</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27252/273.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27252/273.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO E CULTURA A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE SISTEMA DE_x000D_
 MATRICULAS ATRAVES DA INTERNET EM TODAS AS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>27253</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27253/274.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27253/274.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, REITERAR A INDICACAO No 04, PROTOCOLADA SOB No 27, EM 08/01/2009,_x000D_
 QUE SOLICITA, SEJA INCLUIDO NA LDO E PLURIANUAL, SE NECESSARIO,_x000D_
 A PAVIMENTACAO DA RUA COLOMBIA (TRECHO LOCALIZADO ENTRE AS RUAS JOSE_x000D_
 BONIFACIO E A RUA URUGUAI ) LOCALIZADA NO BAIRRO SANTANA.</t>
   </si>
   <si>
     <t>27254</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27254/275.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27254/275.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 387/2009, INDICA AO EXECUTIVO MUNICIPAL QUE_x000D_
 DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A REALIZACAO DE ESTUDOS URGENTES_x000D_
 PARA A CONSTRUCAO DE ALAS FEMININAS NAS COMUNIDADES TERAPEUTICAS JA EXISTENTES_x000D_
 NO MUNICIPIO DO RIO GRANDE, DE FORMA QUE POSSAM ABRIGAR E OFERECER TRATAMENTO_x000D_
 ADEQUADO AS MULHERES VITIMAS DO USO DE DROGAS.</t>
   </si>
   <si>
     <t>27255</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27255/276.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27255/276.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA QUE AS CAMPANHAS DE VACINACAO_x000D_
 (POLIOMIELITE, TRIPLICE VIRAL, DUPLA VIRAL, H1N1 E INFLUENZA A) SEJAM_x000D_
 REALIZADAS NAS ESTACOES DE TRANSBORDO DO TRANSPORTE COLETIVO.</t>
   </si>
   <si>
     <t>27256</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27256/277.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27256/277.pdf</t>
   </si>
   <si>
     <t>REITERANDO INDICACAO No 535/2009, PROTOCOLADA SOB No 2113 EM_x000D_
 09/11/2009, INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 DE SAUDE A REALIZACAO DE ESTUDOS REFERENTES A IMPLANTACAO DE UM HOSPITAL DE_x000D_
 ATENDIMENTO INTEGRAL A SAUDE DA MULHER.</t>
   </si>
   <si>
     <t>27258</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27258/278.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27258/278.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE REALIZAR A RECUPERACAO_x000D_
 NO CALCAMENTO DA RUA CARAMURU, ENTRE VISCONDE DE MAUA E AVENIDA PORTUGAL, UMA_x000D_
 VEZ QUE NO REFERIDO TRECHO E POSSIVEL OBSERVAR-SE DESNIVEIS E BURACOS QUE_x000D_
 DIFICULTAM A TRAFEGABILIDADE E CAUSAM TRANSTORNOS A TODOS OS USUARIOS DESTA VIA.</t>
   </si>
   <si>
     <t>27261</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27261/279.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27261/279.pdf</t>
   </si>
   <si>
     <t>QUE, ATRAVES DA SMOV, ESTUDE A POSSIBILIDADE DE REALIZAR A O_x000D_
 NIVELAMENTO E ENSAIBRAMENTO DA RUA LAGOA AZUL, NO BAIRRO CIDADE NOVA, EM RAZAO_x000D_
 DAS PESSIMAS CONDICOES DE TRAFEGABILIDADE QUE SE ENCONTRA A REFERIDA RUA,_x000D_
 PRINCIPALMENTE EM DIAS DE CHUVA, CAUSANDO TRANSTORNOS AOS MORADORES E USUARIOS_x000D_
 DESSA VIA.</t>
   </si>
   <si>
     <t>27267</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27267/280.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27267/280.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA IMPLANTACAO DE CENTRAL DE ATENDIMENTO_x000D_
 AS ASSOCIACOES DE BAIRROS.</t>
   </si>
   <si>
     <t>27268</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27268/281.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27268/281.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO, APOS OUVIDA A CASA, NA FORMA REGIMENTAL, SEJA_x000D_
 INCLUIDO NA LDO, O CALCAMENTO DA RUA VER. EUGENIO PEDRO DELINGER, LOCALIZADO NO_x000D_
 BAIRRO PARQUE RESIDENCIAL.</t>
   </si>
   <si>
     <t>27270</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27270/282.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27270/282.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SOLICITE A COMPANHIA ESTADUAL DE_x000D_
 ENERGIA ELETRICA - CEEE DOACAO DA TORRE METALICA DE ENERGIA ELETRICA LOCALIZADA_x000D_
 NO CANAL DE ACESSO AO PORTO DO RIO GRANDE, EM FAVOR DO MUNICIPIO, A FIM DE_x000D_
 TRANSFORMA-LA EM UMA ARVORE DE NATAL.</t>
   </si>
   <si>
     <t>27273</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27273/283.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27273/283.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA CONCESSAO DO "CARTAO MAIS RIO GRANDE",_x000D_
 AOS PRESIDENTES DE ASSOCIACOES DE BAIRROS DO MUNICIPIO, A FIM DE SER UTILIZADO_x000D_
 NO EXERCICIO DE SUAS FUNCOES E PARA ATIVIDADES EM PROL DAS ASSOCIACOES QUE_x000D_
 REPRESENTAM.</t>
   </si>
   <si>
     <t>27276</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27276/284.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27276/284.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE SUPORTE PARA BICICLETAS NA PRAIA DO CASSINO, A FIM_x000D_
 DE INCENTIVAR O USO DA BICICLETA E A ATIVIDADE FISICA A BEIRA MAR. COMO_x000D_
 SUGESTAO, ANEXAMOS FOTOGRAFIAS DE SUPORTES COLOCADOS NA PRAIA DE COPACABANA_x000D_
 (RIO DE JANEIRO) E QUE FORAM IMPLANTADOS COM A PARCERIA DA INICIATIVA PRIVADA.</t>
   </si>
   <si>
     <t>27285</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27285/285.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27285/285.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA, NA FORMA REGIMENTAL, APOS OUVIDA A_x000D_
 CASA, SOLICITAR A REITERACAO DA INDICACAO DE No 569/2009, PROTOCOLADA SOB O No_x000D_
 2345/2009, A QUAL SOLICITA A CRIACAO DE UM FUNDO DE AMPARO AS FAMILIAS CARENTES_x000D_
 DO MUNICIPIO.</t>
   </si>
   <si>
     <t>27286</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27286/286.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27286/286.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA NA FORMA_x000D_
 REGIMENTAL, SEJA PROVIDEN- CIADO JUNTA A SECRETARIA COMPETENTE, A_x000D_
 PAVIMENTACAO DA RUA QUE LIGA O PARQUE MARINHA AO PARQUE SAO PEDRO.</t>
   </si>
   <si>
     <t>27287</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27287/287.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27287/287.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL, APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE SEJA FEITO UM ESTUDO PARA A COLOCACAO DE REDUTORES DE_x000D_
 VELOCIDADE NA RUA DOS VELEIROS, MAIS PRECISAMENTE EM FRENTE AO No 399, E PLACAS_x000D_
 INDICATIVAS DE PARE, NA RUA DOS VELEIROS ESQUINA RUA DOS ROCHEDOS, NO BAIRRO_x000D_
 PARQUE MARINHA.</t>
   </si>
   <si>
     <t>27288</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27288/288.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27288/288.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE CAMPANHA PARA DESTINACAO DE PARTE DO IMPOSTO DE_x000D_
 RENDA DAS PESSOAS FISICAS E JURIDICAS AO FUNDO MUNICIPAL DE ASSISTENCIA_x000D_
 SOCIAL, INCLUSIVE DISPONIBILIZANDO INFORMACOES, ESCLARECIMENTOS E FORMULARIO DE_x000D_
 DOACAO ATRAVES DO SITE DA PREFEITURA MUNICIPAL DO RIO GRANDE, NOS MOLDES DA_x000D_
 CAMPANHA REALIZADA PELA PREFEITURA DE CURITIBA - PR.</t>
   </si>
   <si>
     <t>27289</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27289/289.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27289/289.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo assinados, indicam apos ouvida a Casa, na forma_x000D_
 regimental, que o Executivo Municipal solicite a Secretaria Municipal_x000D_
 competente para que seja realocado o ultimo retorno da avenida presidente_x000D_
 Vargas, sentido bairro centro de forma que auxilie o fluxo dos veiculos do_x000D_
 condominio Residencial Village Center. Em anexo abaixo-assinado.</t>
   </si>
   <si>
     <t>27290</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27290/290.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27290/290.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL JUNTAMENTE COM A SUPERINTENDENCIA DO_x000D_
 PORTO DO RIO GRANDE ESTUDE A POSSIBILIDADE DE CONSTRUIR UM BICICLETARIO NOS_x000D_
 MOLHES DA BARRA.</t>
   </si>
   <si>
     <t>27291</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27291/291.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27291/291.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA, NA FORMA REGIMENTAL, APOS OUVIDA A_x000D_
 CASA, SOLICITAR AO EXCELENTISSIMO SENHOR PREFEITO MUNICIPAL A CRIACAO DE UM_x000D_
 FUNDO DE AMPARO AS FAMILIAS CARENTES DO MUNICIPIO, DENOMINADO DE " CHEQUE_x000D_
 CIDADAO RIOGRANDINO", NO VALOR DE R$ 100,00 (CEM REAIS) POR CRIANCA, ABRANGENDO_x000D_
 AS FAMILIAS COM NO MAXIMO DUAS CRIANCAS EM IDADE ESCOLAR, QUE NAO ESTEJAM_x000D_
 RECEBENDO NENHUM BENEFICIO DO GOVERNO E QUE A RENDA NAO ULTRAPASSE UM SALARIO_x000D_
 MINIMO.</t>
   </si>
   <si>
     <t>27292</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27292/292.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27292/292.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTE E DO TRANSITO PARA QUE A MESMA RECUE O ESTACIONAMENTO_x000D_
 EM AMBOS OS LADO DA RUA GENERAL VITORINO ESQUINA RUA VINTE QUATRO DE MAIO, E_x000D_
 QUE AINDA SEJAM COLOCADOS TACHOES NA CITADA VIA PARA QUE HAJA A DIVISAO DOS_x000D_
 VEICULOS, OS QUE SEGUEM NA VIA ASSIM COMO OS QUE DESEJAM ENTRAR NA VINTE QUATRO_x000D_
 DE MAIO.</t>
   </si>
   <si>
     <t>27293</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27293/293.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27293/293.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A COLOCACAO DE CAMERAS DE MONITORAMENTO N/AS ESTACOES DE TRANSBORDO_x000D_
 DO TRANSPORTE COLETIVO.</t>
   </si>
   <si>
     <t>27294</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27294/294.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27294/294.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE ESTUDOS REFERENTES A INSCRICAO DO MUNICIPIO DO RIO GRANDE_x000D_
 NO PLANSEQ DO CARNAVAL, A FIM DE QUALIFICAR MAO DE OBRA ATRAVES DE CURSOS DE_x000D_
 CARPINTARIA, SERRALHERIA, COSTURA, DECORADOR, PERCUSSAO, ETC...</t>
   </si>
   <si>
     <t>27295</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27295/295.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27295/295.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE DETERMINE A UNIDADE DE CULTURA A_x000D_
 REALIZACAO DE ESTUDOS REFERENTES A CRIACAO DE OFICINA DO CARNAVAL E MUSEU DO_x000D_
 CARNAVAL RIO-GRANDINO NO CASSINO DOS MESTRES.</t>
   </si>
   <si>
     <t>27296</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27296/296.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27296/296.pdf</t>
   </si>
   <si>
     <t>QUE VERIFIQUE A POSSIBILIDADE DE ALTERAR A LEI 6.873/2010 CONCEDENDO_x000D_
 AUXILIO-ALIMENTACAO AOS CONSELHEIROS TUTELARES, A EXEMPLO DOS DEMAIS SERVIDORES_x000D_
 PUBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>27297</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27297/297.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27297/297.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL DE MEIO AMBIENTE IMPLANTAR UM_x000D_
 ITINERARIO DA COLETA SELETIVA NO CENTRO COMERCIAL DA CIDADE, ENTRE AS 18:00 E_x000D_
 20:00 DE SEGUNDA A SEXTA FEIRA, COM A FINALIDADE DE RECOLHER OS MATERIAIS_x000D_
 RECICLAVEIS ORIUNDOS DO COMERCIO LOCAL.</t>
   </si>
   <si>
     <t>27298</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27298/298.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27298/298.pdf</t>
   </si>
   <si>
     <t>O (S) VEREADOR (ES) ABAIXO ASSINADO (S), REQUER (EM), DEPOIS DE OUVIDA_x000D_
 A CASA, NA FORMA REGIMENTAL, QUE SEJA SOLICITADO AO EXECUTIVO MUNICIPAL, JUNTO_x000D_
 A SECRETARIA COMPETENTE, QUE ESCOLHA UMA AREA DE ENTULHO PERMANENTE,ENTRE_x000D_
 QUERENCIA E ATLANTICO SUL.</t>
   </si>
   <si>
     <t>27299</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27299/299.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27299/299.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A CRIACAO DE BANCO DE UNIFORMES ESCOLARES NAS ESCOLAS DA REDE_x000D_
 MUNICIPAL DE ENSINO, COM A FINALIDADE DE REAPROVEITAMENTO DOS UNIFORMES_x000D_
 UTILIZADOS PELOS ALUNOS.</t>
   </si>
   <si>
     <t>27300</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27300/300.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27300/300.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE FRALDARIOS NA ESTACAO RODOVIARIA DO CASSINO E NA_x000D_
 PRACA LOCALIZADA NA AVENIDA RIO GRANDE. COMO SUGESTAO, FOTOGRAFIA ANEXADA A_x000D_
 SEGUIR DE FRALDARIO DA PRAIA DE COPACABANA - RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>27301</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27301/301.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27301/301.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA COMPETENTE_x000D_
 PROVIDENCIAR A REVITALIZACAO DA PRACA LOCALIZADA NA RUA CORONEL SALGADO NA VILA_x000D_
 DA QUINTA.</t>
   </si>
   <si>
     <t>27302</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27302/302.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27302/302.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA CRIACAO DE FEIRA DE DESCARTES DE_x000D_
 PRODUTOS TECNOLOGICOS, A FIM DE CONSCIENTIZAR A COMUNIDADE PARA A IMPORTANCIA_x000D_
 DA DESTINACAO CORRETA DESTE MATERIAL.</t>
   </si>
   <si>
     <t>27303</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27303/303.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27303/303.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 EDUCACAO E CULTURA QUE INCLUA NO CURRICULO ESCOLAR DO 5o ANO DO ENSINO_x000D_
 FUNDAMENTAL A VISITACAO AO PORTO DO RIO GRANDE, COM A FINALIDADE DE LEVAR OS_x000D_
 ALUNOS A PARTICIPAR DO PROJETO ESCOLA NO PORTO, PROMOVIDO PELA SUPERINTENDENCIA_x000D_
 DO PORTO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>27304</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27304/304.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27304/304.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL EM PARCERIA COM A SUPERINTENDENCIA DO_x000D_
 PORTO DO RIO GRANDE REALIZE A COLOCACAO DE LIXEIRAS E PLACAS DE CONSCIENTIZACAO_x000D_
 AMBIENTAL EM TODA EXTENSAO DOS MOLHES DA BARRA.</t>
   </si>
   <si>
     <t>27305</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27305/305.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27305/305.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE PARCERIA COM A COMISSAO ORGANIZADORA DA 13a FESTA DO_x000D_
 MAR NO SENTIDO DE DESENVOLVER PROJETO "FISHPARADE", A EXEMPLO DO "COWPARADE" JA_x000D_
 CONHECIDO EM VARIOS LUGARES DO MUNDO, COM A FINALIDADE DE DIVULGAR O EVENTO E O_x000D_
 MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>27306</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27306/306.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27306/306.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A CRIACAO DE UM FORUM PARA DISCUSSAO SOBRE ACOES DE PRESERVACAO E_x000D_
 PROTECAO DO MEIO AMBIENTE NO MUNICIPIO DO RIO GRANDE.</t>
   </si>
   <si>
     <t>27307</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27307/307.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27307/307.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A IMPLANTACAO DE CICLOVIA AO LONGO DA RUA VAL PORTO.</t>
   </si>
   <si>
     <t>27308</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27308/308.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27308/308.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA DA SEGURANCA,_x000D_
 DOS TRANSPORTES E DO TRANSITO QUE ESTABELECA 60KM/H (SESSENTA QUILOMETROS POR_x000D_
 HORA) COMO VELOCIDADE MAXIMA NAS AVENIDAS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>27309</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27309/309.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27309/309.pdf</t>
   </si>
   <si>
     <t>QUE VERIFIQUE A POSSIBILIDADE DE CONSTRUIR UM "BERCARIO INDUSTRIAL" NA_x000D_
 VILA DA QUINTA, OBJETIVANDO ATRAIR EMPREENDEDORES PARA INVESTIR NO MUNICIPIO,_x000D_
 GERANDO MAIS EMPREGO E RENDA, ALEM DE AMPLIAR O ACESSO DOS TRABALHADORES DA_x000D_
 REFERIDA LOCALIDADE, BEM COMO DAS ZONAS RURAIS ADJACENTES, TAIS COMO POVO NOVO,_x000D_
 ARRAIAL, QUITERIA E TOROTAMA. O SOLICITADO SE FAZ NECESSARIO DEVIDO AO_x000D_
 CRESCIMENTO DO NUMERO DE EMPRESAS INSTALADAS NO RIO GRANDE FACE A CONSOLIDACAO_x000D_
 DO POLO NAVAL.</t>
   </si>
   <si>
     <t>27311</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27311/310.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27311/310.pdf</t>
   </si>
   <si>
     <t>ATRAVES DA SECRETARIA COMPETENTE, QUE ESTUDE A POSSIBILIDADE DE ENVIAR_x000D_
 A ESTA CASA LEGISLATIVA PROJETO DE LEI OBJETIVANDO REGULAMENTAR A CEDENCIA DA_x000D_
 AREA, ONDE ESTA LOCALIZADA A PISTA DE VELOTERRA (KM 11 DA BR 392), REPASSANDO-A_x000D_
 EM FORMA DE COMODATO PARA A ASSOCIACAO RIOGRANDINA DE MOTOCICLISMO - ARM. O_x000D_
 REFERIDO LOCAL E SEDE DE CAMPEONATOS MUNICIPAIS, ESTADUAIS E INTERNACIONAIS,_x000D_
 ATRAINDO VARIOS ADEPTOS DO VELOTERRA E REUNINDO UM NUMERO EXPRESSIVO DE PESSOAS_x000D_
 QUE ASSISTEM AS COMPETICOES, SENDO TAMBEM CONSIDERADO FONTE DE EMPREGO E RENDA_x000D_
 NOS DIAS EM QUE SAO REALIZADOS OS EVENTOS.</t>
   </si>
   <si>
     <t>27312</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27312/311.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27312/311.pdf</t>
   </si>
   <si>
     <t>QUE VERIFIQUE A POSSIBILIDADE DE INCLUIR NO PPA 2010/2013 E LDO A_x000D_
 IMPLANTACAO DE UMA PRACA COM PLAY GROUND E CANCHA DE VOLEI NA RUA TRES DO_x000D_
 BAIRRO SANTA RITA DE CASSIA, ENTRE AS RUAS NOVE E DOZE, PARA QUE AS CRIANCAS E_x000D_
 ADOLESCENTES QUE MORAM NAS PROXIMIDADES TENHAM UM LOCAL PARA LASER E A PRATICA_x000D_
 DE ESPORTES.</t>
   </si>
   <si>
     <t>27314</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27314/312.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27314/312.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A REALIZACAO DE ESTUDOS PARA CRIACAO DE UMA ROTA DE TURISMO EM_x000D_
 PARCERIA COM OS MUNICIPIOS DA ZONA SUL DO RIO GRANDE DO SUL, DESTACANDO PONTOS_x000D_
 DE ATRACAO TURISTICA DESTA REGIAO.</t>
   </si>
   <si>
     <t>27316</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27316/313.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27316/313.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE A INSTALACAO DE UM "LIXOMETRO" NA PRAIA DO CASSINO, MEDINDO AS_x000D_
 TONELADAS DE LIXO RECOLHIDAS A CADA SEMANA NA BEIRA DA PRAIA DURANTE A_x000D_
 TEMPORADA DE VERANEIO. ANEXAMOS A SEGUIR MODELO UTILIZADO NA PRAIA DE_x000D_
 COPACABANA, NA CIDADE DO RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>27318</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27318/314.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27318/314.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A VIABILIDADE DE CEDER UMA AREA DO MUNICIPIO PARA A_x000D_
 ASSOCIACAO RIO-GRANDINA DE AUXILIO AOS NECESSITADOS-ASSORAN, UMA VEZ QUE EXPIRA_x000D_
 EM 31 DE DEZEMBRO O PRAZO DA CEDENCIA DO LOCAL ONDE ESTA INSTALADO O ALBERGUE_x000D_
 E, NAO DISPONDO DE OUTRO ESPACO, A ASSOCIACAO ENCERRARA SUAS ATIVIDADES NESTA_x000D_
 DATA. A ASSORAN ATENDE CERCA DE 40 PESSOAS POR DIA PROPORCIONANDO BANHO, ROUPA_x000D_
 LIMPA, ALIMENTACAO, PERNOITE E CAFE DA MANHA. DESTA FORMA, QUEREMOS CONTRIBUIR_x000D_
 PARA QUE ESSE IMPORTANTE TRABALHO DESENVOLVIDO EM FAVOR DOS MAIS NECESSITADOS_x000D_
 CONTINUE SENDO OFERTADO A COMUNIDADE.</t>
   </si>
   <si>
     <t>27321</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27321/315.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27321/315.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, REQUER, NA FORMA REGIMENTAL, APOS OUVIDA A_x000D_
 CASA, SOLICITAR A V. EXA., QUE SEJA FORMADA UMA COMISSAO COM DESTINO A PORTO_x000D_
 ALEGRE, PARA TRATAR JUNTO AO DAER, ASSUNTOS REFERENTES A COLOCACAO DE UM_x000D_
 SEMAFORO NA AV. SANTOS DUMONT EM FRENTE AO MOTEL SAO CRISTOVAO, E TAMBEM DA_x000D_
 SEGUNDA ETAPA DA DUPLICACAO DA RS 734.</t>
   </si>
   <si>
     <t>27325</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27325/316.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27325/316.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DE_x000D_
 OBRAS E VIACAO- SMOV, SEJA FEITO O ASFALTAMENTO DA RUA GENERAL GURJAO.</t>
   </si>
   <si>
     <t>27327</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27327/317.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27327/317.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE DETERMINE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE O ASFALTAMENTO OU CALCAMENTO DA RUA JOAO TOUGUINHA NO TRECHO PROXIMO_x000D_
 AOS TRILHOS DA RFFSA E A RUA VAL PORTO, A FIM DE CRIAR ALTERNATIVA PARA O FLUXO_x000D_
 DE TRANSITO NA REGIAO.</t>
   </si>
   <si>
     <t>27329</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27329/318.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27329/318.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE DETERMINE A SECRETARIA MUNICIPAL DA_x000D_
 SEGURANCA DOS TRANSPORTES E DO TRANSITO A FISCALIZACAO DAS FAIXAS AZUIS QUE_x000D_
 PERTENCEM AO ESTACIONAMENTO ROTATIVO PINTADAS A MENOS DE CINCO METROS DO BORDO_x000D_
 DO ALINHAMENTO DA VIA TRANSVERSAL, EM DESCONFORMIDADE COM O CODIGO DE TRANSITO_x000D_
 BRASILEIRO, ARTIGO 181, PARAGRAFO I.</t>
   </si>
   <si>
     <t>27330</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27330/319.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27330/319.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A IMPLANTACAO DE ESPACO_x000D_
 DE LASER COM EQUIPAMENTOS PARA ATIVIDADES DE RECREACAO DESTINADAS A PRIMEIRA_x000D_
 INFANCIA NA PRACA SARAIVA.</t>
   </si>
   <si>
     <t>27333</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27333/320.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27333/320.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE A SECRETARIA MUNICIPAL COMPETENTE A IMPLANTACAO DE PARQUE_x000D_
 COM QUADRA POLIESPORTIVA E EQUIPAMENTOS PARA ATIVIDADES FISICAS NA AVENIDA DOS_x000D_
 BANDEIRANTES, EM LOCAL PROXIMO A RUA SATURNINO DE BRITO.</t>
   </si>
   <si>
     <t>27336</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27336/321.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27336/321.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, INDICAM APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL ATRAVES DE SECRETARIA DE COMPETENCIA,_x000D_
 QUANDO DA PUBLICIZACAO DOS EDITAIS DE LICITACOES NO MUNICIPIO NA IMPRENSA_x000D_
 ESCRITA, FACA CONSTAR NOTA DE QUE O MESMO TAMBEM SE ENCONTRA DISPONIVEL NO SITE_x000D_
 OFICIAL DA PREFEITURA.</t>
   </si>
   <si>
     <t>27338</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27338/322.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27338/322.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, PARA QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE SEJA CONSTRUIDO UM RECUO NA CALCADA DA AGENCIA DO BANCO DO_x000D_
 BRASIL PARA A CONSTRUCAO DE UM ESTACIONAMENTO PREFERENCIAL PARA CARROS FORTES.</t>
   </si>
   <si>
     <t>27340</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27340/323.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27340/323.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE, A COLOCACAO DE SEMAFORO NA ESQUINA DA AV. MAJOR CARLOS PINTO COM_x000D_
 AV. RHEINGANTZ NOS DOIS SENTIDOS.</t>
   </si>
   <si>
     <t>27341</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27341/324.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27341/324.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SIGNATARIO REQUER A V. EXA., DEPOIS DE OUVIDA A CASA, SEJA_x000D_
 SOLICITADO AO SR. PREFEITO MUNICIPAL QUE INDIQUE A SECRETARIA MUNICIPAL DE_x000D_
 SAUDE, PARA QUE DISPONIBILIZE UMA ENFERMEIRA EM TEMPO INTEGRAL NO POSTO MEDICO_x000D_
 DA CAPILHA - TAIM.</t>
   </si>
   <si>
     <t>27342</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27342/325.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27342/325.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA APOS OUVIDA A CASA, NA FORMA_x000D_
 REGIMENTAL, QUE O EXECUTIVO MUNICIPAL SOLICITE A SECRETARIA MUNICIPAL_x000D_
 COMPETENTE PARA QUE A MESMA PROVIDENCIE A COLOCACAO DE SEMAFOROS MAIS BAIXOS EM_x000D_
 TODOS AS JA EXISTENTES NA EXTENSAO AV. PELOTAS.</t>
   </si>
   <si>
     <t>29048</t>
   </si>
   <si>
     <t>SPLV</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei de Vereador</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29048/substitutivo_31.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29048/substitutivo_31.pdf</t>
   </si>
   <si>
     <t>SUBSTITUI O PLV-31/2010, PROCESSO 711 QUE ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 1° DA LEI N° 4994 DE 08 DE JUNHO DE 1995, QUE DISCIPLINA A FUNÇÃO DE AUXILIAR DE CONDUTOR AUTÔNOMO DE VEÍCULO RODOVIÁRIO (TAXI) NO MUNICÍPIO DE RIO GRANDE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -10226,68 +10226,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28804/64.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28802/65.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28801/67.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28800/68.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28890/92.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28999/12.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29047/31.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29000/33.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29045/53.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26326/01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26324/02.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26323/03.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26322/04.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26320/05.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26319/06.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26318/07.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26317/08.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26316/09.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26315/10.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26314/11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26313/12.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26312/13.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26311/14.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26310/15.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26207/16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26210/17.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26212/18.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26217/19.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26218/20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26219/21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26220/22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26221/23.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26222/24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26223/25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26224/26.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26225/27.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26226/28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26227/29.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26228/30.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26229/31.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26232/32.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26236/33.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26239/34.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26244/35.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26247/36.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26264/37.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26267/38.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26289/39.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26291/40.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26294/41.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26297/42.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26300/43.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26303/44.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26306/45.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26308/46.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26309/47.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26260/48.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26072/49.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26073/50.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26074/51.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26256/52.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26075/54.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26077/55.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26081/56.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26085/57.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26087/58.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26090/59.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26091/60.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26094/61.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26096/62.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26099/63.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26101/64.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26103/65.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26105/66.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26107/67.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26109/68.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26112/69.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26115/70.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26116/71.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26118/72.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26120/73.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26124/75.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26126/76.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26128/77.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26130/78.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26132/79.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26135/80.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26139/81.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26142/82.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26147/83.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26150/84.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26157/85.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26158/86.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26162/87.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26165/88.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26167/89.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26170/90.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26172/91.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26175/93.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26179/94.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26182/95.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26185/97.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26187/98.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26398/99.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26493/100.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26494/101.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26495/102.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26496/103.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26497/104.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26498/105.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26499/106.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26500/107.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26501/108.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26502/109.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26503/110.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26504/111.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26505/112.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26506/113.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26508/114.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26509/115.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26510/116.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26512/117.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26514/118.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26437/119.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26438/120.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26439/121.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26440/122.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26441/123.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26442/124.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26446/125.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26448/126.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26453/127.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26455/128.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26457/129.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26462/130.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26463/131.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26469/132.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26470/133.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26471/134.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26472/135.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26473/136.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26474/137.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26475/138.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26476/139.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26477/140.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26478/141.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26479/142.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26481/143.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26482/144.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26483/145.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26484/147.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26485/148.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26486/149.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26487/150.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26488/151.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26489/152.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26490/153.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26491/154.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26386/155.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26389/156.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26391/157.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26392/158.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26394/159.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26397/160.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26399/161.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26400/162.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26401/163.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26402/164.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26404/165.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26407/167.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26409/168.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26410/170.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26417/171.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26420/172.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26422/173.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26425/174.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26428/175.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26429/176.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26431/177.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26432/178.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26435/179.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26333/180.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26336/181.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26339/182.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26340/183.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26344/184.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26347/185.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26350/186.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26352/187.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26354/188.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26357/189.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26360/190.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26363/191.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26365/192.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26368/193.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26371/194.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26373/195.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26376/196.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26381/197.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26383/198.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26384/199.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26679/200.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26680/201.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26681/202.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26682/203.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26683/204.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26684/205.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26685/206.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26686/207.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26688/208.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26689/209.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26690/210.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26691/211.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26692/212.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26693/213.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26694/214.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26695/215.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26696/216.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26697/217.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26698/218.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26699/219.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26700/220.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26703/221.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26704/222.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26705/223.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26706/224.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26707/225.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26708/226.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26710/227.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26711/229.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26712/230.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26714/231.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26715/232.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26717/233.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26719/234.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26720/235.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26723/236.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26725/237.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26726/238.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26727/239.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26728/240.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26729/241.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26732/242.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26734/243.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26737/244.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26738/245.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26739/246.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26740/247.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26741/248.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26742/249.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26743/250.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26744/251.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26745/252.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26746/253.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26748/254.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26749/255.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26644/256.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26645/257.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26647/258.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26649/259.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26651/260.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26652/261.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26653/262.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26654/263.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26655/264.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26656/265.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26657/266.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26658/267.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26659/268.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26660/269.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26661/270.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26662/271.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26663/272.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26664/273.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26665/274.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26666/275.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26667/276.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26668/277.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26669/278.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26670/279.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26671/280.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26672/281.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26673/282.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26674/283.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26675/284.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26676/285.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26677/286.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26678/287.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26620/288.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26622/289.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26624/290.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26625/291.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26628/292.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26630/293.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26631/295.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26632/296.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26633/297.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26634/298.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26635/299.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26636/300.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26637/301.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26638/302.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26639/303.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26640/304.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26641/305.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26642/306.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26643/307.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26590/308.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26591/309.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26592/310.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26593/311.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26594/313.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26595/314.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26596/315.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26597/316.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26598/317.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26806/318.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26599/319.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26600/320.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26601/321.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26602/322.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26603/323.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26604/324.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26605/325.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26606/326.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26607/327.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26608/328.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26609/329.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26610/330.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26611/332.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26612/333.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26613/334.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26614/335.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26615/336.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26616/337.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26617/338.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26618/339.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26619/340.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26557/341.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26559/342.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26561/343.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26564/344.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26566/345.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26569/346.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26571/347.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26574/348.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26518/349.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26519/350.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26521/351.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26522/352.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26524/353.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26528/354.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26531/356.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26533/357.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26535/358.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26537/359.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26539/360.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26544/361.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26546/362.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26549/363.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26551/364.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26554/365.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26578/366.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26579/367.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26581/368.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26582/369.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26583/370.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26584/371.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26585/372.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26586/373.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26587/374.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26588/375.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26589/376.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26751/01.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26755/02.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26757/03.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26758/04.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26760/05.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26761/06.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26762/07.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26763/08.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26764/09.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26766/10.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26769/11.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26771/12.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26773/13.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26774/14.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26775/15.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26776/16.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26777/17.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26779/18.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26781/19.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26782/20.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26784/21.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26785/22.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26787/23.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26788/24.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26790/25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26791/26.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26792/27.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26793/28.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26794/29.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26795/30.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26796/31.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26798/32.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26800/33.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26801/34.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26802/35.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26803/36.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26804/37.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26805/38.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26863/39.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26864/40.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26865/41.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26866/42.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26867/43.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26868/44.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26869/45.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26870/46.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26871/47.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26872/48.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26874/49.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26876/50.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26877/51.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26879/52.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26862/53.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26881/54.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26825/55.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26826/56.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26827/57.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26828/58.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26829/59.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26830/60.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26831/61.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26832/62.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26834/63.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26835/64.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26836/65.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26837/66.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26838/67.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26839/68.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26840/69.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26841/70.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26842/71.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26843/72.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26844/73.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26845/74.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26846/75.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26847/76.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26848/77.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26849/78.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26850/79.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26851/80.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26852/81.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26853/82.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26854/83.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26855/84.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26856/85.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26857/86.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26858/87.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26859/88.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26860/89.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26861/90.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26900/91.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26901/92.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26902/93.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26903/94.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26904/95.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26905/96.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26906/97.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26907/98.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26908/99.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26909/100.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26910/101.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26911/102.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26912/103.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26913/104.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26914/105.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26915/106.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26916/107.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26918/108.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26920/109.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26921/110.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26924/111.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26926/112.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26928/113.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26930/114.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26955/115.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26956/116.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26957/117.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26958/118.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26959/119.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26960/120.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26961/121.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26962/122.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26963/123.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26964/124.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26965/125.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26966/126.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26967/127.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26968/128.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26974/129.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26979/130.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26981/131.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26982/132.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26992/133.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26994/134.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26997/135.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26999/136.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27001/137.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27004/138.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27007/139.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27010/140.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27012/141.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27014/142.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27020/143.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27024/144.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27027/145.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27029/146.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27032/147.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27034/148.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27036/149.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27038/150.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27041/151.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27042/152.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27044/153.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27056/154.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27057/155.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27058/156.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27059/157.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27060/158.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27061/159.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27063/160.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27064/161.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27067/162.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27070/163.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27071/164.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27072/165.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27073/166.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27074/167.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27076/169.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27077/170.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27078/171.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27084/172.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27085/173.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27086/174.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27087/175.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27088/176.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27089/177.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27090/178.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27092/180.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27093/181.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27094/182.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27095/183.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27096/184.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27097/185.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27098/186.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27099/187.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27100/188.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27101/189.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27102/190.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27103/191.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27105/192.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27106/193.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27107/194.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27108/195.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27109/196.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27110/197.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27111/198.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27112/199.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27117/200.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27119/201.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27120/202.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27122/203.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27123/204.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27125/205.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27127/206.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27130/207.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27131/208.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27133/209.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27135/210.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27137/211.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27138/212.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27141/213.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27147/214.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27149/215.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27151/216.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27152/217.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27154/218.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27155/219.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27157/220.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27159/221.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27160/222.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27162/223.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27163/224.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27164/225.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27166/226.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27172/227.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27174/228.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27175/229.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27176/230.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27177/231.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27179/232.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27180/233.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27181/234.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27184/235.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27185/236.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27188/237.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27190/238.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27191/239.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27192/240.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27193/241.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27194/242.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27195/243.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27196/244.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27197/245.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27198/246.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27199/247.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27200/248.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27201/249.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27202/250.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27203/251.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27204/252.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27206/253.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27207/255.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27217/256.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27221/257.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27223/258.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27225/259.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27228/260.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27229/261.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27231/262.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27233/263.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27235/264.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27237/265.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27240/266.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27242/267.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27244/268.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27248/269.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27249/270.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27250/271.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27251/272.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27252/273.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27253/274.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27254/275.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27255/276.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27256/277.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27258/278.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27261/279.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27267/280.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27268/281.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27270/282.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27273/283.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27276/284.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27285/285.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27286/286.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27287/287.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27288/288.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27289/289.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27290/290.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27291/291.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27292/292.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27293/293.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27294/294.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27295/295.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27296/296.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27297/297.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27298/298.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27299/299.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27300/300.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27301/301.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27302/302.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27303/303.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27304/304.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27305/305.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27306/306.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27307/307.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27308/308.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27309/309.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27311/310.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27312/311.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27314/312.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27316/313.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27318/314.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27321/315.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27325/316.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27327/317.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27329/318.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27330/319.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27333/320.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27336/321.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27338/322.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27340/323.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27341/324.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27342/325.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29048/substitutivo_31.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28804/64.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28802/65.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28801/67.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28800/68.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28890/92.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/28999/12.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29047/31.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29000/33.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29045/53.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26326/01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26324/02.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26323/03.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26322/04.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26320/05.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26319/06.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26318/07.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26317/08.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26316/09.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26315/10.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26314/11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26313/12.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26312/13.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26311/14.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26310/15.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26207/16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26210/17.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26212/18.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26217/19.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26218/20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26219/21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26220/22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26221/23.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26222/24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26223/25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26224/26.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26225/27.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26226/28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26227/29.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26228/30.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26229/31.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26232/32.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26236/33.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26239/34.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26244/35.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26247/36.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26264/37.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26267/38.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26289/39.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26291/40.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26294/41.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26297/42.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26300/43.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26303/44.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26306/45.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26308/46.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26309/47.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26260/48.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26072/49.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26073/50.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26074/51.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26256/52.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26075/54.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26077/55.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26081/56.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26085/57.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26087/58.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26090/59.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26091/60.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26094/61.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26096/62.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26099/63.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26101/64.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26103/65.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26105/66.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26107/67.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26109/68.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26112/69.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26115/70.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26116/71.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26118/72.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26120/73.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26124/75.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26126/76.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26128/77.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26130/78.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26132/79.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26135/80.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26139/81.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26142/82.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26147/83.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26150/84.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26157/85.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26158/86.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26162/87.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26165/88.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26167/89.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26170/90.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26172/91.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26175/93.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26179/94.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26182/95.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26185/97.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26187/98.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26398/99.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26493/100.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26494/101.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26495/102.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26496/103.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26497/104.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26498/105.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26499/106.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26500/107.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26501/108.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26502/109.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26503/110.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26504/111.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26505/112.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26506/113.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26508/114.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26509/115.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26510/116.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26512/117.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26514/118.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26437/119.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26438/120.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26439/121.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26440/122.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26441/123.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26442/124.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26446/125.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26448/126.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26453/127.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26455/128.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26457/129.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26462/130.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26463/131.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26469/132.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26470/133.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26471/134.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26472/135.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26473/136.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26474/137.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26475/138.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26476/139.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26477/140.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26478/141.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26479/142.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26481/143.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26482/144.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26483/145.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26484/147.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26485/148.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26486/149.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26487/150.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26488/151.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26489/152.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26490/153.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26491/154.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26386/155.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26389/156.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26391/157.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26392/158.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26394/159.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26397/160.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26399/161.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26400/162.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26401/163.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26402/164.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26404/165.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26407/167.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26409/168.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26410/170.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26417/171.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26420/172.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26422/173.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26425/174.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26428/175.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26429/176.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26431/177.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26432/178.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26435/179.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26333/180.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26336/181.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26339/182.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26340/183.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26344/184.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26347/185.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26350/186.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26352/187.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26354/188.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26357/189.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26360/190.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26363/191.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26365/192.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26368/193.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26371/194.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26373/195.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26376/196.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26381/197.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26383/198.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26384/199.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26679/200.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26680/201.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26681/202.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26682/203.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26683/204.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26684/205.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26685/206.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26686/207.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26688/208.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26689/209.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26690/210.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26691/211.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26692/212.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26693/213.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26694/214.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26695/215.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26696/216.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26697/217.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26698/218.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26699/219.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26700/220.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26703/221.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26704/222.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26705/223.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26706/224.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26707/225.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26708/226.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26710/227.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26711/229.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26712/230.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26714/231.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26715/232.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26717/233.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26719/234.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26720/235.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26723/236.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26725/237.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26726/238.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26727/239.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26728/240.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26729/241.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26732/242.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26734/243.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26737/244.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26738/245.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26739/246.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26740/247.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26741/248.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26742/249.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26743/250.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26744/251.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26745/252.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26746/253.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26748/254.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26749/255.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26644/256.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26645/257.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26647/258.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26649/259.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26651/260.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26652/261.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26653/262.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26654/263.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26655/264.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26656/265.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26657/266.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26658/267.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26659/268.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26660/269.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26661/270.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26662/271.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26663/272.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26664/273.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26665/274.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26666/275.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26667/276.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26668/277.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26669/278.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26670/279.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26671/280.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26672/281.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26673/282.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26674/283.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26675/284.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26676/285.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26677/286.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26678/287.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26620/288.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26622/289.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26624/290.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26625/291.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26628/292.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26630/293.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26631/295.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26632/296.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26633/297.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26634/298.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26635/299.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26636/300.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26637/301.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26638/302.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26639/303.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26640/304.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26641/305.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26642/306.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26643/307.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26590/308.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26591/309.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26592/310.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26593/311.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26594/313.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26595/314.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26596/315.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26597/316.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26598/317.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26806/318.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26599/319.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26600/320.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26601/321.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26602/322.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26603/323.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26604/324.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26605/325.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26606/326.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26607/327.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26608/328.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26609/329.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26610/330.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26611/332.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26612/333.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26613/334.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26614/335.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26615/336.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26616/337.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26617/338.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26618/339.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26619/340.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26557/341.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26559/342.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26561/343.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26564/344.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26566/345.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26569/346.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26571/347.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26574/348.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26518/349.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26519/350.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26521/351.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26522/352.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26524/353.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26528/354.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26531/356.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26533/357.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26535/358.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26537/359.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26539/360.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26544/361.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26546/362.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26549/363.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26551/364.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26554/365.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26578/366.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26579/367.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26581/368.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26582/369.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26583/370.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26584/371.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26585/372.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26586/373.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26587/374.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26588/375.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26589/376.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26751/01.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26755/02.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26757/03.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26758/04.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26760/05.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26761/06.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26762/07.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26763/08.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26764/09.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26766/10.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26769/11.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26771/12.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26773/13.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26774/14.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26775/15.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26776/16.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26777/17.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26779/18.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26781/19.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26782/20.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26784/21.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26785/22.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26787/23.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26788/24.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26790/25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26791/26.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26792/27.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26793/28.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26794/29.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26795/30.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26796/31.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26798/32.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26800/33.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26801/34.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26802/35.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26803/36.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26804/37.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26805/38.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26863/39.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26864/40.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26865/41.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26866/42.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26867/43.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26868/44.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26869/45.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26870/46.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26871/47.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26872/48.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26874/49.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26876/50.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26877/51.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26879/52.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26862/53.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26881/54.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26825/55.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26826/56.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26827/57.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26828/58.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26829/59.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26830/60.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26831/61.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26832/62.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26834/63.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26835/64.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26836/65.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26837/66.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26838/67.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26839/68.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26840/69.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26841/70.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26842/71.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26843/72.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26844/73.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26845/74.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26846/75.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26847/76.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26848/77.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26849/78.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26850/79.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26851/80.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26852/81.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26853/82.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26854/83.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26855/84.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26856/85.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26857/86.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26858/87.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26859/88.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26860/89.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26861/90.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26900/91.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26901/92.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26902/93.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26903/94.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26904/95.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26905/96.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26906/97.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26907/98.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26908/99.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26909/100.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26910/101.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26911/102.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26912/103.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26913/104.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26914/105.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26915/106.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26916/107.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26918/108.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26920/109.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26921/110.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26924/111.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26926/112.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26928/113.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26930/114.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26955/115.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26956/116.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26957/117.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26958/118.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26959/119.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26960/120.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26961/121.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26962/122.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26963/123.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26964/124.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26965/125.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26966/126.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26967/127.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26968/128.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26974/129.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26979/130.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26981/131.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26982/132.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26992/133.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26994/134.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26997/135.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/26999/136.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27001/137.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27004/138.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27007/139.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27010/140.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27012/141.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27014/142.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27020/143.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27024/144.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27027/145.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27029/146.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27032/147.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27034/148.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27036/149.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27038/150.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27041/151.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27042/152.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27044/153.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27056/154.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27057/155.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27058/156.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27059/157.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27060/158.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27061/159.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27063/160.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27064/161.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27067/162.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27070/163.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27071/164.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27072/165.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27073/166.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27074/167.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27076/169.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27077/170.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27078/171.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27084/172.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27085/173.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27086/174.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27087/175.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27088/176.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27089/177.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27090/178.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27092/180.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27093/181.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27094/182.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27095/183.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27096/184.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27097/185.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27098/186.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27099/187.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27100/188.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27101/189.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27102/190.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27103/191.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27105/192.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27106/193.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27107/194.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27108/195.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27109/196.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27110/197.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27111/198.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27112/199.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27117/200.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27119/201.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27120/202.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27122/203.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27123/204.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27125/205.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27127/206.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27130/207.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27131/208.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27133/209.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27135/210.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27137/211.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27138/212.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27141/213.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27147/214.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27149/215.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27151/216.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27152/217.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27154/218.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27155/219.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27157/220.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27159/221.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27160/222.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27162/223.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27163/224.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27164/225.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27166/226.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27172/227.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27174/228.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27175/229.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27176/230.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27177/231.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27179/232.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27180/233.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27181/234.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27184/235.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27185/236.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27188/237.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27190/238.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27191/239.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27192/240.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27193/241.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27194/242.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27195/243.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27196/244.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27197/245.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27198/246.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27199/247.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27200/248.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27201/249.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27202/250.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27203/251.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27204/252.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27206/253.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27207/255.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27217/256.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27221/257.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27223/258.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27225/259.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27228/260.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27229/261.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27231/262.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27233/263.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27235/264.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27237/265.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27240/266.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27242/267.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27244/268.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27248/269.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27249/270.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27250/271.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27251/272.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27252/273.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27253/274.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27254/275.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27255/276.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27256/277.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27258/278.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27261/279.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27267/280.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27268/281.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27270/282.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27273/283.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27276/284.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27285/285.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27286/286.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27287/287.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27288/288.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27289/289.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27290/290.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27291/291.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27292/292.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27293/293.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27294/294.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27295/295.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27296/296.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27297/297.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27298/298.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27299/299.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27300/300.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27301/301.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27302/302.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27303/303.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27304/304.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27305/305.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27306/306.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27307/307.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27308/308.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27309/309.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27311/310.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27312/311.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27314/312.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27316/313.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27318/314.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27321/315.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27325/316.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27327/317.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27329/318.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27330/319.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27333/320.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27336/321.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27338/322.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27340/323.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27341/324.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/27342/325.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2010/29048/substitutivo_31.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H698"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>