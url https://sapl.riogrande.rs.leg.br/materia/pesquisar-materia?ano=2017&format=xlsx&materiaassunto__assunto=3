--- v0 (2026-01-13)
+++ v1 (2026-03-07)
@@ -54,450 +54,450 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16014</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16014/ple_02.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16014/ple_02.pdf</t>
   </si>
   <si>
     <t>DISPOE DA AUTORIZACAO PARA INCLUSAO DE ACAO_x000D_
 NO ANEXO DE METAS E PRIORIDADES DA LEI 7.436, DE 29 DE JULHO DE 2013, QUE_x000D_
 DISPOE SOBRE O PLANO PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO_x000D_
 2014/2017 E NO ANEXO DE METAS DA LEI 8.041, DE 30 DE SETEMBRO DE 2016, QUE_x000D_
 DISPOE SOBRE AS DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O_x000D_
 EXERCICIO DE 2017, E NA LEI ORCAMENTARIA ANUAL, LEI 8.064 DE 27 DE DEZEMBRO DE_x000D_
 2016, BEM COMO ABERTURA DE CREDITOS ADICIONAIS ESPECIAIS, NA SECRETARIA DE_x000D_
 MUNICIPIO DA INFRAESTRUTURA, NO VALOR DE R$ 248.850,00.</t>
   </si>
   <si>
     <t>16013</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16013/ple_06.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16013/ple_06.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTOS DE DESPESA NO ANEXO DE_x000D_
 METAS E PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O_x000D_
 PLANO PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO_x000D_
 ANEXO DE METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CULTURA, NO VALOR DE R$ 170.000,00.</t>
   </si>
   <si>
     <t>16012</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16012/ple_07.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16012/ple_07.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTOS DE DESPESA NO ANEXO DE_x000D_
 METAS E PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O_x000D_
 PLANO PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO_x000D_
 ANEXO DE METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITOS ADICIONAIS ESPECIAIS NA SECRETARIA DE_x000D_
 MUNICIPIO DE HABITACAO E REGULARIZACAO FUNDIARIA, NO VALOR DE R$ 90.000,00.</t>
   </si>
   <si>
     <t>16010</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16010/ple_08.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16010/ple_08.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTOS DE DESPESA NO ANEXO DE_x000D_
 METAS E PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O_x000D_
 PLANO PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO_x000D_
 ANEXO DE METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA SAUDE, NO VALOR DE R$ 10.000,00.</t>
   </si>
   <si>
     <t>16009</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16009/ple_10.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16009/ple_10.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO DE DESPESA NO ANEXO DE METAS_x000D_
 E PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DE DESENVOLVIMENTO PRIMARIO, NO VALOR DE R$ 60.000,00.</t>
   </si>
   <si>
     <t>16008</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16008/ple_11.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16008/ple_11.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E PRIORIDADES_x000D_
 DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO PLURIANUAL DO_x000D_
 MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE METAS DA LEI_x000D_
 N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS DIRETRIZES_x000D_
 ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E NA LEI_x000D_
 ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DE DESENVOLVIMENTO PRIMARIO, NO VALOR DE R$ 247.000,00.</t>
   </si>
   <si>
     <t>16007</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16007/ple_14.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16007/ple_14.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E PRIORIDADES_x000D_
 DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO PLURIANUAL DO_x000D_
 MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE METAS DA LEI_x000D_
 N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS DIRETRIZES_x000D_
 ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E NA LEI_x000D_
 ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 15.000,00.</t>
   </si>
   <si>
     <t>16006</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16006/ple_18.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16006/ple_18.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITOS ADICIONAIS ESPECIAIS NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 132.394,79.</t>
   </si>
   <si>
     <t>16005</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16005/ple_23.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16005/ple_23.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL ,LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA SAUDE, NO VALOR DE R$ 7.998,25.</t>
   </si>
   <si>
     <t>16004</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16004/ple_24.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16004/ple_24.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 60.000,00.</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16000/ple_26.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16000/ple_26.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E PRIORIDADES DA_x000D_
 LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO PLURIANUAL DO_x000D_
 MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE METAS DA LEI_x000D_
 N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS DIRETRIZES_x000D_
 ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E NA LEI_x000D_
 ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA EDUCACAO, NO VALOR DE R$ 84.581,70.</t>
   </si>
   <si>
     <t>15999</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15999/ple_27.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15999/ple_27.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 6.000,00.</t>
   </si>
   <si>
     <t>15998</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15998/ple_28.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15998/ple_28.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 30.000,00.</t>
   </si>
   <si>
     <t>15997</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15997/ple_29.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15997/ple_29.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E PRIORIDADES_x000D_
 DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO PLURIANUAL DO_x000D_
 MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE METAS DA LEI_x000D_
 N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS DIRETRIZES_x000D_
 ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E NA LEI_x000D_
 ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 20.000,00</t>
   </si>
   <si>
     <t>15996</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15996/ple_30.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15996/ple_30.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E PRIORIDADES_x000D_
 DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO PLURIANUAL DO_x000D_
 MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE METAS DA LEI_x000D_
 N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS DIRETRIZES_x000D_
 ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E NA LEI_x000D_
 ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITOS ADICIONAIS ESPECIAIS NA SECRETARIA DE_x000D_
 MUNICIPIO DE TURISMO, ESPORTE E LAZER, NO VALOR DE R$ 250.000,00.</t>
   </si>
   <si>
     <t>15995</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15995/ple_35.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15995/ple_35.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO DE DESPSA NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA SAUDE, NO VALOR DE R$ 400.335,63.</t>
   </si>
   <si>
     <t>16205</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16205/ple_36.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16205/ple_36.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO DE DESPSA NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA SAUDE, NO VALOR DE R$ 530.840,00.</t>
   </si>
   <si>
     <t>15993</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15993/ple_40.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15993/ple_40.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E PRIORIDADES_x000D_
 DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO PLURIANUAL DO_x000D_
 MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE METAS DA LEI_x000D_
 N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS DIRETRIZES_x000D_
 ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E NA LEI_x000D_
 ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DE TURISMO, ESPORTE E LAZER, NO VALOR DE R$ 5.526.332,35.</t>
   </si>
   <si>
     <t>15992</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15992/ple_42.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15992/ple_42.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO DE DESPESA NO ANEXO DE_x000D_
 METAS E PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O_x000D_
 PLANO PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO_x000D_
 ANEXO DE METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA CIDADANIA E ASSISTENCIA SOCIAL, NO VALOR DE R$ 2.250,00.</t>
   </si>
   <si>
     <t>15991</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15991/ple_50.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15991/ple_50.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO DE DESPSA NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DO MEIO AMBIENTE, NO VALOR DE R$ 50.000,00</t>
   </si>
   <si>
     <t>15989</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15989/ple_52.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15989/ple_52.pdf</t>
   </si>
   <si>
     <t>ACRESCE ELEMENTO DE DESPESA NO ANEXO DE METAS_x000D_
 E PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL NA SECRETARIA DE_x000D_
 MUNICIPIO DA SAUDE, NO VALOR DE R$ 450.000,00.</t>
   </si>
   <si>
     <t>15988</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15988/ple_57.pdf</t>
+    <t>http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15988/ple_57.pdf</t>
   </si>
   <si>
     <t>ACRESCE ACAO NO ANEXO DE METAS E_x000D_
 PRIORIDADES DA LEI N° 7.436, DE 29 DE JULHO DE 2013, QUE DISPOE SOBRE O PLANO_x000D_
 PLURIANUAL DO MUNICIPIO DO RIO GRANDE PARA O QUADRIENIO 2014/2017 E NO ANEXO DE_x000D_
 METAS DA LEI N° 8.041, DE 30 DE SETEMBRO DE 2016, QUE DISPOE SOBRE AS_x000D_
 DIRETRIZES ORCAMENTARIAS DO MUNICIPIO DO RIO GRANDE PARA O EXERCICIO DE 2015 E_x000D_
 NA LEI ORCAMENTARIA ANUAL, LEI N° 8.064, DE 27 DE DEZEMBRO DE 2016 E AUTORIZA O_x000D_
 EXECUTIVO MUNICIPAL A ABRIR CREDITOS ADICIONAIS ESPECIAIS NA SECRETARIA_x000D_
 MUNICIPAL DE COORDENACAO E PLANEJAMENTO, NO VALOR DE R$ 1.000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -811,68 +811,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16014/ple_02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16013/ple_06.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16012/ple_07.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16010/ple_08.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16009/ple_10.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16008/ple_11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16007/ple_14.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16006/ple_18.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16005/ple_23.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16004/ple_24.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16000/ple_26.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15999/ple_27.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15998/ple_28.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15997/ple_29.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15996/ple_30.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15995/ple_35.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16205/ple_36.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15993/ple_40.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15992/ple_42.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15991/ple_50.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15989/ple_52.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15988/ple_57.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16014/ple_02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16013/ple_06.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16012/ple_07.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16010/ple_08.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16009/ple_10.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16008/ple_11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16007/ple_14.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16006/ple_18.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16005/ple_23.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16004/ple_24.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16000/ple_26.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15999/ple_27.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15998/ple_28.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15997/ple_29.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15996/ple_30.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15995/ple_35.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/16205/ple_36.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15993/ple_40.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15992/ple_42.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15991/ple_50.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15989/ple_52.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riogrande.rs.leg.br/media/sapl/public/materialegislativa/2017/15988/ple_57.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="83.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>